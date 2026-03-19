--- v0 (2025-10-21)
+++ v1 (2026-03-19)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10023</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Ermano Piovezan</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01/07  Dispõe sobre abertura de um credito especial, no valor de R$112.500,00 (cento e doze mil e quinhentos reais), para aquisição de um caminhão para limpeza pública.</t>
   </si>
   <si>
     <t>10024</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>10025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>10026</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>10027</t>
   </si>
@@ -186,108 +186,108 @@
   <si>
     <t>10045</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>10046</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>10047</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>10048</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10048/0023-2007.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10048/0023-2007.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Convênio com o Estado de São Paulo, por intermédio da Secretaria Estadual de Assistência e Desenvolvimento Social, objetivando a transferência de recursos para o Fundo Municipal de Assistência Social do Município de Gália.</t>
   </si>
   <si>
     <t>10049</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10049/0024-2007.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10049/0024-2007.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI Nº  029/2007. DE 11 DE OUTUBRO DE 2.007.  “ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE GÁLIA, PARA O EXERCÍCIO FINANCEIRO DE 2008, E DÁ OUTRAS PROVIDÊNCIAS”. </t>
   </si>
   <si>
     <t>10050</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 027/2007</t>
   </si>
   <si>
     <t>10051</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10051/0023-2007.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10051/0023-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Convênio com o Estado de São Paulo, por intermédio da Secretaria Estadual de Assistência e Desenvolvimento Social, objetivando a transferência de recursos para o Fundo Municipal de Assistência Social do Município de Gália</t>
   </si>
   <si>
     <t>10052</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>10053</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>10054</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10054/0024-2007.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10054/0024-2007.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE GÁLIA, PARA O EXERCÍCIO FINANCEIRO DE 2008, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10055</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>10056</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>10058</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>10059</t>
   </si>
@@ -351,123 +351,123 @@
   <si>
     <t>10057</t>
   </si>
   <si>
     <t>20007</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
     <t>20008</t>
   </si>
   <si>
     <t>20009</t>
   </si>
   <si>
     <t>20010</t>
   </si>
   <si>
     <t>Francisco Martins Saraiva</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/20010/0004-2007.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/20010/0004-2007.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO 010/2007: SOLICITA DO SR. PREFEITO MUNICIPAL, OBEDECIDAS AS FORMALIDADES REGIMENTAIS, QUE ESTUDE A POSSIBILIDADE DE SOLICITAR AO ORGÃO ESTADAUAL COMPETENTE, PARA QUE SEJA PROVIDENCIADA A COBERTURA DA QUADRA ESPORTIVA DA ESCOLA ESTADUAL CEL GALDINO RIBEIRO.</t>
   </si>
   <si>
     <t>20011</t>
   </si>
   <si>
     <t>INDICAÇÂO 011/2007, SOLICITANDO DO SR. PREFEITO A CONSTRUÇÃO DE UM CANTEIRO CENTRAL NA ALTURA DO CRUZAMENTO DA AV. PAULISTA COM A RUA RIO BRANCO, BAIRRO SANTRA TERZINHA.</t>
   </si>
   <si>
     <t>20012</t>
   </si>
   <si>
     <t>MARCELO PEREIRA DA CRUZ</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 12/2007: SOLICITANDO DO SR. PREFEITO QUE ESTUDE A POSSIBILIDADE DE CEDER UM FUNCIONÁRIO A ESCOLA ESTADUAL  GRACIEMA BAGANHA RIBEIRO</t>
   </si>
   <si>
     <t>20013</t>
   </si>
   <si>
     <t>NAIR MOURÃO ESTEVES</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 13/2007: SOLICITANDO DO SR. PREFEITO QUE ESTUDE A POSSIBILIDADE DE TROCAR A NOMENCLATURA DA RUA RIO BRANCO SITUADA NO BAIRRO STA TEREZINHA, PARA AVENIDA RIO BRANCO</t>
   </si>
   <si>
     <t>20014</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 14/2007:  SOLICITANDO DSO SR. PREFEITO QUE ESTUDE A POSSIBILIDADE DE PROVIDENCIAR A PINTURA DAS FAIXAS DEMARCATÓRIAS DE TRANSITO NA RUA RIO BRANCO</t>
   </si>
   <si>
     <t>20015</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/20015/0009-2007.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/20015/0009-2007.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 15/2007: SOLICITANDO DO SR. PREFEITO QUE ESTUDE A POSSIBILIDADE DE PROVIDENCIAR A MANUTENÇÃO DO PAVIMENTO ASFALTICO NA ALTURA DO CRUZAMENTO DA RUA D. PEDRO II COM A RUA SÃO PAULO, SITUADO NO BAIRRO SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>20016</t>
   </si>
   <si>
     <t>30009</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>30010</t>
   </si>
   <si>
     <t>30011</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/30011/0003-2007.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/30011/0003-2007.doc</t>
   </si>
   <si>
     <t xml:space="preserve">R    E    Q    U    E    R    I    M    E    N    T    O   nº 13/2007   seja oficiado ao Ilmo. Sr. Prefeito Municipal da cidade de Gália/SP, a fim de que nos informe se a Brinquedoteca construída para ser espaço de lazer e aprendizado das crianças do município se encontra em funcionamento, bem como esclareça se algum dos novos servidores admitidos no último concurso público foi designado para trabalhar no local         </t>
   </si>
   <si>
     <t>30012</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/30012/0004-2007.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/30012/0004-2007.doc</t>
   </si>
   <si>
     <t xml:space="preserve">RERQUERIMENTO Nº 14/2007  De acordo com o artigo 160, § 1°, letra “i”, do Regimento Interno da Câmara Municipal da cidade de Gália/SP, requeiro à Mesa consultado o Plenário, seja oficiado ao Ilmo. Sr.Prefeito Municipal da cidade de Gália/SP, a fim de que nos informe o seguinte: a-) quanto a Fazenda Pública do Município de Gália/SP disponibilizou de recursos financeiros para a realização da última Festa do Peão de Boiadeiro da cidade de Gália/SP;  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -774,68 +774,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10048/0023-2007.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10049/0024-2007.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10051/0023-2007.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10054/0024-2007.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/20010/0004-2007.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/20015/0009-2007.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/30011/0003-2007.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/30012/0004-2007.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10048/0023-2007.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10049/0024-2007.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10051/0023-2007.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/10054/0024-2007.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/20010/0004-2007.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/20015/0009-2007.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/30011/0003-2007.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2007/30012/0004-2007.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>