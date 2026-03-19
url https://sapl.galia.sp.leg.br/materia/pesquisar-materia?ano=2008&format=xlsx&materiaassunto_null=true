--- v0 (2025-10-21)
+++ v1 (2026-03-19)
@@ -54,123 +54,123 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10065</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Ermano Piovezan</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10065/0001-2008.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10065/0001-2008.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01/2008,  DISPÕE SOBRE A ALTERAÇÃO, DE METAS E VALORES, DIRETRIZES AO PPA 2006/2009, LDO PARA 2.008, E A ABERTURA DE CREDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>10066</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">  PROJETO DE LEI Nº 02/2008, QUE DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA PARA EFETUAR O REPASSE  DE SUBVENÇÃO AS ENTIDADES DO MUNICÍPIO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>10067</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 03/2008, DISPÕE SOBRE A REGULARIZAÇÃO DE ATIVIDADE DE TAXISTA NO MUNICÍPIO DE GÁLIA E DE OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>10068</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 004/2008- AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVENIO COM A SECRETARIA DE ESTADO DE ESPORTE, LAZER E TURISMO.</t>
   </si>
   <si>
     <t>10069</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO REGIME JURIDICO UNICO DA PREFEITURA DO MUNICÍPIO DE GÁLIA PREVISTO NA LEI Nº 1212/91 E LEI Nº 1848/07 ESPECIALMENTE RELACIONADO A ALTERAÇÃO E  CRIAÇÃO DE REFERENCIAS DOS CARGOS PUBLICOS DO MUNICÍPIO  DE GÁLIA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>10070</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10070/0006-2008.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10070/0006-2008.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 006/08- QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVENIO PARA  CONTRIBUIÇÃO  COM A LOCAÇÃO DE IMOVEL PARQA INSTALAÇÃO DO CARTÓRIO ELEITORAL DA COMARCA DE GARÇA, AO QUAL SE ENCONTRA VINCULADA A COMARCA DE GÁLIA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>10071</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ENCAMINHA PROJETO DE LEI Nº007/08 - QUE DISPÕE SOBRE AUTORIZAÇÃO PARA CELEBRAR CONVENIO COM INSTITUIÇÕES FINANCEIRAS - AGENCIAS BANCARIAS</t>
   </si>
   <si>
     <t>10072</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10072/0001-2008.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10072/0001-2008.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA PROJETO DE LEI Nº 008/08 - QUE DISPÕE SOBRE AUTORIZAÇÃO AO MUNICÍPIO DE GÁLIA A CELEBRAR CONVENIO COM O FUNDO DE SOLIDARIEDADE E DESENVOLVIMENTO SOCIAL DO ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>10074</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>MARCELO PEREIRA DA CRUZ</t>
   </si>
   <si>
     <t>DISPÕE SOBRTE A FIXAÇÃO EDOS SUBSIDIOS DOS VEREADORES E PRESIDENTE PARA A LEGISLATURA DE 2.009/20012.</t>
   </si>
   <si>
     <t>10075</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCORPORAÇÃO DO INPS, NOS VENCIMENTOS DE TODOS OS SERVIDORES PUBLICOS MUNICIPAIS DO LEGISLATIVO, DE ACORDO  COM O ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL</t>
   </si>
@@ -186,135 +186,135 @@
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSIDIOS DO   PREFEITO E VICE PREFEITO</t>
   </si>
   <si>
     <t>10281</t>
   </si>
   <si>
     <t>PTC</t>
   </si>
   <si>
     <t>Parecer Tribunal de Contas</t>
   </si>
   <si>
     <t>20017</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
     <t>NAIR MOURÃO ESTEVES</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20017/0001-2008.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20017/0001-2008.doc</t>
   </si>
   <si>
     <t>INDICO ao Exmo. Sr. Prefeito municipal, obedecidas as formalidades regimentais, de acordo com artigo 160 §  1º, letras  “j” e 199, ambos do regimento interno da Câmara municipal de Gália/SP</t>
   </si>
   <si>
     <t>20018</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20018/0002-2008.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20018/0002-2008.doc</t>
   </si>
   <si>
     <t>De acordo com artigo 160 §  1º, letras  “j” e 199, ambos do Regimento Interno da Câmara municipal de Gália/SP. INDICO ao Exmo. Sr. Prefeito municipal, obedecidas as formalidades regimentais, que estude a possibilidade de integrar o Município de Gália/SP no Programa de Municipalização da Defesa do Consumidor do Brasil, mediante a realização de convênio com a Fundação de Proteção e Defesa do Consumidor - PROCON --</t>
   </si>
   <si>
     <t>20019</t>
   </si>
   <si>
     <t>Francisco Martins Saraiva</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20019/0003-2008.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20019/0003-2008.doc</t>
   </si>
   <si>
     <t>De acordo com artigo 160 §  1º, letras  “j” e 199, ambos do Regimento Interno da Câmara municipal de Gália/SP. INDICO ao Exmo. Sr. Prefeito municipal, obedecidas as formalidades regimentais, que estude a possibilidade de instalação de um ponto de mototaxi como forma de ;proporcionar aos cidadãos  Galienses transporte terrestre alternativo.</t>
   </si>
   <si>
     <t>20020</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20020/0004-2008.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20020/0004-2008.doc</t>
   </si>
   <si>
     <t>De acordo com artigo 160 §  1º, letras  “j” e 199, ambos do Regimento Interno da Câmara municipal de Gália/SP. INDICO ao Exmo. Sr. Prefeito municipal, obedecidas as formalidades regimentais, que estude a possibilidade de se construir no município de Gália/SP, um monumento em comemoração ao centenário da imigração japonesa no Brasil.</t>
   </si>
   <si>
     <t>20021</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20021/0005-2008.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20021/0005-2008.doc</t>
   </si>
   <si>
     <t>De acordo com artigo 160 §  1º, letras  “j” e 199, ambos do Regimento Interno da Câmara municipal de Gália/SP. INDICO ao Exmo. Sr. Prefeito municipal, obedecidas as formalidades regimentais, que estude a possibilidade de criar no município de Gália/SP, o Banco do Povo.</t>
   </si>
   <si>
     <t>30013</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/30013/0001-2008.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/30013/0001-2008.doc</t>
   </si>
   <si>
     <t xml:space="preserve">Requeiro à Mesa consultado o Plenário, em regime de Urgência, que seja oficiado o Sr. Prefeito municipal da cidade de Gália/SP, a fim de que  nos informe  quais providencias foram tomadas no que diz respeito as contas-pagamentos dos servidores públicos municipais, já que em indicações anteriores o citado edil apontou que tais contas poderiam ser licitadas entre as instituições bancarias locais, o que poderia gerar divisas a Fazenda Publica Municipal., </t>
   </si>
   <si>
     <t>80007</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>110001</t>
   </si>
   <si>
     <t>AUTOG</t>
   </si>
   <si>
     <t>Autógrafos</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/110001/0001-2008.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/110001/0001-2008.doc</t>
   </si>
   <si>
     <t xml:space="preserve">   PROJETO DE LEI Nº 01/ 2008,  DISPÕE SOBRE A ALTERAÇÃO, DE METAS E VALORES, DIRETRIZES AO PPA 2006/2009, LDO PARA 2.008, E A ABERTURA DE CREDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>110002</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/110002/0003-2008.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/110002/0003-2008.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -618,68 +618,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10065/0001-2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10070/0006-2008.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10072/0001-2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20017/0001-2008.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20018/0002-2008.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20019/0003-2008.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20020/0004-2008.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20021/0005-2008.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/30013/0001-2008.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/110001/0001-2008.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/110002/0003-2008.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10065/0001-2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10070/0006-2008.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/10072/0001-2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20017/0001-2008.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20018/0002-2008.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20019/0003-2008.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20020/0004-2008.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/20021/0005-2008.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/30013/0001-2008.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/110001/0001-2008.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2008/110002/0003-2008.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>