--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10079</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Renato Inácio Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">Dispõe sobre a alteração do Regime Jurídico Único da Prefeitura do Município de Gália previsto na Lei nº 1.212/91, especificamente relacionado à extinção e criação dos empregos públicos preenchidos em comissão, e dá outras providências. </t>
   </si>
   <si>
     <t>10080</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Dispõe sobre a sibstituição de membros do Conselho Municipal de instância de controle social do Programa Bolsa Família do município de Gália e das outras providências.</t>
   </si>
   <si>
     <t>10082</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao poder executivo municipal a firmar convênio com Depártamento de estradas de rodagem do Estado de São Paulo e das outras providências.</t>
   </si>
   <si>
     <t>10083</t>
   </si>
@@ -1476,66 +1476,66 @@
   <si>
     <t>Indicação nº 29/2009: Indico ao Sr. Prefeito Municipal em estudar a possibilidade de serem construídas junto às Praças Rotary Club e pedro de Toledo, mesas de cimento com assentos.</t>
   </si>
   <si>
     <t>20051</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Indicação nº 30/2009: Indico ao Sr. Prefeito Municipal em tomar as medidas cabíveis, a fim de contatar a concessionária de serviço público competente, para que possa ser instalado um telefone público nas imediações do cruzamento da Rua Sebastião Raineres de Freitas com o início da Rodovia Vicinal que liga o Município de Gália com a Rodovia SP-331.</t>
   </si>
   <si>
     <t>20052</t>
   </si>
   <si>
     <t>Indicação nº 31/2009: Indico ao Sr. Prefeito Municipal em tomar as medidas cabíveis, a fim de viabilizar a construção de uma cobertura no estabelecimento da Rodovia Ari Beraldin, desta cidade de Gália/SP.</t>
   </si>
   <si>
     <t>20053</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20053/0032-2009.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20053/0032-2009.doc</t>
   </si>
   <si>
     <t>Indicação nº 32/2009. Indico ao Sr. Prefeito Municipal em tomar as medidas cabíveis, a fim de viabilizar a construção de uma cobertura no portão de entrada da E.M.E.I.E.F&gt; Mathilde Ferreira, desta cidade de Gália/SP.</t>
   </si>
   <si>
     <t>20054</t>
   </si>
   <si>
     <t xml:space="preserve">Indicação nº 33/2009. Indico ao Sr. Prefeito Municipal em tomar as medidas cabíveis, a fim de viabilizar a instalar cestas fixas coletoras de lixo nas Praças Pedro de Toledo, Custódio de Araúho Ribeiro e Rotary.  </t>
   </si>
   <si>
     <t>20055</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20055/0034-2009.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20055/0034-2009.doc</t>
   </si>
   <si>
     <t>tomar as medidas cabíveis, a fim de viabilizar o mais rápido possível, a instalação do Clube da Juventude da cidade de Gália/SP.</t>
   </si>
   <si>
     <t>20056</t>
   </si>
   <si>
     <t>Indicação nº 35/2009. Indico ao Sr. Prefeito Municipal em tomar as medidas cabíveis, a fim de viabilizar a retirada dos Postes de Iluminação Laterais sito na Rodovia Vicinal Luciano Rivaben, reservando-se 03 (três) unidades para ser instalados na última quadra da Rua João Pessoa, 03 (três) unidades para ser instalados na Av. João Ferreira, e, os demais instalando-os na Rua Antônio Scaramucci, no Bairro Jardim das Amoreiras.</t>
   </si>
   <si>
     <t>20057</t>
   </si>
   <si>
     <t>Indicação nº 36/2009. Indico ao Sr. Prefeito Municipal em tomar as medidas cabíveis, a fim de viabilizar o mais rápido possível, a realização da manutenção da Rodovia Vicinal Gália-SP 331.</t>
   </si>
   <si>
     <t>20058</t>
   </si>
   <si>
     <t>Indicação nº 37/2009. Indico ao Sr. Prefeito Municipal em tomar as medidas cabíveis, a fim de conceder gratuitamente mediante prévio requerimento, 01(um) caminhão de terra e 01 (um) caminhão de areiia a cada tr~es meses ao particular, se for interesse.</t>
   </si>
   <si>
     <t>20059</t>
   </si>
@@ -1599,84 +1599,84 @@
   <si>
     <t>20070</t>
   </si>
   <si>
     <t>20071</t>
   </si>
   <si>
     <t>20072</t>
   </si>
   <si>
     <t>20073</t>
   </si>
   <si>
     <t>20074</t>
   </si>
   <si>
     <t>20075</t>
   </si>
   <si>
     <t>20076</t>
   </si>
   <si>
     <t>20077</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20077/0056-2009.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20077/0056-2009.doc</t>
   </si>
   <si>
     <t>Indicação nº 56/2009. Indico ao Sr. Prefeito Municpal em tomar as medidas cabiveis, a fim de ser providenciada a construção de uma passarela com cobertura junto à Escola Municipal Cel. Galdino Ribeiro, entre o portão de entrada e pátio da referida U.E..</t>
   </si>
   <si>
     <t>20078</t>
   </si>
   <si>
     <t xml:space="preserve">Indicação nº 57/2009. Indico ao Sr. Prefeito Municipal em tomar as medidas cabíveis, a fim de ser providenciada a construção de uma passarela com cobertura junto à EMEIEF Mathilde Ferreira, entre o portão de entrada e pátio da referida U.E.. </t>
   </si>
   <si>
     <t>20079</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº58/2009 Indico ao Sr. Prefeito Municipal da cidade de Gália, em tomar as medidas cabíveis, a fim de ser providenciada nos finais de semana, a INTERDIÇÃO DA AVENIDA JOÃO FERREIRA, no trecho compreendido entre o cruzamento da Rua Joaquim Rodrigues Filho, e o cruzamento da Rua João Ottonicar, bem  como da AVENIDA SÃO JOSÉ, no trecho compreendido entre o cuzamento com a Av. João Ferreira, e o cruzamento da Rua José Gutierrez.</t>
   </si>
   <si>
     <t>40003</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
     <t>Requeiro à Mesa e consultado o r. Plenário, atendida as formalidades regimentais, seja concedida à Profª Raquel Bosqueti Sardi, moção de aplausos e congratulações conforme disposição legal do artigo 201, inciso V, do Regimento Interno desta r. Câmara Municipal da cidade de Ga´lia, Estado de São Paulo, devendo a mesma ficar registrada nos anis dessa Casa de Leis.</t>
   </si>
   <si>
     <t>40004</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/40004/0002-2009.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/40004/0002-2009.doc</t>
   </si>
   <si>
     <t>Requeiro á Mesa Diretora e consultado o r. Plenário, atendida as formalidades regimentais, seja aprovada a MOÇÃO DE PROTESTO em face à SECRETARIA DA SEGURANÇA PÚBLICA DO ESTADO DE SÃO PAULO, à DELEGACIA SECCIONAL DA CIDADE DE MARÍLIA/SP, E AO COMANDO DA POLÍCIA MILITAR DA CIDADE DE MARILIA/SP.</t>
   </si>
   <si>
     <t>40005</t>
   </si>
   <si>
     <t>40006</t>
   </si>
   <si>
     <t>40007</t>
   </si>
   <si>
     <t>MOÇÃO Nº Ao Ilmo. Senhor Secretário de Saúde do Município de Gália, Israel Sérgio D`Iório, pelos relevantes trabalhos prestados em prol da saúde da comunidade galiense.</t>
   </si>
   <si>
     <t>30014</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
@@ -2310,68 +2310,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20053/0032-2009.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20055/0034-2009.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20077/0056-2009.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/40004/0002-2009.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20053/0032-2009.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20055/0034-2009.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/20077/0056-2009.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2009/40004/0002-2009.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H272"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="83.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>