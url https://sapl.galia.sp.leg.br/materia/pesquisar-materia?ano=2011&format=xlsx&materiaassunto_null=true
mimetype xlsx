--- v0 (2025-10-21)
+++ v1 (2026-03-20)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10307</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Renato Inácio Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve"> PROJETO DE LEI Nº 001/2011 Autoriza o poder público executivo a celebrar convênio de cooperação com o estado de São Paulo, por intermédio da Secretaria de Saneamento Básico e Energia; delega as competências de fiscalização e regulação, inclusive tarifária, dos serviços públicos municipais de abastecimento de água e esgotamento sanitário à agência reguladora de saneamento e energia do Estado de São Paulo - ARSESP; autoriza a celebração de contrato de Programa com a Companhia de Saneamento Básico do Estado de São Paulo - SABESP para a execução desses e dá outras providências. </t>
   </si>
   <si>
     <t>10308</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 02/2.011 Autoriza o Executivo Municipal a ceder a título gratuito, em forma de Permissão de Uso, Imóvel de propriedade do Município, visando o fomento do emprego, da industrialização e dá outras providências.</t>
   </si>
   <si>
     <t>10309</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>Ricardo Gonçalves Gutierrez, JOSÉ SILVINO ZANIBONI</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01/2011 - CM Dispõe sobre a prorrogação no âmbito do município de Gália/SP, o prazo da Licença - Maternidade de quatro meses (120 dias) para seis meses (180 dias), das servidoras públicas municipais e dá outras proviDeñcias.</t>
   </si>
@@ -729,51 +729,51 @@
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>OLICIO DE CAMARGO, Antonio Carlos Pepinelle, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 01/2011 Dispõe sobre a Concessão do Título Honorífico de Cidadão Galiense ao Sr. Sebastião Francisco da Silva.</t>
   </si>
   <si>
     <t>10363</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>CARLOS ALBERTO MISIARA FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2011/10363/0001-2011.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2011/10363/0001-2011.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO Nº 01/2011 - CM (Projeto de Lei n.037/2011) Alteração da Estrutura Administrativa da Prefeitura Municipal de Gália, relativamente aos Cargos de Confiança e dá outras providências, encaminha à Câmara Municipal para Análise , votação e aprovação.</t>
   </si>
   <si>
     <t>10360</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Mensagem de Veto Parcial: artigo 51 da Lei nº 2.111/2.011, referente ao Plano de Carreira do Magistério do Município de Gália.</t>
   </si>
   <si>
     <t>10365</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t xml:space="preserve">MENSAGEM DE VETO Decidi Vetar integralmente o Projeto de Lei nº 05/2.011 que resultou no Autógrafo nº 032/2.011 que nos foi enviando através do Ofício de n. 040/2.011. </t>
   </si>
@@ -942,51 +942,51 @@
   <si>
     <t xml:space="preserve">REQUERIMENTO Nº 008/2011 Requeiro do Exmo. Prefeito Municipal da cidade de Gália/SP para que nos informe e/ou forneça o seguinte: qual o saldo deixado junto ao erário público pelo ex-prefeito Sr. Ermano Piovesan ao final do exercício de 2008; e qual o valor arrecadado pela Fazenda Pública do Município de Gália/SP com o recolhimento de ISS por parte das empreiteiras que realizaram a duplicação da rodovia SP-294 (Comandante João Ribeiro de Barros). </t>
   </si>
   <si>
     <t>30076</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>OLICIO DE CAMARGO, JOSÉ AFRANIO SCARAMUCCI</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 009/2011 Requeiro do Exmo. Prefeito Municipal de Gália/SP para que nos informe e/ou forneça o seguinte: qual situação se encontra o Fundo de Aposentadoria dos servidores públicos; por quais motivos foram suspendidos; qual o saldo existente; se a(s) conta(s) em que se encontram depositados os valores; e quais pessoas são responsáveis pela movimentação da(s) conta(s).</t>
   </si>
   <si>
     <t>80088</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/80088/0001-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/80088/0001-2013.pdf</t>
   </si>
   <si>
     <t>110004</t>
   </si>
   <si>
     <t>AUTOG</t>
   </si>
   <si>
     <t>Autógrafos</t>
   </si>
   <si>
     <t>Autógrafo do Projeto de Lei Nº 0863-2011 que PROJETO DE LEI Nº 24/11 Altera a Lei nº 1.869 de 28 de agosto de 2.007, e todas as suas posteriores alterações e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1302,68 +1302,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2011/10363/0001-2011.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/80088/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2011/10363/0001-2011.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/80088/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="212.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>