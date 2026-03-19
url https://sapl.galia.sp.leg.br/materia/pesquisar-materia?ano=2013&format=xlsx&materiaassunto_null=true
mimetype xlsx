--- v0 (2025-10-22)
+++ v1 (2026-03-19)
@@ -54,381 +54,381 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10463</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>NEWTON RODRIGUES FREIRE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10463/0002-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10463/0002-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal n.º 1.632/2001, criada por emenda ao Regime Jurídico Único da Prefeitura do Município de Gália/SP, previsto na Lei Municipal n.º 1.212/91, e dá outras providências.</t>
   </si>
   <si>
     <t>10464</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10464/0003-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10464/0003-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, Diretrizes ao PPA 2010/2013, LDO para 2013, e a abertura de crédito adicional especial.</t>
   </si>
   <si>
     <t>10465</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10465/0004-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10465/0004-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a ceder, a título de permissão de uso de bem público, imóvel de propriedade do município de Gália/SP a empresa SS ARTEFATOS DE MADEIRA LTDA.</t>
   </si>
   <si>
     <t>10466</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>10468</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10468/1212-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10468/1212-2013.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI Nº 005/2.013 Dispõe sobre a concessão de reposição salarial aos servidores públicos do município de Gália/SP. </t>
   </si>
   <si>
     <t>10469</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10469/1213-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10469/1213-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 006/2.013 Dispõe sobre a criação de funções de confiança para exercício dos servidores do município de Gália.</t>
   </si>
   <si>
     <t>10471</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10471/1215-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10471/1215-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 02/2.013 Dispõe sobre a alteração da Lei nº 1.811/2006 e alterações posteriores, alteração da Lei Municipal nº 2.174/2012 - Lei das Diretrizes Orçamentárias para 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>10472</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10472/1221-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10472/1221-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 007/2013 Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2010/2013, LDO para 2013, e a abertura de credito adicional especial e adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>10473</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>ANA MARIA BORTOLETTO RIVABEN, Francisco Martins Saraiva, MARCELO PEREIRA DA CRUZ, SARA MARIA TAMELINI</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10473/1222-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10473/1222-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002/2013 - CM Dispõe sobre a cessão de uso de espaço físico da Câmara Municipal de Gália/SP em favor do Poder Executivo Municipal de Gália/SP. e dá outras providências.</t>
   </si>
   <si>
     <t>10474</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2013 - CM Institui no âmbito do município de Gália, Estado de São Paulo, o "Dia do Trabalhador da Saúde".</t>
   </si>
   <si>
     <t>10479</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10479/1224-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10479/1224-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 008/2013 Dispõe sobre a criação de zona de expansão urbana no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>10480</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10480/1225-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10480/1225-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 009/2.013 Dispõe sobre a criação de zona de expansão urbana no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>10481</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10481/1226-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10481/1226-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 12/2013 Dispõe sobre a autorização ao Chefe do Poder Executivo Municipal a efetuar a desapropriação de imóvel com área de 20.000,00 m², e futura doação à Secretaria Estadual da Justiça e Defesa da Cidadania do Estado de São Paulo para construção do prédio do Fòrum da Comarca de Gália, e dá outras providências.</t>
   </si>
   <si>
     <t>10482</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10482/1227-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10482/1227-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 010/2.013 Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2010/2013, LDO para 2013, LDO para 2013, e a abertura de credito especial e dá outras providências.</t>
   </si>
   <si>
     <t>10483</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10483/1228-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10483/1228-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 011/2013 Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2010/2013, LDO para 2013, e a abertura de credito especial e dá outras providências.</t>
   </si>
   <si>
     <t>10484</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10484/1229-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10484/1229-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 013/2013 Autoriza o Município a ceder bem público móvel dá outras providências.</t>
   </si>
   <si>
     <t>10486</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10486/1230-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10486/1230-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 014/2.013 Dispõe sobre alterações na Lei  nº 1.840/06 que institui o Código de posturas do Município.</t>
   </si>
   <si>
     <t>10487</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10487/1231-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10487/1231-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 015/2.013 Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência de Gália - COMDPED.</t>
   </si>
   <si>
     <t>10488</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10488/1232-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10488/1232-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 016/2.013 Dispõe sobre a criação de função de confiança para exercício dos servidores do município de Gália.</t>
   </si>
   <si>
     <t>10489</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10489/1233-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10489/1233-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 017/2.013 Dispõe sobre as diretrizes para instituição e reestruturação do Conselho de Saúde do Município de Gália, em adequação à Resolução n. 453 de 10 de maio de 2.012 nos termos das atribuições conferidas pela Lei n. 8.080/90, Lei n. 8.142/90 e decreto n. 5.839/06, e dá outras providências.</t>
   </si>
   <si>
     <t>10490</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10490/1234-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10490/1234-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 018/2012 Dispõe sobre a alteração da redação do §4º, do artigo 17, da Lei Municipal nº 2.111, de 23 de agosto de 2011.</t>
   </si>
   <si>
     <t>10494</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10494/1235-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10494/1235-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 019/2.013 Dispõe sobre a criação de zona de expansão urbana no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>10495</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10495/1236-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10495/1236-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 020/2.013 Dispõe sobre a criação de zona de expansão urbana no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>10496</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10496/1237-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10496/1237-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 021/2.013 Dispõe sobre a criação de zona de expansão urbana no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>10497</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 022/2013 Dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente, estrutura o Conselho Tutelar e a Comissão Municipal dos Direitos da Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>10498</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10498/1239-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10498/1239-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 023/2.013 Autoriza o Poder Executivo Municipal a celebrar convênio com a Irmandade Beneficente São José, objetivando a prestação de assistência médico-hospitalar e ambulatorial a todos que a procurarem, independentemente de raça, credo, condição social ou econômica, através do SUS, convênios ou particulares, em especial aos municípios de Gália e Fernão.</t>
   </si>
   <si>
     <t>10499</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10499/1240-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10499/1240-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 024/2.013 Autoriza o Executivo Municipal a ceder, a título de Permissão de Uso de bem público, imóvel com benfeitorias de propriedade do unicípio de Gália, à empresa FATIAR COMÉRCIO DE PRODUTOS ALIMENTÍCIOS LTDA ME.</t>
   </si>
   <si>
     <t>10501</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10501/1241-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10501/1241-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 025/2013 Dispõe sobre a alteração da Lei municipal nº 2.189/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>10502</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10502/1242-2013.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10502/1242-2013.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 026/2013 Dispõe sobre a regulamentação do Plano Plurianual para os exercícios de 2.014 a 2.017, e dá outras providências.</t>
   </si>
   <si>
     <t>10503</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 027/2013 Dispõe sobre as diretrizes orçamentárias para o exercício de 2014 e dá outras providências.</t>
   </si>
   <si>
     <t>10504</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 028/2.013 Autoriza o Executivo Municipal a ceder, a título de Permissão de Uso de bem publico, imóvel  com benfeitorias de propriedade do município de Gália, à ermpresa SIRINAICA INDÚSTRIA E COMÉRCIO DE PLÁSTICOS LTDA.</t>
   </si>
   <si>
     <t>10505</t>
   </si>
@@ -741,513 +741,513 @@
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 061/2013 Dispõe sobre a criação de zona de expansão urbana no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>10547</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>10485</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10485/0001-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10485/0001-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 04/2.013 Dispõe sobre a alteração da Lei Complementar Municipal nº 07, de 27 de novembro de 2.012, com redação dada pela Lei Complementar nº 09, de 31 de janeiro de 2.013.</t>
   </si>
   <si>
     <t>10531</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 05/2013 Dispõe sobre a alteração dos valores da Tabela II do Código Tributário Municipal, reajusta o IPTU e dá outras providências.</t>
   </si>
   <si>
     <t>10536</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 06/2.013 Dispõe sobre a alteração dos valores da Tabela II do Código Tributário Municipal, reajusta o IPTU e dá outras providências.</t>
   </si>
   <si>
     <t>10537</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 007/2.013 Dispõe sobre a alteração da Lei nº 1.811/2006, e dá outras providências.</t>
   </si>
   <si>
     <t>10541</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 08/2.013 Dispõe sobre as alterações na Lei nº 1.811/2006, que instituiu o Novo Código Tributário do Município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200001</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 1.811/2006 e alterações posteriores, alteração da Lei Municipal nº 2.174/2012 - Lei das Diretrizes Orçamentárias para 2013 e dá outras providências</t>
   </si>
   <si>
     <t>10476</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10476/0001-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10476/0001-2013.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE EMENDA A LEI ORGÂNICA DO MUNICÍPIO DE GÁLIA Nº 01/2013 Dispõe sobre emenda a Lei Orgânica do Município de Gália com a alteração dada ao artigo 90 de referida lei, e dá outras providências. </t>
   </si>
   <si>
     <t>10522</t>
   </si>
   <si>
     <t>10500</t>
   </si>
   <si>
     <t>PTC</t>
   </si>
   <si>
     <t>Parecer Tribunal de Contas</t>
   </si>
   <si>
     <t>50003</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Francisco Martins Saraiva</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/50003/0001-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/50003/0001-2013.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI Nº 035/2013</t>
   </si>
   <si>
     <t>20103</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
     <t>ANA MARIA BORTOLETTO RIVABEN</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20103/0000-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20103/0000-2013.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO Nº 013/2013 Indico ao Exmo. Sr. Prefeito Municipal da cidade de Gália/SP, para que este tome as providências que julgar cabiveis, no sentido de ser promovida a regulamentação do estacionamento de veículos na via pública denominada Avenida manoel faustino. </t>
   </si>
   <si>
     <t>20104</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20104/0001-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20104/0001-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 014/2013 Indico ao Exmo. Sr. Prefeito Municipal, para que este tome as providências que julgar cabiveis, no sentido de ser promovida a regulamentação da vaga de estacionamento para idosos e deficientes físicos.</t>
   </si>
   <si>
     <t>20091</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>WILSON LOURENÇO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20091/1218-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20091/1218-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARLAMENTAR Nº 001/2013 Indico ao Exmo. Sr. Prefeito Municipal para que tome as providências que julgar cabíveis a respeito da construção de no mínimo 05 (cinco) coberturas.</t>
   </si>
   <si>
     <t>20092</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20092/1228-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20092/1228-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARLAMENTAR Nº 002/2013 Indico ao Exmo. Sr. Prefeito Municipal a urbanização das áreas rurais próxima ao Portal de entrada da cidade.</t>
   </si>
   <si>
     <t>20093</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20093/1229-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20093/1229-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARLAMENTAR Nº 003/2013 Indico ao Exmo. Sr. Prefeito Municipal a REABERTURA da psicina municipal.</t>
   </si>
   <si>
     <t>20094</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20094/1243-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20094/1243-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 004/2013 Indico ao Exmo. Sr. Prefeito Municipal, providenciar a afixação de placas com os nomes das respectivas ruas do município.</t>
   </si>
   <si>
     <t>20095</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20095/1250-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20095/1250-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARLAMENTAR Nº 005/2013 Indico ao Exmo. Sr. Prefeito Municipal da cidade de Gália/SP, para que tome as providências que julgar cabíveis, no sentido de se estudar a possibilidade de ser instalados tanto na Av. São José, como na Av. Martimiano Inácio Gonçalves, áreas reservadas para estacionamento exclusivo de motocicletas.</t>
   </si>
   <si>
     <t>20096</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20096/1251-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20096/1251-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 006/2013 Indico ao Exmo. Sr. Prefeito Municipal, para que este tome as providências que julgar cabíveis, no sentido de ser removida a lombada na Rua Piracicaba, sito à frente da SERRARIA BIANCO.</t>
   </si>
   <si>
     <t>20097</t>
   </si>
   <si>
     <t>LUIZ DESANI AVUCHIO</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20097/1267-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20097/1267-2013.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO Nº 007/2013 Indico ao Exmo. Sr. Prefeito Municipal, para que este tome as providências que julgar cabíveis, no sentido de ser implantado no município de Gália/SP o programa "PRAÇA CONECTADA".  </t>
   </si>
   <si>
     <t>20098</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20098/1268-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20098/1268-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 008/2013 Indico ao Exmo. Sr. Prefeito Municipal, para que este tome as providências que julgar cabíveis, no sentido de ser encaminhado à Câmara Municipal , Projeto de Lei na qual vise o REFIS dos tributos municipais não quitados, inscritos ou não na divida ativa.</t>
   </si>
   <si>
     <t>20099</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>SARA MARIA TAMELINI</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20099/1293-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20099/1293-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 009/2013 Indico ao Exmo. Sr. Prefeito Municipal, para que este tome as providências que julgar cabíveis, no sentido de ser promovida a reforma do prédio do TERMINAL RODOVIÁRIO "ARI BERALDIN".</t>
   </si>
   <si>
     <t>20100</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20100/1294-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20100/1294-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 010/2013 Indico ao Exmo. Sr. Prefeito Municipal, para que tome as providências cabíveis, no sentido de ser promovido o recapeamento da rodovia de acesso Gália/SP - SP/331, bem como a reestruturação e/ou reforma da ponte sito na mesma via de acesso.</t>
   </si>
   <si>
     <t>20101</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20101/1295-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20101/1295-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 011/2013 Indico ao Exmo. Sr. Prefeito Municipal, para que este tome as providências que julgar cabiveis, no sentido de ser promovida a pavimentação da via que dá continuidade à Av. São José até o marco religioso que encontra próximo a entrada da propriedade da família Belucci.</t>
   </si>
   <si>
     <t>20102</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20102/1296-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20102/1296-2013.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 012/2013 Indico ao Exmo. Sr. Prefeito Municipal, para que este tome as providências que julgar cabíveis, no sentido de ser promovida a pavimentação do acostamento da Rodovia de acesso Luciano Rivaben até o trecho de acesso à Rodovia SP-294.</t>
   </si>
   <si>
     <t>40016</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40016/1182-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40016/1182-2013.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 001/2013 Concede Moção de Aplausos e Congratulações ao Dr. Henry carvalho dos Santos e à Sta. Vania Elisa mantuani.</t>
   </si>
   <si>
     <t>40017</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40017/1183-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40017/1183-2013.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 002/2013 Concede Moção de Pesar por falecimento à família da Sra. Maria Aparecida Mourão.</t>
   </si>
   <si>
     <t>40018</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40018/1184-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40018/1184-2013.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 003/2013 Concede Moção de Apoio à Polícia militar da cidade de Gália, Estado de São Paulo.</t>
   </si>
   <si>
     <t>40019</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40019/1185-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40019/1185-2013.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 004/2013 Concede Moção de Apoio ao Dr. Thiago Rosseto Carolino, douto Delegado de polícia da depol de Gália, Estado de São Paulo.</t>
   </si>
   <si>
     <t>40020</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>40021</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>30107</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30107/1212-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30107/1212-2013.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 001/2013 Solicita informações acerca de viabilidade de realização de procedimentos por parte de servidores vinculados a Prefeitura Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>30108</t>
   </si>
   <si>
     <t>30109</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30109/1214-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30109/1214-2013.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 002/2013 Solicita informações acerca da formação da diretoria do Hospital São Vicente de Gália/SP.</t>
   </si>
   <si>
     <t>30110</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30110/1215-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30110/1215-2013.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 003/2013 Solicita informações do quadro de cargos comissionados da Prefeitura Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>30111</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30111/1216-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30111/1216-2013.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 004/2013 Solicita informações acerca do corte de eucaliptos pelo poder público municipal.</t>
   </si>
   <si>
     <t>30112</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30112/1217-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30112/1217-2013.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 005/2013 Solicita informações acerca de transporte escolar.</t>
   </si>
   <si>
     <t>30113</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30113/1218-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30113/1218-2013.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 006/2013 Solicita informações acerca das providências tomadas em relação à Indicação Parlamentar nº 001/2013.</t>
   </si>
   <si>
     <t>30114</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30114/1219-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30114/1219-2013.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 007/2013 Solicita informações acerca da doação de imóvel a empresa Constroleo, bem como requer copia de contrato.</t>
   </si>
   <si>
     <t>10478</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10478/0001-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10478/0001-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2013 Dispõe sobre o benefício do Vale Alimentação dos Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>10467</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10467/1211-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10467/1211-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2013 Dispõe sobre a alteração da Lei Complementar nº 07, de 27 de novembro de 2012, e dá outras providências.</t>
   </si>
   <si>
     <t>10475</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10475/1224-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10475/1224-2013.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 003/2013 Dispõe sobre a Alteração da Lei Complementar nº 07, de 27 de novembro de 2012.</t>
   </si>
   <si>
     <t>110005</t>
   </si>
   <si>
     <t>AUTOG</t>
   </si>
   <si>
     <t>Autógrafos</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110005/0001-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110005/0001-2013.pdf</t>
   </si>
   <si>
     <t>Autógrafo do Projeto de Lei Nº 1194-2012 que Dispõe sobre a alteração da Lei Municipal n.º 2.085/2011.</t>
   </si>
   <si>
     <t>110006</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110006/0002-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110006/0002-2013.pdf</t>
   </si>
   <si>
     <t>Autógrafo do Projeto de Lei Nº 0002-2013 que Dispõe sobre a revogação da Lei Municipal n.º 1.632/2001, criada por emenda ao Regime Jurídico Único da Prefeitura do Município de Gália/SP, previsto na Lei Municipal n.º 1.212/91, e dá outras providências.</t>
   </si>
   <si>
     <t>110007</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110007/0003-2013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110007/0003-2013.pdf</t>
   </si>
   <si>
     <t>Autógrafo do Projeto de Lei Nº 0003-2013 que Dispõe sobre a alteração de metas e valores, Diretrizes ao PPA 2010/2013, LDO para 2013, e a abertura de crédito adicional especial.</t>
   </si>
   <si>
     <t>110008</t>
   </si>
   <si>
     <t>Autógrafo do Projeto de Lei Nº 0004-2013 que Autoriza o Poder Executivo Municipal a ceder, a título de permissão de uso de bem público, imóvel de propriedade do município de Gália/SP a empresa SS ARTEFATOS DE MADEIRA LTDA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -1560,68 +1560,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10463/0002-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10464/0003-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10465/0004-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10468/1212-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10469/1213-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10471/1215-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10472/1221-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10473/1222-2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10479/1224-2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10480/1225-2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10481/1226-2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10482/1227-2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10483/1228-2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10484/1229-2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10486/1230-2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10487/1231-2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10488/1232-2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10489/1233-2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10490/1234-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10494/1235-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10495/1236-2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10496/1237-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10498/1239-2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10499/1240-2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10501/1241-2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10502/1242-2013.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10485/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10476/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/50003/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20103/0000-2013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20104/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20091/1218-2013.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20092/1228-2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20093/1229-2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20094/1243-2013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20095/1250-2013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20096/1251-2013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20097/1267-2013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20098/1268-2013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20099/1293-2013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20100/1294-2013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20101/1295-2013.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20102/1296-2013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40016/1182-2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40017/1183-2013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40018/1184-2013.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40019/1185-2013.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30107/1212-2013.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30109/1214-2013.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30110/1215-2013.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30111/1216-2013.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30112/1217-2013.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30113/1218-2013.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30114/1219-2013.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10478/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10467/1211-2013.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10475/1224-2013.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110005/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110006/0002-2013.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110007/0003-2013.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10463/0002-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10464/0003-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10465/0004-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10468/1212-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10469/1213-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10471/1215-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10472/1221-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10473/1222-2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10479/1224-2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10480/1225-2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10481/1226-2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10482/1227-2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10483/1228-2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10484/1229-2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10486/1230-2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10487/1231-2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10488/1232-2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10489/1233-2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10490/1234-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10494/1235-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10495/1236-2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10496/1237-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10498/1239-2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10499/1240-2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10501/1241-2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10502/1242-2013.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10485/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10476/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/50003/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20103/0000-2013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20104/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20091/1218-2013.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20092/1228-2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20093/1229-2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20094/1243-2013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20095/1250-2013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20096/1251-2013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20097/1267-2013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20098/1268-2013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20099/1293-2013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20100/1294-2013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20101/1295-2013.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/20102/1296-2013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40016/1182-2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40017/1183-2013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40018/1184-2013.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/40019/1185-2013.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30107/1212-2013.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30109/1214-2013.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30110/1215-2013.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30111/1216-2013.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30112/1217-2013.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30113/1218-2013.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/30114/1219-2013.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10478/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10467/1211-2013.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/10475/1224-2013.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110005/0001-2013.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110006/0002-2013.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2013/110007/0003-2013.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>