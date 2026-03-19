--- v0 (2025-10-21)
+++ v1 (2026-03-19)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10605</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>NEWTON RODRIGUES FREIRE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>10606</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002/2015 Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2014/2017, LDO para 2015, e a abertura de Credito Adicional ESpecial e Adicional Suplementar ao Orçamento de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>10607</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2015 Altera a Lei Municipal 2.215 de 05 de Agosto de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>10608</t>
   </si>
   <si>
     <t>4</t>
   </si>
@@ -354,51 +354,51 @@
   <si>
     <t>10636</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES, DIRETRIZES AO PPA 2014/2017. LDO PARA 2015</t>
   </si>
   <si>
     <t>10637</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO, INCLUSÃO DE METAS E VALORES, DEFINIDOS NO PLANO PLURIANUAL PPA2014/2017, NA LEI DE DIRETRIZES ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2.016</t>
   </si>
   <si>
     <t>10638</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/10638/0034-2015.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/10638/0034-2015.doc</t>
   </si>
   <si>
     <t>DISPOE SOBRE O ORÇAMENTO DO MUNICÍPIO DE GÁLIA PARA O EXERCÍCIO DE 2.016</t>
   </si>
   <si>
     <t>10640</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>dispoe sobre a alteração de metas e valores, diretrizes ao ppa 2014/2017, ldo para 2015 e abertura de credito adicional especial no valor de r$316.074,33</t>
   </si>
   <si>
     <t>10642</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>INSTITUI A CONSTITUIÇÃO DE ILUMINAÇÃO PUBLICA - CIP NA CIDADE DE GÁLIA /SP</t>
   </si>
   <si>
     <t>10643</t>
   </si>
@@ -528,90 +528,90 @@
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>DISPOE SOBRE REAJUSTE DO IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU PARA O EXERCICIO DE  2016</t>
   </si>
   <si>
     <t>20108</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARLAMENTAR Nº 001/2015 Sugere a instalação de câmaras de segurança em pontos estratégicos do município de Gália/SP. </t>
   </si>
   <si>
     <t>20109</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/20109/0002-2015.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/20109/0002-2015.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARLAMENTAR Nº 003/2015 Sugere a instalação de um POsto de Atendimento do Procon no Município de Gália/SP.</t>
   </si>
   <si>
     <t>20110</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/20110/0003-2015.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/20110/0003-2015.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARLAMENTAR Nº 004/2015 Solicita que sejam tomadas medidas no tocante ao Trânsito de veículos nas proximidades das Escolas do Município.</t>
   </si>
   <si>
     <t>20111</t>
   </si>
   <si>
     <t>20112</t>
   </si>
   <si>
     <t>20113</t>
   </si>
   <si>
     <t>20114</t>
   </si>
   <si>
     <t>30121</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>30122</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/30122/0002-2015.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/30122/0002-2015.pdf</t>
   </si>
   <si>
     <t>Requer a extração de cópia de Processo de Tomada de Contas.</t>
   </si>
   <si>
     <t>30123</t>
   </si>
   <si>
     <t>30124</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -924,68 +924,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/10638/0034-2015.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/20109/0002-2015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/20110/0003-2015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/30122/0002-2015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/10638/0034-2015.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/20109/0002-2015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/20110/0003-2015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2015/30122/0002-2015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="98.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>