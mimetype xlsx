--- v0 (2025-10-21)
+++ v1 (2026-03-19)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10737</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Aguinaldo Aparecido Valerio</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2017-CM Dispõe sobre o acesso à informação instituído pela Lei Federal nº 12.527, de 18 de novembro de 2011, no âmbito do poder Legislativo do Município de Gália/SP; cria o serviço de informação ao cidadão, e dá outras providências.</t>
   </si>
   <si>
     <t>10739</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002/2017-CM Estabelece o percentual mínimo de cargos em comissão a serem preenchidos por servidores públicos efetivos no âmbito do Poder Legislativo do Município de Gália/SP, nos termos do art. 115, inciso V, da Constituição do Estado de São Paulo.</t>
   </si>
   <si>
     <t>10740</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Kiko</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2017-CM Dispõe sobre a alteração da redação do art. 78 da Lei Municipal nº 1.840, de 10 de outubro de 2006, bem como regulamenta o estacionamento de veículos automotores na extensão da Av. Manoel Faustino.</t>
   </si>
@@ -135,1443 +135,1443 @@
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 001/2017 Dispõe sobre a acriação do plantão de vereador nos dias em se realizarem Sessões Ordinárias da Câmara Municipal de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>20119</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
     <t>Kiko, ANDREA CRISTINA PEPINELLE</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 001/2017 Sugere a instalação de barreira física (tela metálica) no interior da base da Polícia Militar da Cidade de Gália/SP.</t>
   </si>
   <si>
     <t>20120</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20120/0002-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20120/0002-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 002/2017 Sugere a instalação de redutor de velocidade (lombada) na Rua Vereador Mauro Rodrigues da Silva.</t>
   </si>
   <si>
     <t>20121</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20121/0003-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20121/0003-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 003/2017 Sugere a instalação de guias e sarjetas na Avenida João Ferreira.</t>
   </si>
   <si>
     <t>20122</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20122/0004-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20122/0004-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 004/2017 Sugere a instalação de proteção metálica para os alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>20123</t>
   </si>
   <si>
     <t>RICARDO CEZAR VICENTE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20123/0005-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20123/0005-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 005/2017 Sugere ao poder executivo para que este atue para que possa realizar convênio com o Estado de São Paulo para a implementação da atividade delegada.</t>
   </si>
   <si>
     <t>20124</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20124/0006-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20124/0006-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 006/2017 Sugere ao Poder Executivo para que este revitalize a área em torno do Lago Municipal de Gália/SP para fins de lazer.</t>
   </si>
   <si>
     <t>20125</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20125/0007-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20125/0007-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 007/2017 Sugere ao Poder Executivo para que este promova a manutenção do trecho da via de acesso Luciano Rivaben.</t>
   </si>
   <si>
     <t>20126</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20126/0008-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20126/0008-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 008/2017 Sugere ao Poder Executivo a construção de um campo de futebol society na área atras da arquibancada do campo de futebol, principal do Estádio Municipal Mansur Nora.</t>
   </si>
   <si>
     <t>20127</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20127/0009-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20127/0009-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 009/2017 Sugere ao Poder Executivo a construção e manutenção do acostamento da estrada vicinal Eduardo Dias de Castro.</t>
   </si>
   <si>
     <t>20128</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20128/0010-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20128/0010-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 010/2017 Sugere ao Poder Executivo para que este atue junto ao Governo do Estado de São Paulo, visando o aumento do policiamento no Município de Gália/SP.</t>
   </si>
   <si>
     <t>20129</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20129/0011-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20129/0011-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 011/2017 Sugere ao Poder Executivo para que promova a instalação de luminárias em alguns pontos do Município de Gália/SP.</t>
   </si>
   <si>
     <t>20130</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20130/0012-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20130/0012-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 012/2017 Sugere ao POder Executivo para que promova um estudo de custo/benefício, visando a substituição das lâmpadas utilizadas na iluminação pública por lâmpadas de led.</t>
   </si>
   <si>
     <t>20131</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20131/0013-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20131/0013-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 013/2017 Sugere ao Poder Executivo para que informe ao Poder Legislativo Municipal de Gália/SP o nome dos nomeados para assumir as pastas das Secretarias Municipais.</t>
   </si>
   <si>
     <t>20132</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 014/2017 Sugere ao Poder Executivo para que encaminhe à Câmara Municipal de Gália/SP, Projetos de Leis atinentes a concessâo de reajuste na Remuneração dos Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>20133</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20133/0015-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20133/0015-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 015/2017 Sugere ao Poder Executivo a instalação de Redutor de velocidade na Rua  Décio Silvério, cruzamento com a Avenida Manoel Faustino.</t>
   </si>
   <si>
     <t>20134</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20134/0016-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20134/0016-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 016/2017 Sugere ao Poder Executivo á instalação e melhoria da iluminação Pública na parte interna, externa e no entorno do cemitério Municipal.</t>
   </si>
   <si>
     <t>20135</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20135/0017-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20135/0017-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 017/2017 Sugere ao Poder Executivo a aquisição de 02 (duas) ambulância.</t>
   </si>
   <si>
     <t>20136</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20136/0018-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20136/0018-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 018/2017 Sugere ao poder Executivo para que melhore e/ou aperfeiçoe a mautenção da Rodoviária Municipal Ari Beraldin.</t>
   </si>
   <si>
     <t>20137</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Rinaldo Pinheiro de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20137/0019-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20137/0019-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 019/2017 Sugere ao Poder Executivo para que reserve e/ou regularize espaço Público para incentivar o escoamento de Produtos produzidos pór produtores rurais.</t>
   </si>
   <si>
     <t>20138</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20138/0020-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20138/0020-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 020/2017 Sugere ao Poder Executivo para que FARMÁCIA MUNICIPAL atenda a População em Regime de Plantão.</t>
   </si>
   <si>
     <t>20139</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>ANDREA CRISTINA PEPINELLE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20139/0021-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20139/0021-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 021/2017 Sugere ao Poder Executivo para que promova a manutenção da iluminação Pública no entorno do Lago Municipal.</t>
   </si>
   <si>
     <t>20140</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 022/2017 Sugere ao Poder Executivo para que promova a manutenção dos redutores de velocidade (lombada) nas ruas que se referem.</t>
   </si>
   <si>
     <t>20141</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20141/0023-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20141/0023-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 023/2017 Sugere ao Poder Executivo para que promova a instalação de olhos de gato na rua que se refere.</t>
   </si>
   <si>
     <t>20142</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20142/0024-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20142/0024-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 024/2017 Sugere ao Poder Executivo para que promova a instalação de redutor de velocidade na Rua que se refere.</t>
   </si>
   <si>
     <t>20143</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20143/0025-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20143/0025-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 025/2017 Sugere o Poder Executivo para que contrsua calçamento na via de acesso Luciano Rivaben.</t>
   </si>
   <si>
     <t>20144</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>MARIA JOSÉ DA CONCEIÇÃO FAUSTINO PIOVESAN</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20144/0026-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20144/0026-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 026/2017 Sugere ao Poder Executivo para que se possível interceder junto à Empresa Funerária Novo Mundo para que esta volte a utilizar o Velório Municipal.</t>
   </si>
   <si>
     <t>20145</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20145/0027-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20145/0027-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 027/2017 Sugere ao Poder Executivo para que construa redutor de velocidade na Rua Piracicaba.</t>
   </si>
   <si>
     <t>20146</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20146/0028-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20146/0028-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 028/2017 Sugere ao Poder Executivo para que promova o recapeamento da via de acesso Gália - Rod. SP - 331.</t>
   </si>
   <si>
     <t>20147</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20147/0029-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20147/0029-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 029/2017 Sugere ao Poder Executivo para que promova o a instalação de barreira de proteção em boca-de-lobo (bueiro).</t>
   </si>
   <si>
     <t>20148</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20148/0030-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20148/0030-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 030/2017 Sugere ao Poder Executivo para que promova o à instalação de Placas de identificação de Ruas e Avenidas na Cidade de Gália/SP.</t>
   </si>
   <si>
     <t>20149</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20149/0031-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20149/0031-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 031/2017 Sugere ao Poder Executivo para que promova a construção de banheiro público na Praça Pedro de Toledo (Praça Central).</t>
   </si>
   <si>
     <t>20150</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20150/0032-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20150/0032-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 032/2017 Sugere ao Poder Executivo para que promova a instalação de estacionamento exclusivo para motocicletas.</t>
   </si>
   <si>
     <t>20151</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20151/0033-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20151/0033-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 033/2017 Sugere ao Poder Executivo para que busque informação acerca do Programa Esporte Social do Governo do Estado de São Paulo.</t>
   </si>
   <si>
     <t>20152</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20152/0034-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20152/0034-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 034/2017 Sugere ao Poder Executivo para que promova Pode de Árvore.</t>
   </si>
   <si>
     <t>20153</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20153/0035-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20153/0035-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 035/2017 Sugere ao Poder Executivo para que promova a limpeza de bueiros.</t>
   </si>
   <si>
     <t>20154</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20154/0036-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20154/0036-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 036/2017 Sugere ao Poder Executivo para que promova a instalação de redutor de velocidade na Rua Epaminondas Barra.</t>
   </si>
   <si>
     <t>20155</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20155/0037-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20155/0037-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 037/2017 Sugere ao Poder Executivo para que promova a compra de equipamento para Ginástica.</t>
   </si>
   <si>
     <t>20156</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20156/0038-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20156/0038-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 038/2017 Sugere ao Poder Executivo para que promova a instalação de redutor de velocidade na estrada Vicinal GAL - 364 (Estrada Peroba Torta).</t>
   </si>
   <si>
     <t>20157</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20157/0039-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20157/0039-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 039/2017 Sugere ao Poder Executivo para que promova o recapeamento da Via de acesso Gália - Rod. SP - 331.</t>
   </si>
   <si>
     <t>20158</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>ZACARIAS DE SOUZA PINTO</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20158/0040-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20158/0040-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 040/2017 Sugere ao Poder Executivo para que forneça equipamentos de proteção individuais - EPIs, aos coveiros do Município.</t>
   </si>
   <si>
     <t>20159</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20159/0041-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20159/0041-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 041/2017 Sugere ao Poder Executivo para que promova uma pista de caminhada.</t>
   </si>
   <si>
     <t>20160</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20160/0042-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20160/0042-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 42/2017 Sugere ao POder Executivo para que promova a instalação de postes de eletricidade nas proximidades do lago municipal.</t>
   </si>
   <si>
     <t>20161</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20161/0043-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20161/0043-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 043/2017 Sugere ao Poder Executivo para que promova a manutenção do parque infantil nas imediações do loago municipal.</t>
   </si>
   <si>
     <t>20162</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20162/0044-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20162/0044-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 044/2017 Sugere ao Poder Executivo para que regulamente o estacionamento na Avenida João Ferreira.</t>
   </si>
   <si>
     <t>20163</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20163/0045-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20163/0045-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 045/2016 Sugere ao POder Executivo para que promova a instalação de luminárias em alguns pontos do município de Gália/SP.</t>
   </si>
   <si>
     <t>20164</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20164/0046-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20164/0046-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 046/2017 Sugere ao Poder Executivo para que promova a castração de cães e gatos no município de Gália/SP.</t>
   </si>
   <si>
     <t>20165</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20165/0047-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20165/0047-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 047/2017 Sugere ao Poder Executivo para que promova a retirada de objeto da Praça Pedro de Toledo.</t>
   </si>
   <si>
     <t>20166</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20166/0048-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20166/0048-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 048/2017 Sugere ao Poder Executivo para que promova a manutenção do centro de Convenções.</t>
   </si>
   <si>
     <t>20167</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20167/0049-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20167/0049-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 049/2017 Sugere ao Poder Executivo para que promova a melhoria em próprio Público.</t>
   </si>
   <si>
     <t>20168</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20168/0050-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20168/0050-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 050/2017 Sugere ao Poder Executivo para que promova a instalação de Bebedouros em Áreas Públicas.</t>
   </si>
   <si>
     <t>20169</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20169/0051-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20169/0051-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 051/2017 Sugere ao Poder Executivo para que promova a instalação de placa em via Pública.</t>
   </si>
   <si>
     <t>20170</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20170/0052-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20170/0052-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 052/2017 Sugere ao Poder Executivo para que promova a instalação de Luminária Pública.</t>
   </si>
   <si>
     <t>20171</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20171/0053-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20171/0053-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 053/2017 Sugere ao Poder Executivo para que promova acolhimento de pessoas.</t>
   </si>
   <si>
     <t>20172</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20172/0054-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20172/0054-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 054/2017  Sugere ao Poder Executivo para que promova a limpeza do terminal rodoviário Ari Beraldin.</t>
   </si>
   <si>
     <t>20173</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20173/0055-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20173/0055-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 055/2017 Sugere ao Poder Executivo para que promova a manutenção em pontos de iluminação Pública no entorno do Lago Municipal.</t>
   </si>
   <si>
     <t>20174</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20174/0056-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20174/0056-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 056/2017 Sugere ao Poder Executivo para que promova a manutenção e revitalização da Academia sito no Bairro São Benedito.</t>
   </si>
   <si>
     <t>20175</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20175/0057-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20175/0057-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 057/2017  Sugere ao Poder Executivo para que promova a manutenção de via Pública.</t>
   </si>
   <si>
     <t>20176</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20176/0058-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20176/0058-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 058/2017 Sugere ao POder Executivo para que promova a manutenção do campo de futebol do parque do lago.</t>
   </si>
   <si>
     <t>20177</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20177/0059-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20177/0059-2017.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO Nº 059/2017 SUgere ao Poder Executivo a cessão de imóvel à Câmara Municipal de Gália/SP. </t>
   </si>
   <si>
     <t>20178</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20178/0060-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20178/0060-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 060/2017 Sugere ao Poder Executivo a manutenção do Centro de Convenções.</t>
   </si>
   <si>
     <t>20179</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20179/0061-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20179/0061-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 061/2017 Sugere ao Poder Executivo a tomada de providências acerca de tambores de lixo.</t>
   </si>
   <si>
     <t>20180</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20180/0062-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20180/0062-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 062/2017 Sugere ao POder Executivo a tomada de providências acerca da placa próxima ao Portal de entrada da cidade de Gália/SP.</t>
   </si>
   <si>
     <t>20181</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20181/0063-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20181/0063-2017.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO Nº 063/2017 Sugere ao Poder Executivo para que promova a manutenção da Praça da Bíblia. </t>
   </si>
   <si>
     <t>20182</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20182/0064-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20182/0064-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 064/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20183</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20183/0065-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20183/0065-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 065/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20184</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20184/0066-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20184/0066-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 066/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20185</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20185/0067-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20185/0067-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 067/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20186</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 068/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20187</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 069/2017 Sugere ao POder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20188</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 070/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20189</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 071/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20190</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20190/0072-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20190/0072-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 072/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20191</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20191/0073-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20191/0073-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 073/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20192</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20192/0074-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20192/0074-2017.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO Nº 074/2017 Sugere ao Poder Executivo para que tome providências. </t>
   </si>
   <si>
     <t>20193</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20193/0075-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20193/0075-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 075/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20194</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Kiko, RICARDO CEZAR VICENTE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20194/0076-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20194/0076-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 076/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20195</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20195/0077-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20195/0077-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 077/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20196</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20196/0078-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20196/0078-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 078/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20197</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20197/0079-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20197/0079-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 079/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20198</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20198/0080-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20198/0080-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 080/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20199</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20199/0081-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20199/0081-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 081/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20200</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20200/0082-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20200/0082-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 082/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20201</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20201/0083-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20201/0083-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 083/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20202</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20202/0084-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20202/0084-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 084/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20203</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20203/0085-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20203/0085-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 085/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20204</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20204/0086-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20204/0086-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 086/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20205</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20205/0087-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20205/0087-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 087/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20206</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20206/0088-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20206/0088-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 088/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20207</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20207/0089-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20207/0089-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 089/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20208</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20208/0090-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20208/0090-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 090/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20209</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20209/0091-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20209/0091-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 091/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20210</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20210/0092-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20210/0092-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 092/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20211</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20211/0093-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20211/0093-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 093/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20212</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20212/0094-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20212/0094-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 094/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20213</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20213/0095-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20213/0095-2017.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO Nº 095/2017 Sugere ao Poder Executivo para que tome providências. </t>
   </si>
   <si>
     <t>20214</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20214/0096-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20214/0096-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 096/2017 Sugere ao Poder Executivo para que tome providências.</t>
   </si>
   <si>
     <t>20215</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20215/0097-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20215/0097-2017.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 097/2017 Sugere ao Poder Executivo para que tome Providências</t>
   </si>
   <si>
     <t>40027</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
     <t>ANDREA CRISTINA PEPINELLE, Kiko</t>
   </si>
   <si>
     <t>Encaminha Moção de Congratulações e Aplausos ao Sr. Marcelo Nivaldo Uzai.</t>
   </si>
   <si>
     <t>40028</t>
   </si>
   <si>
     <t>, Aguinaldo Aparecido Valerio, ANDREA CRISTINA PEPINELLE, Kiko, MARIA JOSÉ DA CONCEIÇÃO FAUSTINO PIOVESAN, Nito, RICARDO CEZAR VICENTE, Ricardo Gonçalves Gutierrez, Rinaldo Pinheiro de Carvalho, ZACARIAS DE SOUZA PINTO</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/40028/0002-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/40028/0002-2017.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> EMOÇÃO Nº 002/2017 Encaminha Moção de Pesar por Falecimento à Família Camargo </t>
   </si>
   <si>
     <t>40030</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/40030/0003-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/40030/0003-2017.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 003/2017 Encaminha Moção de Congratulações e Aplausos à Família Cardosos.</t>
   </si>
   <si>
     <t>30134</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30134/0001-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30134/0001-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 001/2017 Requeiro que no prazo legal se digne responder se nos mandatos anteriores foi firmado algum convênio com à Secretaria de Estado da Segurança Pública, a fim de viabilizar a autuação de infrações de trânsito por parte dos Policiais Militares do município de Gália/SP; se esse convênio foi renovado; se há a possibilidade de ser concretizado e implantado esse convênio no município de Gália/SP.</t>
   </si>
   <si>
     <t>30135</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30135/0002-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30135/0002-2017.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO Nº 002/2017 Requeiro para que no prazo legal se digne responder se a Prefeitura Municipal de Gália/SP ja definiu quem será o responsável pelo canal de relacionamento Poder Público/Prefeituta com a Companhia Paulista de Força e Luz - CPFL; e se já definiu, informar o nome do responsável. </t>
   </si>
   <si>
     <t>30136</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30136/0003-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30136/0003-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 003/2017 Requeiro que no prazo legal se digne responder qual a real situação, no momento, do Prédio construído para abrigar o Centro de Fisioterapia junto aos Órgãos competentes; e se há previsão de quando se iniciará os atendimento da população do mencionado prédio  público.</t>
   </si>
   <si>
     <t>30137</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30137/0004-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30137/0004-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 004/2017 Requeiro que se digne responder que providências estão sendo tomadas pela Administração Municipal para suprir a carência de profissional de Fonoaudiologia, tendo em vista o pedido de demissão apresentado pela profissional responsável.</t>
   </si>
   <si>
     <t>30138</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30138/0005-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30138/0005-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 005/2017 Requeiro que se digne responder informações à respeito do Ginásio de Esportes Municipal.</t>
   </si>
   <si>
     <t>30139</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30139/0006-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30139/0006-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 006/2017 Requeiro informações sobre a página do Facebook da Prefeitura Municipal da cidade de Gália/SP.</t>
   </si>
   <si>
     <t>30140</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30140/0007-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30140/0007-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 007/2017 Requeiro informações à respeito do contrato firmado com a empresa responsável pelos seguros dos veículos de propriedade do Ente público municipal, no exercício de 2016.</t>
   </si>
   <si>
     <t>30141</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30141/0008-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30141/0008-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 008/2017 Requeiro informações à respeito da Educação Municipal.</t>
   </si>
   <si>
     <t>30142</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30142/0009-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30142/0009-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 009/2017 Requeiro para que no prazo legal se digne responder qual o valor suportado pelo Poder Público Municipal para promover o carnaval- desfile? Relacionar o material utilizado.</t>
   </si>
   <si>
     <t>30143</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30143/0010-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30143/0010-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 010/2017 Requeiro cópias de todas as Portarias de nomeações referentes aos Cargos Comissionados do Poder Executivo Municipal; e Cópias de todas as Portarias referente às funções de confiança de servidores públicos do Município de Gália/SP.</t>
   </si>
   <si>
     <t>30144</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30144/0011-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30144/0011-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 011/2017 Requeiro informações referente ao córrego que passa pelo Bairro São Benedito.</t>
   </si>
   <si>
     <t>30145</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30145/0012-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30145/0012-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 012/2017 Requeiro informações sobre quais estradas rurais serão beneficiadas pelo Pregão Presencial Nº 015/2017.</t>
   </si>
   <si>
     <t>30146</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30146/0013-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30146/0013-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 013/2017 Requeiro informações sobre quais providências vem sendo tomadas no tocante a manutenção da via de acesso Gália - Rod. Est. SP 331.</t>
   </si>
   <si>
     <t>30147</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30147/0014-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30147/0014-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 014/2017 Requeiro informações à respeito da CIP.</t>
   </si>
   <si>
     <t>30148</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30148/0015-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30148/0015-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 015/2017 Requeiro informações à respeito do prédio do PSF-3.</t>
   </si>
   <si>
     <t>30149</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30149/0016-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30149/0016-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 016/2017 Requeiro informações sobre quais providências vêm sendo tomadas no sentido de suprir a falta de profissional de FONOAUDIOLOGIA.</t>
   </si>
   <si>
     <t>30150</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30150/0017-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30150/0017-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 017/2017 Que providências vêm sendo tomadas no sentido de realizar a manutenção da rodovia de acesso Gália - SP 331.</t>
   </si>
   <si>
     <t>30151</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30151/0018-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30151/0018-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 018/2017 Requeiro que se digne responder se o Departamento responsável da Prefeitura Municipal dispõe de algum relatório na qual conste a descrição dos veículos e/ou máquinas classificadas como inservíveis.</t>
   </si>
   <si>
     <t>30152</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30152/0019-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30152/0019-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 019/2017 Requeiro informações no que concerne a recuperação de 15 veículos automotores de propriedade do Município de Gália/SP.</t>
   </si>
   <si>
     <t>30153</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30153/0020-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30153/0020-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 020/2017 Requeriro informações sobre a iluminação do Trevo de acesso Gália/SP - Rod. SP. - 294.</t>
   </si>
   <si>
     <t>30154</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30154/0021-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30154/0021-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 021/2017 Qual motivo a Administração ainda não adesivou e/ou sinalizou o veículo NIssan/Versa como sendo de uso exclusivo da Educação?</t>
   </si>
   <si>
     <t>30155</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30155/0022-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30155/0022-2017.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO Nº 022/2017 Requeiro informações se o Poder Executivo do Município de Gália fará ou não o leilão dos bens inservíveis. </t>
   </si>
   <si>
     <t>30156</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30156/0023-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30156/0023-2017.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO Nº 023/2017 Diante da resposta acerca do Requerimento nº 020/2017, volto a fazer o mesmo questionamento. </t>
   </si>
   <si>
     <t>30157</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30157/0024-2017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30157/0024-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 024/2017 Diante da Resposta acerca do Requerimento nº 014/2017, volto a fazer o mesmo questionamento.</t>
   </si>
   <si>
     <t>10730</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Renato Inácio Gonçalves</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01/2017 Autoriza os servidores e membros do Poder Legislativo do Município de Gália/SP, participarem do convênio firmado entre o Poder Executivo Municipal e o Banco Bradesco - SA. referente a concessão de emprestimo - financiamento consignado em folha de pagamento, e dá outras providências.</t>
   </si>
   <si>
     <t>10732</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 02/2017 Dispõe sobre a alteração, inclusão de metas e valores, definidos no Plano Plurianual PPA 2014/2017, na Lei de Diretrizes Orçamentarias para o exercício de 2017, e dá outras providências.</t>
   </si>
@@ -2208,68 +2208,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20120/0002-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20121/0003-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20122/0004-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20123/0005-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20124/0006-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20125/0007-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20126/0008-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20127/0009-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20128/0010-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20129/0011-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20130/0012-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20131/0013-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20133/0015-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20134/0016-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20135/0017-2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20136/0018-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20137/0019-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20138/0020-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20139/0021-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20141/0023-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20142/0024-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20143/0025-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20144/0026-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20145/0027-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20146/0028-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20147/0029-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20148/0030-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20149/0031-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20150/0032-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20151/0033-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20152/0034-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20153/0035-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20154/0036-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20155/0037-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20156/0038-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20157/0039-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20158/0040-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20159/0041-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20160/0042-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20161/0043-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20162/0044-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20163/0045-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20164/0046-2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20165/0047-2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20166/0048-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20167/0049-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20168/0050-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20169/0051-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20170/0052-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20171/0053-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20172/0054-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20173/0055-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20174/0056-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20175/0057-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20176/0058-2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20177/0059-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20178/0060-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20179/0061-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20180/0062-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20181/0063-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20182/0064-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20183/0065-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20184/0066-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20185/0067-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20190/0072-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20191/0073-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20192/0074-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20193/0075-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20194/0076-2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20195/0077-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20196/0078-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20197/0079-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20198/0080-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20199/0081-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20200/0082-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20201/0083-2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20202/0084-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20203/0085-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20204/0086-2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20205/0087-2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20206/0088-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20207/0089-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20208/0090-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20209/0091-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20210/0092-2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20211/0093-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20212/0094-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20213/0095-2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20214/0096-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20215/0097-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/40028/0002-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/40030/0003-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30134/0001-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30135/0002-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30136/0003-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30137/0004-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30138/0005-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30139/0006-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30140/0007-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30141/0008-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30142/0009-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30143/0010-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30144/0011-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30145/0012-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30146/0013-2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30147/0014-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30148/0015-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30149/0016-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30150/0017-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30151/0018-2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30152/0019-2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30153/0020-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30154/0021-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30155/0022-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30156/0023-2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30157/0024-2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20120/0002-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20121/0003-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20122/0004-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20123/0005-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20124/0006-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20125/0007-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20126/0008-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20127/0009-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20128/0010-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20129/0011-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20130/0012-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20131/0013-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20133/0015-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20134/0016-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20135/0017-2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20136/0018-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20137/0019-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20138/0020-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20139/0021-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20141/0023-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20142/0024-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20143/0025-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20144/0026-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20145/0027-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20146/0028-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20147/0029-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20148/0030-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20149/0031-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20150/0032-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20151/0033-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20152/0034-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20153/0035-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20154/0036-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20155/0037-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20156/0038-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20157/0039-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20158/0040-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20159/0041-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20160/0042-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20161/0043-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20162/0044-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20163/0045-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20164/0046-2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20165/0047-2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20166/0048-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20167/0049-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20168/0050-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20169/0051-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20170/0052-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20171/0053-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20172/0054-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20173/0055-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20174/0056-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20175/0057-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20176/0058-2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20177/0059-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20178/0060-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20179/0061-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20180/0062-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20181/0063-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20182/0064-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20183/0065-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20184/0066-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20185/0067-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20190/0072-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20191/0073-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20192/0074-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20193/0075-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20194/0076-2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20195/0077-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20196/0078-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20197/0079-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20198/0080-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20199/0081-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20200/0082-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20201/0083-2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20202/0084-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20203/0085-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20204/0086-2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20205/0087-2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20206/0088-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20207/0089-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20208/0090-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20209/0091-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20210/0092-2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20211/0093-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20212/0094-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20213/0095-2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20214/0096-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/20215/0097-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/40028/0002-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/40030/0003-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30134/0001-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30135/0002-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30136/0003-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30137/0004-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30138/0005-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30139/0006-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30140/0007-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30141/0008-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30142/0009-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30143/0010-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30144/0011-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30145/0012-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30146/0013-2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30147/0014-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30148/0015-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30149/0016-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30150/0017-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30151/0018-2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30152/0019-2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30153/0020-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30154/0021-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30155/0022-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30156/0023-2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2017/30157/0024-2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="208.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>