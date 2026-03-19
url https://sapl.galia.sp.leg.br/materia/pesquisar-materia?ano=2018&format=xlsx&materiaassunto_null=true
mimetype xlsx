--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10804</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Mesa Diretora 2ª Sessão Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2018 - CM Dispõe sobre a concessão de reposição inflacionárias nos subsídios dos agentes políticos vinculados ao Poder Executivo do Município de Gália/SP.</t>
   </si>
   <si>
     <t>10805</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002/2018 - CM Dispõe sobre a concessão de reposição inflacionárias nos subsídios dos agentes políticos vinculados ao Poder Legislativos do Município de Gália/SP.</t>
   </si>
   <si>
     <t>10806</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2018 - CM Dispõe sobre a aconcessão de reposição inflacionárias na remuneração dos servidores municipais vinculados ao Poder Legislativo do Município de Gália/SP.</t>
   </si>
   <si>
     <t>10811</t>
   </si>
@@ -132,1074 +132,1074 @@
   <si>
     <t>Aguinaldo Aparecido Valerio, ANDREA CRISTINA PEPINELLE, Kiko, MARIA JOSÉ DA CONCEIÇÃO FAUSTINO PIOVESAN, Nito, RICARDO CEZAR VICENTE, Ricardo Gonçalves Gutierrez, Rinaldo Pinheiro de Carvalho, ZACARIAS DE SOUZA PINTO</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 001/2018  Concede o Titulo de Cidadão Galiense ao Engenheiro Horácio Hideo Yamashita.</t>
   </si>
   <si>
     <t>10844</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 002/2018  Concede o titulo de cidadão Galiense ao empresário José Honório de Oliveira.</t>
   </si>
   <si>
     <t>50004</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Nito</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/50004/0001-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/50004/0001-2018.pdf</t>
   </si>
   <si>
     <t>20216</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20216/0001-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20216/0001-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 001/2018 Sugere a instalação de aparelhos de ar-condicionado nas dependência do novo prédio do centro de fisioterapia do município de Gália/SP.</t>
   </si>
   <si>
     <t>20217</t>
   </si>
   <si>
     <t>RICARDO CEZAR VICENTE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20217/0002-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20217/0002-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 002/2018 Sugere à instalação de redutores de velocidade do cruzamento das ruas Manoel Laureano Ribeiro e Vitorina Conceição Ribeiro.</t>
   </si>
   <si>
     <t>20218</t>
   </si>
   <si>
     <t>MARIA JOSÉ DA CONCEIÇÃO FAUSTINO PIOVESAN</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20218/0003-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20218/0003-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 003/2018 Sugere a providência acerca de publicidade.</t>
   </si>
   <si>
     <t>20219</t>
   </si>
   <si>
     <t>Nito, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20219/0004-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20219/0004-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 004/2018 Sugere a providência acerca de manutenção e/ou reparo de via pública.</t>
   </si>
   <si>
     <t>20220</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20220/0005-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20220/0005-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 005/2018 Sugere a providência acerca de manutenção e/ou reparo de via pública.</t>
   </si>
   <si>
     <t>20221</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20221/0006-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20221/0006-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 006/2018 Sugere de marco em homenagem à imigração Japonesa no Brasil.</t>
   </si>
   <si>
     <t>20222</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ZACARIAS DE SOUZA PINTO</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20222/0007-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20222/0007-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 007/2018  Sugere ao Poder Executivo o encaminhamento de Projeto de Lei à Câmara Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>20223</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>ANDREA CRISTINA PEPINELLE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20223/0008-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20223/0008-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 008/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20224</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20224/0009-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20224/0009-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 009/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20225</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Rinaldo Pinheiro de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20225/0010-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20225/0010-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇAO Nº 010/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20226</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20226/0011-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20226/0011-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 011/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20227</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20227/0012-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20227/0012-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 012/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20228</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20228/0013-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20228/0013-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 013/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20229</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20229/0014-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20229/0014-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 014/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20230</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20230/0015-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20230/0015-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 015/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20231</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20231/0016-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20231/0016-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 016/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20232</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20232/0017-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20232/0017-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 017/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20233</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20233/0018-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20233/0018-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 018/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20234</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20234/0019-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20234/0019-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 019/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20235</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20235/0020-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20235/0020-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 020/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20236</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20236/0021-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20236/0021-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 021/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20237</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20237/0022-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20237/0022-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 022/2017 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20238</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20238/0023-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20238/0023-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Mº 023/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20239</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20239/0024-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20239/0024-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 024/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20240</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20240/0025-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20240/0025-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 025/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20241</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20241/0026-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20241/0026-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 026/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20242</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20242/0027-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20242/0027-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 027/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20243</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20243/0028-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20243/0028-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 028/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20244</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Rinaldo Pinheiro de Carvalho, ANDREA CRISTINA PEPINELLE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20244/0029-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20244/0029-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 029/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20245</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20245/0030-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20245/0030-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 030/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20246</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20246/0031-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20246/0031-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 031/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20247</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20247/0032-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20247/0032-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 032/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20248</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20248/0033-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20248/0033-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 033/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20249</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20249/0034-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20249/0034-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 034/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20250</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20250/0035-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20250/0035-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 035/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20251</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20251/0036-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20251/0036-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 036/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20252</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20252/0037-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20252/0037-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 037/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20253</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20253/0038-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20253/0038-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 038/2018  Sugere providências ao POder Executivo.</t>
   </si>
   <si>
     <t>20254</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20254/0039-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20254/0039-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 039/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20255</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20255/0040-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20255/0040-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 040/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20256</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20256/0041-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20256/0041-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 041/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20257</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20257/0042-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20257/0042-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 042/2018 Sugere providências ao poder executivo.</t>
   </si>
   <si>
     <t>20258</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20258/0043-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20258/0043-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 043/2018 Sugere providências ao poder executivo.</t>
   </si>
   <si>
     <t>20259</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20259/0044-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20259/0044-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 044/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20260</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20260/0045-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20260/0045-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 045/2018 Sugere providências ao poder executivo.</t>
   </si>
   <si>
     <t>20261</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20261/0046-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20261/0046-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 046/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20262</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 047/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20263</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20263/0048-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20263/0048-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 048/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20264</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20264/0049-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20264/0049-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 049/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20265</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20265/0050-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20265/0050-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 050/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20266</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20266/0051-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20266/0051-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 051/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20267</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20267/0052-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20267/0052-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 052/2018  Sugere provid~encias ao Poder Executivo.</t>
   </si>
   <si>
     <t>20268</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20268/0053-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20268/0053-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 053/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20269</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20269/0054-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20269/0054-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 054/2018 Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20270</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20270/0055-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20270/0055-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 055/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20271</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20271/0056-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20271/0056-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 056/2018  Sugere providências ao Poder Executivo.</t>
   </si>
   <si>
     <t>20272</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20272/0057-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20272/0057-2018.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 057/2018 SUgere providências ao Poder executivo.</t>
   </si>
   <si>
     <t>40031</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/40031/0001-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/40031/0001-2018.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 001/2018 Encaminha Moção de Congratulações a Equipe Bob Cat`s Vôlei Gália.</t>
   </si>
   <si>
     <t>40032</t>
   </si>
   <si>
     <t>40033</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/40033/0003-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/40033/0003-2018.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 003/2018  Encaminha Moção de Congratulações aos instrutores do Programa Educacional de Resistência às Drogas (PROERD) do Municipio de Gália/SP.</t>
   </si>
   <si>
     <t>40034</t>
   </si>
   <si>
     <t>30158</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30158/0001-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30158/0001-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 001/2018 Requisito informações.</t>
   </si>
   <si>
     <t>30159</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30159/0002-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30159/0002-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 002/2018 Requisito informações.</t>
   </si>
   <si>
     <t>30160</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30160/0003-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30160/0003-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 003/2018 Requisito informações.</t>
   </si>
   <si>
     <t>30161</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30161/0004-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30161/0004-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 004/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30162</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30162/0005-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30162/0005-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 005/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30163</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30163/0006-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30163/0006-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 006/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30164</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30164/0007-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30164/0007-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 007/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30165</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30165/0008-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30165/0008-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 008/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30166</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30166/0009-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30166/0009-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 009/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30167</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30167/0010-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30167/0010-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 010/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30168</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30168/0011-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30168/0011-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 011/2018  Requeiro informações.</t>
   </si>
   <si>
     <t>30169</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30169/0012-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30169/0012-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 012/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30170</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30170/0013-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30170/0013-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 013/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30171</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30171/0014-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30171/0014-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 014/2018  Requeiro informações.</t>
   </si>
   <si>
     <t>30172</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30172/0015-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30172/0015-2018.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO Nº 015/2018  Requisito informações.  </t>
   </si>
   <si>
     <t>30173</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30173/0016-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30173/0016-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 016/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30174</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30174/0017-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30174/0017-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 017/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30175</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30175/0018-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30175/0018-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 018/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30176</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30176/0019-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30176/0019-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 019/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30177</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30177/0020-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30177/0020-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 020/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30178</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30178/0021-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30178/0021-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 021/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30179</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30179/0022-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30179/0022-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 022/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30181</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30181/0024-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30181/0024-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 024/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30182</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30182/0025-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30182/0025-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 025/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30183</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30183/0026-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30183/0026-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 026/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30184</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30184/0027-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30184/0027-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 027/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30185</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30185/0028-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30185/0028-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 028/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30186</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30186/0029-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30186/0029-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 029/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30187</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30187/0030-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30187/0030-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 030/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30188</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30188/0031-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30188/0031-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 031/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30189</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30189/0032-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30189/0032-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 032/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30190</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30190/0033-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30190/0033-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 033/2018  Requisito informações.</t>
   </si>
   <si>
     <t>30191</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30191/0034-2018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30191/0034-2018.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 034/2018 Requisito informações.</t>
   </si>
   <si>
     <t>10797</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Renato Inácio Gonçalves</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01/2018 Dispõe sobre autorização para concessão de repasses a entidades do terceiro setor e dá outras providências.</t>
   </si>
   <si>
     <t>10798</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 02/2018 Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2018, e a abertura de Credito Adicional Especial e Adicional Suplementar ao Orçamento de 2018 e dá outras providências.</t>
   </si>
@@ -1842,68 +1842,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/50004/0001-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20216/0001-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20217/0002-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20218/0003-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20219/0004-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20220/0005-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20221/0006-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20222/0007-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20223/0008-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20224/0009-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20225/0010-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20226/0011-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20227/0012-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20228/0013-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20229/0014-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20230/0015-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20231/0016-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20232/0017-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20233/0018-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20234/0019-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20235/0020-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20236/0021-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20237/0022-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20238/0023-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20239/0024-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20240/0025-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20241/0026-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20242/0027-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20243/0028-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20244/0029-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20245/0030-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20246/0031-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20247/0032-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20248/0033-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20249/0034-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20250/0035-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20251/0036-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20252/0037-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20253/0038-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20254/0039-2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20255/0040-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20256/0041-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20257/0042-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20258/0043-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20259/0044-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20260/0045-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20261/0046-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20263/0048-2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20264/0049-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20265/0050-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20266/0051-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20267/0052-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20268/0053-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20269/0054-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20270/0055-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20271/0056-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20272/0057-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/40031/0001-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/40033/0003-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30158/0001-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30159/0002-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30160/0003-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30161/0004-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30162/0005-2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30163/0006-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30164/0007-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30165/0008-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30166/0009-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30167/0010-2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30168/0011-2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30169/0012-2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30170/0013-2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30171/0014-2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30172/0015-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30173/0016-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30174/0017-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30175/0018-2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30176/0019-2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30177/0020-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30178/0021-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30179/0022-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30181/0024-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30182/0025-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30183/0026-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30184/0027-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30185/0028-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30186/0029-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30187/0030-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30188/0031-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30189/0032-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30190/0033-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30191/0034-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/50004/0001-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20216/0001-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20217/0002-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20218/0003-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20219/0004-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20220/0005-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20221/0006-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20222/0007-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20223/0008-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20224/0009-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20225/0010-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20226/0011-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20227/0012-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20228/0013-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20229/0014-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20230/0015-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20231/0016-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20232/0017-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20233/0018-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20234/0019-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20235/0020-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20236/0021-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20237/0022-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20238/0023-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20239/0024-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20240/0025-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20241/0026-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20242/0027-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20243/0028-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20244/0029-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20245/0030-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20246/0031-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20247/0032-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20248/0033-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20249/0034-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20250/0035-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20251/0036-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20252/0037-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20253/0038-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20254/0039-2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20255/0040-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20256/0041-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20257/0042-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20258/0043-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20259/0044-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20260/0045-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20261/0046-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20263/0048-2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20264/0049-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20265/0050-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20266/0051-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20267/0052-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20268/0053-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20269/0054-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20270/0055-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20271/0056-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/20272/0057-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/40031/0001-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/40033/0003-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30158/0001-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30159/0002-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30160/0003-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30161/0004-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30162/0005-2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30163/0006-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30164/0007-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30165/0008-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30166/0009-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30167/0010-2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30168/0011-2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30169/0012-2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30170/0013-2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30171/0014-2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30172/0015-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30173/0016-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30174/0017-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30175/0018-2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30176/0019-2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30177/0020-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30178/0021-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30179/0022-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30181/0024-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30182/0025-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30183/0026-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30184/0027-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30185/0028-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30186/0029-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30187/0030-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30188/0031-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30189/0032-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30190/0033-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2018/30191/0034-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="207.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>