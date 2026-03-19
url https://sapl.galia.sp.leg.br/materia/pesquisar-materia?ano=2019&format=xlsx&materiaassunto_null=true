--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10868</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>ANDREA CRISTINA PEPINELLE, RICARDO CEZAR VICENTE, Rinaldo Pinheiro de Carvalho, ZACARIAS DE SOUZA PINTO</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2019 - CM  Dispõe sobre a concessão de reposição inflacionária nos subsídios dos agentes políticos vinculados ao POder Executivo do Municipio de Gália/SP.</t>
   </si>
   <si>
     <t>10869</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002/2019 -CM  Dispõe sobre a concessão de reposição inflacionária bos subsidios dos agentes politicos vinculados ao Poder Legislativos do Municipio de Gália/SP.</t>
   </si>
   <si>
     <t>10870</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2019 - CM  Dispõe sobre a concessão de reposição inflacionária na remuneração dos servidores municipais vinculados ao Poder Legislativo do Municipio de Gália/SP.</t>
   </si>
   <si>
     <t>10891</t>
   </si>
@@ -168,1341 +168,1341 @@
   <si>
     <t>TRIBUNAL DE CONTAS</t>
   </si>
   <si>
     <t>COPIA DA  DECISÃO E DO  V. ACORDÃO PUBLICADOS NOS DOE DE 08/12/15 E 12/09/2018 , PROCESSO TCE-000800/0404/14</t>
   </si>
   <si>
     <t>50005</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Nito</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2019  Dispõe sobre a descaracterização de trecho de rua e a desafetação de bem imóvel pertencente ao Município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>50006</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/50006/0002-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/50006/0002-2019.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 049/2019 Dispõe sobre a alteração da Lei nº 2.111 de 23 de agosto de 2011 que institui o Plano de Carreira do Magistério Municipal de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>20273</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20273/0001-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20273/0001-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 001/2019  Sugere a regularização dos cargos de coveiro e coletores de lixo da Prefeitura Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>20274</t>
   </si>
   <si>
     <t>MARIA JOSÉ DA CONCEIÇÃO FAUSTINO PIOVESAN</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20274/0002-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20274/0002-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 002/2019  Sugere a construção de cobertura junto ao prédio da fisioterapia.</t>
   </si>
   <si>
     <t>20275</t>
   </si>
   <si>
     <t>ANDREA CRISTINA PEPINELLE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20275/0003-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20275/0003-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 003/2019 Sugere que seja promovida a manutenção de via pública.</t>
   </si>
   <si>
     <t>20276</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20276/0004-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20276/0004-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 004/2019 Sugere que seja promovida a manutenção de via pública.</t>
   </si>
   <si>
     <t>20277</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20277/0005-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20277/0005-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 005/2019 Sugere que seja promovida a sinalização de via pública.</t>
   </si>
   <si>
     <t>20278</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20278/0006-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20278/0006-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 006/2019 Sugere que seja tomada providências para fechamento de poço.</t>
   </si>
   <si>
     <t>20279</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20279/0007-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20279/0007-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 007/2019 Sugere a instalação de redutor de velocidade em via pública.</t>
   </si>
   <si>
     <t>20280</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20280/0008-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20280/0008-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 008/2019 Sugere o encaminhamento de Projeto de Lei.</t>
   </si>
   <si>
     <t>20281</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20281/0009-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20281/0009-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 009/2019 Sugere que seja promovida a manutenção de via pública.</t>
   </si>
   <si>
     <t>20282</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20282/0010-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20282/0010-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 010/2019 Sugere que seja promovida a manutenção de via pública.</t>
   </si>
   <si>
     <t>20283</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20283/0011-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20283/0011-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 011/2019 Sugere que sejam tomadas providências.</t>
   </si>
   <si>
     <t>20284</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20284/0012-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20284/0012-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 012/2019 Sugere que sejam tomadas providências.</t>
   </si>
   <si>
     <t>20285</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20285/0013-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20285/0013-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 013/2019 Sugere que sejam tomadas providências.</t>
   </si>
   <si>
     <t>20286</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20286/0014-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20286/0014-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 014/2019  Sugere que sejam tomadas providências.</t>
   </si>
   <si>
     <t>20287</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>RICARDO CEZAR VICENTE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20287/0015-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20287/0015-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 015/2019 Sugere que sejam tomadas providências.</t>
   </si>
   <si>
     <t>20288</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20288/0016-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20288/0016-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 016/2019 SOLICITANDO A PODA DE ARVORES NA AV. MANOEL FAUSTINO</t>
   </si>
   <si>
     <t>20289</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20289/0017-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20289/0017-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 017/2019 SOLICITANDO A PINTURA DA FACHADA DA BIBLIOTECA PUBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>20290</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20290/0018-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20290/0018-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 018/2019 SOLICITA QUE SE PROMOVA A CORREÇÃO DE PAVIMENTOS NO CRUZAMENTO ENTRE A AV. MARTIMINIANO INACIO GONLÇALVES E RUA JULIANA CHARANTOLA FREIRIA</t>
   </si>
   <si>
     <t>20291</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20291/0019-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20291/0019-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 019/2019 QUE SEJA PROMOVIDA A CORREÇÃO E CONSERVAÇÃO DO ACOSTAMENTO NAS PROXIMIDADES ONDE ESTÁ INSTALADA A EMPRESA DE PROPRIEDADE DO SR. SILVIO VICENTE</t>
   </si>
   <si>
     <t>20292</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20292/0020-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20292/0020-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 020/2019  SOLICITA INSTALAÇÃO DE PLACAS PROIBINDO A ENTRADA DE ANIMAIS NO PARQUE DO LAGO ARTIFICIAL</t>
   </si>
   <si>
     <t>20293</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20293/0021-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20293/0021-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 021/2019 INTENSIFICAR A FISCALIZAÇÃO DAS QUEIMADAS REALIZADAS. DE ACORDO COM O ARTIGO176 III DA LEI  MUNICIPAL 1840/2006</t>
   </si>
   <si>
     <t>20294</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20294/0022-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20294/0022-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO INSTALAÇÃO DE UM TOLDO OU PROTEÇÃO DEFRONTE A CRECHE MUNICIPAL PROFESSORA RUTE COELHO</t>
   </si>
   <si>
     <t>20295</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20295/0023-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20295/0023-2019.pdf</t>
   </si>
   <si>
     <t>Sugere se possível mantido em funcionamento e/ou aberto, os sanitários da Rodoviária "Ari Beraldin", a partir das 05hs00min (manhã).</t>
   </si>
   <si>
     <t>20296</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20296/0024-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20296/0024-2019.pdf</t>
   </si>
   <si>
     <t>Sugere se possível que seja promovida a manutenção dos brinquedos do Parque infantil próximo ao Lago Municipal, bem como seja retirada parte da cobertura de areia do campo de futebol, além de instalar uma tela de proteção das traves do referido campo de futebol.</t>
   </si>
   <si>
     <t>20297</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20297/0025-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20297/0025-2019.pdf</t>
   </si>
   <si>
     <t>Sugere que se possível reservar parte dos imóveis que encontram em construção via CDHU, ás famílias moradoras em áreas de risco e/ou em vulnerabilidade social.</t>
   </si>
   <si>
     <t>20298</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20298/0026-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20298/0026-2019.pdf</t>
   </si>
   <si>
     <t>Se possível estender os serviços de Veterinária vinculados à Secretaria de Saúde do Município de Gália/SP, aos animais domésticos de pessoas carentes previamente cadastrados .</t>
   </si>
   <si>
     <t>20299</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20299/0027-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20299/0027-2019.pdf</t>
   </si>
   <si>
     <t>Sugere manutenção da ponte próxima o Instituto de Zootecnia, sito na Rodovia Gália - Fernão.</t>
   </si>
   <si>
     <t>20300</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20300/0028-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20300/0028-2019.pdf</t>
   </si>
   <si>
     <t>Sugere manutenção das luminárias do canteiro central da Rodovia de acesso Luciano Rivaben, próximo ao Portal de entrada da cidade, bem como das luminárias próxima ao trevo de acesso à Rodovia SP - 294.</t>
   </si>
   <si>
     <t>20301</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20301/0029-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20301/0029-2019.pdf</t>
   </si>
   <si>
     <t>Sugerindo a nomeação para os Centros de Detenção Provisoria do nome do Sargento Claudio  Bosqueti.</t>
   </si>
   <si>
     <t>20302</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20302/0030-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20302/0030-2019.pdf</t>
   </si>
   <si>
     <t>Solicito um torneio de futebol de areia.</t>
   </si>
   <si>
     <t>20303</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20303/0031-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20303/0031-2019.pdf</t>
   </si>
   <si>
     <t>Sugere, se possível o aumento em altura do muro que circunda o Cemitério Municipal.</t>
   </si>
   <si>
     <t>20304</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>ZACARIAS DE SOUZA PINTO</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20304/0032-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20304/0032-2019.pdf</t>
   </si>
   <si>
     <t>Sugere se possível o plantio de árvores no canteiro central da Avenida Manoel Faustino.</t>
   </si>
   <si>
     <t>20305</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20305/0033-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20305/0033-2019.pdf</t>
   </si>
   <si>
     <t>Sugere, se possível a regularização do pavimento asfáltico da ligação da Rua São Paulo com a Avenida Manoel Faustino.</t>
   </si>
   <si>
     <t>20306</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20306/0034-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20306/0034-2019.pdf</t>
   </si>
   <si>
     <t>Sugere, se possível que seja igualado o valor pago a título de adicional de insalubridade aos motoristas de ambulância, ao mesmo valor pago a título de adicional de insalubridade aos coletores de lixo.</t>
   </si>
   <si>
     <t>20307</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20307/0035-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20307/0035-2019.pdf</t>
   </si>
   <si>
     <t>Sugere, se possível a manutenção dos brinquedos do Parque infantil sito próximo ao Lago Municipal.</t>
   </si>
   <si>
     <t>20308</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20308/0036-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20308/0036-2019.pdf</t>
   </si>
   <si>
     <t>Sugere se possível, que seja feita a manutenção da quadra poliesportiva do núcleo habitacional Jd. das Amoreiras.</t>
   </si>
   <si>
     <t>20309</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20309/0037-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20309/0037-2019.pdf</t>
   </si>
   <si>
     <t>Sugere, se possível, que seja providenciado um local apropriado para o depósito de animais domésticos mortos.</t>
   </si>
   <si>
     <t>20310</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20310/0038-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20310/0038-2019.pdf</t>
   </si>
   <si>
     <t>Sugere, se possível a instalação de redutores de velocidade na Rua Afonso Cartolari.</t>
   </si>
   <si>
     <t>20311</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20311/0039-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20311/0039-2019.pdf</t>
   </si>
   <si>
     <t>Solicita uma campanha de conscientização junto a população Galiense no sentido de informar o descarte correto do lixo.</t>
   </si>
   <si>
     <t>20312</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20312/0040-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20312/0040-2019.pdf</t>
   </si>
   <si>
     <t>Solicito providências e/ou melhora  na limpeza da Rodoviária Ari Beraldin.</t>
   </si>
   <si>
     <t>20313</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20313/0041-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20313/0041-2019.pdf</t>
   </si>
   <si>
     <t>Solicito que seja providenciado alargamento do canteiro central da Rodovia Luciano Rivaben.</t>
   </si>
   <si>
     <t>20314</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20314/0042-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20314/0042-2019.pdf</t>
   </si>
   <si>
     <t>SOLLICITANDO QUE SEJA PROVIDENCIADA A MANUTENÇÃO DA ESCADARIA PRINCIPAL DA EMEF CEL.GALDINO RIBEIRO</t>
   </si>
   <si>
     <t>20315</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20315/0043-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20315/0043-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO QUE SEJA CONVERTIDO ESTACIONAMENTO DE VEICULOS AUTOMOTORES EM ANGULO DE 45º, NA RUA AYDA BAGANHA FERREIRA, ENTRRE O CRUZAMENTO DA MESMA COM A RUA JOÃO OTTONICAR E RUA JOAQUIM RODRIGUES FILHO( TRECHO DA EMEF CEL GALDINO RIBEIRO)</t>
   </si>
   <si>
     <t>20316</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20316/0044-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20316/0044-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO QUE SEJA PROVIDENCIADO PINTURA DE FAIXAS DE PEDESTRES NAS PRINCIPAIS VIAS PUBLICAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>20317</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20317/0045-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20317/0045-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO QUE SEJA PROVIDENCIADO  A MANUTENÇÃO DOS BRINQUEDOS DO PARQUE INFANTIL DEFRONTE O LAGO ARTIFICIAL MUNICIPAL</t>
   </si>
   <si>
     <t>20318</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20318/0046-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20318/0046-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 046/2019 Solicito se possível a instalação de um redutor de velocidade (lombada) no prolongamento da Rua Pref. Romeu Scaramucci.</t>
   </si>
   <si>
     <t>20319</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20319/0047-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20319/0047-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 047/2019  Solicito se possível que seja providenciado o oficiamento da Sabesp, com a finalidade de corrigir e/ou estancar o vazamento existente na Rua Sebastião Raineres de Freitas.</t>
   </si>
   <si>
     <t>20320</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20320/0048-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20320/0048-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 048/2019 Solicito se possível, a instalação de uma cobertura metálica na Creche Ruth Coelho.</t>
   </si>
   <si>
     <t>20321</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20321/0049-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20321/0049-2019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 049/2019  Solicito se possível, pintura de sinalização terrestre, no caso FAIXAS DE PEDESTRES, próximas as escolas e, em especial na Creche Ruth Coelho.</t>
   </si>
   <si>
     <t>40035</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40035/0001-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40035/0001-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 001/2019 Encaminha Moção de Apoio às famílias do assentamento Luiz Beltrame, da cidade de Gália/SP.</t>
   </si>
   <si>
     <t>40036</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40036/0002-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40036/0002-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 002/2019 Encaminha Moção de Aplausos ao Instituto Nacional de Colonização e Reforma Agrária - INCRA.</t>
   </si>
   <si>
     <t>40037</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40037/0003-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40037/0003-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 003/2019 Encaminha &lt;oção de Pesar por Falecimento à Família do Sr. José Antônio Bassan.</t>
   </si>
   <si>
     <t>40038</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40038/0004-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40038/0004-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 004/2019 Encaminha Moção de Congratulações ao Padre Camilo da Silva Mattos.</t>
   </si>
   <si>
     <t>40039</t>
   </si>
   <si>
     <t>Rinaldo Pinheiro de Carvalho, Nito</t>
   </si>
   <si>
     <t>MOÇÃO Nº 005/2018 MOCAO DE CONGRATULAÇÃO AO PASTOR ROGERIO CARLOS MACHADO</t>
   </si>
   <si>
     <t>40040</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO E APLAUSO AO SENHOR ORLANDO PINTO DE ALMEIDA</t>
   </si>
   <si>
     <t>40041</t>
   </si>
   <si>
     <t>MOÇÃO DE  CONGRATULAÇÕES APLAUSO AO SENHOR ANTONIO RODRIGUES</t>
   </si>
   <si>
     <t>40042</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40042/0008-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40042/0008-2019.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Congratulações ao Senhor Walter Martinez.</t>
   </si>
   <si>
     <t>40043</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40043/0009-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40043/0009-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações à Família Fadel.</t>
   </si>
   <si>
     <t>40044</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40044/0010-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40044/0010-2019.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações a Família Cazane.</t>
   </si>
   <si>
     <t>40045</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40045/0011-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40045/0011-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 011/2019 Moção de Congratulações a Família do Senhor Mário Jesus Gutierrez.</t>
   </si>
   <si>
     <t>40046</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40046/0012-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40046/0012-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO E APLAUSOS À IGREJA QUADRANGULAR DA CIDADE DE GÁLIA, ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>40047</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40047/0013-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40047/0013-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO E APLAUSOS AO PROFESSOR DOUTOR ANTÚLIO JOSÉ DE AZEVEDO</t>
   </si>
   <si>
     <t>40048</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40048/0014-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40048/0014-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO A TRAMITAÇÃO DAS  PECS 015/2015 E 065/2019</t>
   </si>
   <si>
     <t>40049</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40049/0015-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40049/0015-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO E APLAUSO A EMPRESA DROGARIA TOTAL - UNIDADE DROGAZÉ</t>
   </si>
   <si>
     <t>40050</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40050/0016-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40050/0016-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 016/2019 Moção de Congratulações à Família Chiarelli.</t>
   </si>
   <si>
     <t>40051</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40051/0017-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40051/0017-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 017/2019 Moção de congratulações à Igreja Evangélica Pentecostal o Brasil para Cristo da cidade de Gália, Estado de São Paulo, bem como a seus mebros.</t>
   </si>
   <si>
     <t>40052</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40052/0018-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40052/0018-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 018/2019 Moção de congratulações à Família Bizarro - Guirro.</t>
   </si>
   <si>
     <t>40053</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40053/0019-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40053/0019-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 019/2019 Moção de congratulações à Família Godoy.</t>
   </si>
   <si>
     <t>30192</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30192/0001-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30192/0001-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 001/2019  Requisito informações.</t>
   </si>
   <si>
     <t>30193</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30193/0002-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30193/0002-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 002/2019  Requisito informações.</t>
   </si>
   <si>
     <t>30194</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30194/0003-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30194/0003-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 003/2019  Requisito informações.</t>
   </si>
   <si>
     <t>30195</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30195/0004-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30195/0004-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 004/2019  Requisito informações.</t>
   </si>
   <si>
     <t>30196</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30196/0005-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30196/0005-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 005/2019  Requisito informações.</t>
   </si>
   <si>
     <t>30197</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30197/0006-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30197/0006-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 006/2019  Requisito informações.</t>
   </si>
   <si>
     <t>30198</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30198/0007-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30198/0007-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 007/2019  Requisito informações.</t>
   </si>
   <si>
     <t>30199</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30199/0008-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30199/0008-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 008/2019  Requisito informações.</t>
   </si>
   <si>
     <t>30200</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30200/0009-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30200/0009-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 009/2019  Requisito informações.</t>
   </si>
   <si>
     <t>30201</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30201/0010-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30201/0010-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 010/2019 Requisito informações.</t>
   </si>
   <si>
     <t>30202</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30202/0011-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30202/0011-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 011/2019 Requisito informações.</t>
   </si>
   <si>
     <t>30203</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30203/0012-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30203/0012-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 012/2019 Requisito informações</t>
   </si>
   <si>
     <t>30204</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30204/0013-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30204/0013-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 013/2019 Requisito informações.</t>
   </si>
   <si>
     <t>30205</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30205/0014-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30205/0014-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 014/2019 Requisito informações.</t>
   </si>
   <si>
     <t>30206</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30206/0015-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30206/0015-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 015/2019 Requisito informações.</t>
   </si>
   <si>
     <t>30207</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30207/0016-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30207/0016-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 016/2019 Requisito informações.</t>
   </si>
   <si>
     <t>30208</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30208/0017-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30208/0017-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 017/2019 Requisito informações.</t>
   </si>
   <si>
     <t>30209</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30209/0018-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30209/0018-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 018/2019 Requisito informações.</t>
   </si>
   <si>
     <t>30210</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30210/0019-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30210/0019-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 019/2019  SOLICITANDO INFORMAÇÃO SE EXISTE BENS INSERVIVEIS NO PATRIMONIO PUBLICO</t>
   </si>
   <si>
     <t>30211</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30211/0020-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30211/0020-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 020/2019 SOLICITANDO E EXISTE  MARGEM NO ORÇAMENTO QUE POSSIBILITA O REPASSE AS ENTIDADES ASSISTENCIAIS.</t>
   </si>
   <si>
     <t>30212</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30212/0021-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30212/0021-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 021/2019 SOLICITANDO COPIA INTEGRAL DO PROCESSO LICITATÓRIO DO CONCURSO PUBLICO Nº 001/2019</t>
   </si>
   <si>
     <t>30213</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30213/0022-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30213/0022-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 022/2019 SOLICITANDO INFORMAÇÃO SE HÁ ALGUM ESTAGIARIO DO CURSO DE EDUCAÇÃO FISICA PRESTANDO AUXILIO  AO R. SECRETARIO DE ESPORTES DO MUNICÍPIO DE GÁLIA.</t>
   </si>
   <si>
     <t>30214</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30214/0023-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30214/0023-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando se será executado projeto, estudo ou ainda há interesse em adequar o atual Distrito Industrital do Município de Gália/SP.</t>
   </si>
   <si>
     <t>30215</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30215/0024-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30215/0024-2019.pdf</t>
   </si>
   <si>
     <t>Solicita qual o número de ações judicial na justiça do Trabalho, na qual a Prefeitura Municipal de Gália/SP figura como reclamada, e qual o valor desembolsado, até agora, resultante nas condenações e/ou acordos judiciais?</t>
   </si>
   <si>
     <t>30216</t>
   </si>
   <si>
     <t>Solicito informações sobre a CPFL</t>
   </si>
   <si>
     <t>30217</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30217/0026-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30217/0026-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre os servidores que prestam serviços no cemitério municipal da cidade de Gália/SP.</t>
   </si>
   <si>
     <t>30218</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30218/0027-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30218/0027-2019.pdf</t>
   </si>
   <si>
     <t>Solicito se existe algum projeto em andamento para melhoria da iluminação público.</t>
   </si>
   <si>
     <t>30219</t>
   </si>
   <si>
     <t>Aguinaldo Aparecido Valerio</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30219/0028-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30219/0028-2019.pdf</t>
   </si>
   <si>
     <t>Solicito se existe possibilidade de ser encaminhado a essa Casa de Leis um Projeto que disponha sobre o REFIS dos débitos oriundos de tributos municipais, sobretudo IPTU e os ISSQN.</t>
   </si>
   <si>
     <t>30220</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30220/0029-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30220/0029-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre a Biblioteca Municipal.</t>
   </si>
   <si>
     <t>30221</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30221/0030-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30221/0030-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações se existe possibilidade de ser promovida a correção do pavimento asfáltico no cruzamento entre a Av. Martimiano Inácio Gonçalves e Rua Juliana Charantola Freiria.</t>
   </si>
   <si>
     <t>30222</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30222/0031-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30222/0031-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre o Banco do Povo.</t>
   </si>
   <si>
     <t>30223</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30223/0032-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30223/0032-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre os brinquedos dos Parques municipais.</t>
   </si>
   <si>
     <t>30224</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30224/0033-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30224/0033-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre a visita do memorial da América Latina na cidade de São Paulo.</t>
   </si>
   <si>
     <t>30225</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30225/0034-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30225/0034-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre os pneus inserviveis dos veículos automotores da Prefeitura Municipal da cidade de Gália/SP.</t>
   </si>
   <si>
     <t>30226</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30226/0035-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30226/0035-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre o Clube Recreativo de Gália/SP.</t>
   </si>
   <si>
     <t>30227</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30227/0036-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30227/0036-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre o total de veículos automotores sob a responsabilidade da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>30228</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30228/0037-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30228/0037-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre o Distrito Industrial do Município de Gália/SP.</t>
   </si>
   <si>
     <t>30229</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30229/0038-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30229/0038-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações em relação ao Distrito Industrital do município sobre a criação de Rua ou Travessa.</t>
   </si>
   <si>
     <t>30230</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30230/0039-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30230/0039-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre os responsáveis em autorizar as horas extras de cada Departamento e/ou Secretária Municipal.</t>
   </si>
   <si>
     <t>30231</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30231/0040-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30231/0040-2019.pdf</t>
   </si>
   <si>
     <t>Solicito cópias dos documentos relativos aos seguros, do veículo automotor utilizado pela municipalidade para a visita realizada ao memorial da América Latina.</t>
   </si>
   <si>
     <t>30232</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30232/0041-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30232/0041-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre o critério utilizado pela Secretaria Municipal de Educação para mensurar as notas da disciplina de Inglês da EMEF CORONEL GALDINO RIBEIRO, já que é sabido que não há professor de Inglês.</t>
   </si>
   <si>
     <t>30233</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30233/0042-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30233/0042-2019.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre o Secretário da Cultura.</t>
   </si>
   <si>
     <t>30234</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30234/0043-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30234/0043-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 043/2019 Solicito a possibilidade de estacionamento em 45 grau na Av. João Ferreira entre o cruzamento da Manoel Faustino com a Rua José Rodrigues.</t>
   </si>
   <si>
     <t>30235</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30235/0044-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30235/0044-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 044/2019 Solicito informações sobre o Projeto da Praça Central.</t>
   </si>
   <si>
     <t>30236</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30236/0045-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30236/0045-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 045/2019 Solicito valores pagos para transporte dos servidores ao Memorial da América Latina.</t>
   </si>
   <si>
     <t>30237</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30237/0046-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30237/0046-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 046/2019 Solicito nome da professora substituta em carater temporário que ministrou aula de inglês conforme ofício pref. nº 217/2019.</t>
   </si>
   <si>
     <t>30238</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30238/0047-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30238/0047-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 047/2019 Solicito a carga horária da Coordenadora Pedagógica da EMEF Cel Galdino Ribeiro.</t>
   </si>
   <si>
     <t>30239</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30239/0048-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30239/0048-2019.pdf</t>
   </si>
   <si>
     <t>SE HÁ A POSSIBILIDADE DE SE REALIZAR A MANUTENÇÃO DAS CAIXAS SECAS EXISTENTES E /OU A INSTALAÇÃO DE NOVAS CAIXAS SECAS, ENTRE AS PROPRIEDADES QUE FAZEM CONFRONTAÇÃO COM O NUCLEO JARDIM DAS AMOREIRAS</t>
   </si>
   <si>
     <t>30240</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30240/0049-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30240/0049-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 049/2019 Requisito informações sobre qual Secretaria carece de necessidade de serem designadas servidores investidos no cargo de motorista.</t>
   </si>
   <si>
     <t>30241</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30241/0050-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30241/0050-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 050/2019 Requisito informações sobre qual o horário de funcionamento da EMEF Coronel Galdino Ribeiro.</t>
   </si>
   <si>
     <t>30242</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30242/0051-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30242/0051-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 051/2019 Requisito informações sobre em qual situaçõo se contra o convênio com a Polícia Militar do estado de São Paulo, na qual legitima a autuação referente ao uso de veículos com som alto.</t>
   </si>
   <si>
     <t>30243</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30243/0052-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30243/0052-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 052/2019 Requisito informações se há possibilidade de ser designado um servidor para a abertura da recepção das Unidades de Saúde, no mínimo quinze minutos antes de começar os atendimentos.</t>
   </si>
   <si>
     <t>30244</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30244/0053-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30244/0053-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 053/2019 Requisito informações se há a possibilidade de ser realizado, ao menos um estudo, acerca da viabilidade de transformar em estacionamento em quarenta e cinco graus na Avenida São José.</t>
   </si>
   <si>
     <t>30245</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30245/0054-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30245/0054-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 054/2019 Requisito informações sobre o(a) Secretário(a) Municipal da Cultura e Turismo.</t>
   </si>
   <si>
     <t>30246</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30246/0055-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30246/0055-2019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 055/2019 Requisito informações sobre o Hospital São Vicente - Irmandate São José de Gália/SP.</t>
   </si>
   <si>
     <t>30247</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30247/0056-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30247/0056-2019.pdf</t>
   </si>
   <si>
     <t>Registro de Chapa - Eleição da Mesa Diretora 2020.</t>
   </si>
   <si>
     <t>10861</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Dispõe sobre a descaracterização de trecho de rua e a desafetação de bem imóvel pertencente ao Município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>10862</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para concessão de repasses a entidades do terceiro setor e dá outras providências.</t>
   </si>
   <si>
     <t>10863</t>
   </si>
@@ -1617,51 +1617,51 @@
   <si>
     <t>Autoriza a Prefeitura Municipal de Gália/SP a assinar com o Estado, através da Fundação Florestal, termo de Cooperação Técnica, sem fins lucrativos.</t>
   </si>
   <si>
     <t>10886</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2019, e a abertura de crédito adicional suplementar ao orçamento de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>10887</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Unidade da Família III de Gália, Estado de São Paulo e dá outras providências.</t>
   </si>
   <si>
     <t>10888</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Academia Pólo da Saúde do Município de Gália, Estado de São Paullo e dá outras providências.</t>
   </si>
   <si>
     <t>10889</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/10889/0025-2019.doc</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/10889/0025-2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2019, e a abertura de credito adicional especial ao orçamento de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>10890</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2019, e a abertura de credito adicional suplementar ao orçamento de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>10892</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do regime Jurídico Unico da Prefeitura do Município de Gália previsto na Lei nº 1.212/91 e dá outras providências.</t>
   </si>
   <si>
     <t>10893</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de zona de expansão urbana no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>10894</t>
   </si>
@@ -1794,51 +1794,51 @@
   <si>
     <t>PROJETO DE LEI Nº 051/2019 Dispõe sobre autorização para concessão de repasses a entidades do terceiro setor e dá outras providências.</t>
   </si>
   <si>
     <t>10932</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 052/2019 Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2019, e abertura de Crédito Adicional Especial ao orçamento de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>10933</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 053/2019 Dispõe sobre a autorização ao Chefe do Poder Executivo Municipal a efetuar a desapropriação amigável do imóvel urbano com área de 865,30 m², constante da matrícula n. 3.152 do CRI local, com o objetivo de adquirir o imóvel para a instalação do serviço de acolhimento de Abrigo Institucional de menores e dá outras providências.</t>
   </si>
   <si>
     <t>80092</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/80092/0001-2019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/80092/0001-2019.pdf</t>
   </si>
   <si>
     <t>Parecer Jurídico relativo aso Projetos de Leis nº 052/2019 e 053/2019.</t>
   </si>
   <si>
     <t>10895</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 1.811/2006 com alterações trazidas pelas Leis nº 1.844/2006 e 1.861/2007 e dá outras providências.</t>
   </si>
   <si>
     <t>10900</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 02/2019 Dispõe sobre alteração na Lei nº 1.811/06 referente ao Código Tributário do Município de Gália, e alterações posteriores, para alterar a Tabela II - tabela para Cobrança da Taxa de Serviços Diversos, constante do Anexo IV,e dá outras providências.</t>
   </si>
   <si>
     <t>10901</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nª 03/2019 Dispõe sobre alteração na Lei nº 1.811/06 referente ao Código Tributário do Município de Gália, e alterações posteriores, para alterar o anexo II - Imposto Sobre Serviço de Qualquer Natureza, e dá outras providências.</t>
   </si>
@@ -2202,68 +2202,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/50006/0002-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20273/0001-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20274/0002-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20275/0003-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20276/0004-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20277/0005-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20278/0006-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20279/0007-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20280/0008-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20281/0009-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20282/0010-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20283/0011-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20284/0012-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20285/0013-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20286/0014-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20287/0015-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20288/0016-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20289/0017-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20290/0018-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20291/0019-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20292/0020-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20293/0021-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20294/0022-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20295/0023-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20296/0024-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20297/0025-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20298/0026-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20299/0027-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20300/0028-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20301/0029-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20302/0030-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20303/0031-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20304/0032-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20305/0033-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20306/0034-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20307/0035-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20308/0036-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20309/0037-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20310/0038-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20311/0039-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20312/0040-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20313/0041-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20314/0042-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20315/0043-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20316/0044-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20317/0045-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20318/0046-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20319/0047-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20320/0048-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20321/0049-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40035/0001-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40036/0002-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40037/0003-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40038/0004-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40042/0008-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40043/0009-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40044/0010-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40045/0011-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40046/0012-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40047/0013-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40048/0014-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40049/0015-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40050/0016-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40051/0017-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40052/0018-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40053/0019-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30192/0001-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30193/0002-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30194/0003-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30195/0004-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30196/0005-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30197/0006-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30198/0007-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30199/0008-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30200/0009-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30201/0010-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30202/0011-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30203/0012-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30204/0013-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30205/0014-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30206/0015-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30207/0016-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30208/0017-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30209/0018-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30210/0019-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30211/0020-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30212/0021-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30213/0022-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30214/0023-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30215/0024-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30217/0026-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30218/0027-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30219/0028-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30220/0029-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30221/0030-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30222/0031-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30223/0032-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30224/0033-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30225/0034-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30226/0035-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30227/0036-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30228/0037-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30229/0038-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30230/0039-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30231/0040-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30232/0041-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30233/0042-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30234/0043-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30235/0044-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30236/0045-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30237/0046-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30238/0047-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30239/0048-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30240/0049-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30241/0050-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30242/0051-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30243/0052-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30244/0053-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30245/0054-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30246/0055-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30247/0056-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/10889/0025-2019.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/80092/0001-2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/50006/0002-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20273/0001-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20274/0002-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20275/0003-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20276/0004-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20277/0005-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20278/0006-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20279/0007-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20280/0008-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20281/0009-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20282/0010-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20283/0011-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20284/0012-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20285/0013-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20286/0014-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20287/0015-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20288/0016-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20289/0017-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20290/0018-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20291/0019-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20292/0020-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20293/0021-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20294/0022-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20295/0023-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20296/0024-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20297/0025-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20298/0026-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20299/0027-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20300/0028-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20301/0029-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20302/0030-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20303/0031-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20304/0032-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20305/0033-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20306/0034-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20307/0035-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20308/0036-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20309/0037-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20310/0038-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20311/0039-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20312/0040-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20313/0041-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20314/0042-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20315/0043-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20316/0044-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20317/0045-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20318/0046-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20319/0047-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20320/0048-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/20321/0049-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40035/0001-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40036/0002-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40037/0003-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40038/0004-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40042/0008-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40043/0009-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40044/0010-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40045/0011-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40046/0012-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40047/0013-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40048/0014-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40049/0015-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40050/0016-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40051/0017-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40052/0018-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/40053/0019-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30192/0001-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30193/0002-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30194/0003-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30195/0004-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30196/0005-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30197/0006-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30198/0007-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30199/0008-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30200/0009-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30201/0010-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30202/0011-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30203/0012-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30204/0013-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30205/0014-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30206/0015-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30207/0016-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30208/0017-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30209/0018-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30210/0019-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30211/0020-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30212/0021-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30213/0022-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30214/0023-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30215/0024-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30217/0026-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30218/0027-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30219/0028-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30220/0029-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30221/0030-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30222/0031-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30223/0032-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30224/0033-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30225/0034-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30226/0035-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30227/0036-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30228/0037-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30229/0038-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30230/0039-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30231/0040-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30232/0041-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30233/0042-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30234/0043-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30235/0044-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30236/0045-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30237/0046-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30238/0047-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30239/0048-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30240/0049-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30241/0050-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30242/0051-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30243/0052-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30244/0053-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30245/0054-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30246/0055-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/30247/0056-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/10889/0025-2019.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2019/80092/0001-2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>