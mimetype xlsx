--- v0 (2025-10-21)
+++ v1 (2026-03-19)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10939</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Kiko</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2020 - CM Dispõe sobre a preservação do Patrimônio Natural e Cultural do Município de Gália/SP.</t>
   </si>
   <si>
     <t>10940</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Nito, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002/2020 - CM Dispõe sobre a instalação de armários de guarda-volumes nos estabelecimentos de agências bancárias, na área em que antecedem as portas que possuem dispositivos de travamento eletronico, no ambito do municipio de Gáli/SP.</t>
   </si>
   <si>
     <t>10941</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Mesa Diretora 4ª Sessão Legislativa</t>
   </si>
@@ -159,804 +159,804 @@
   <si>
     <t>Parecer Tribunal de Contas</t>
   </si>
   <si>
     <t>TRIBUNAL DE CONTAS</t>
   </si>
   <si>
     <t>Ofício CG.C.DER. nº 371/2020 TC-009286.969.15-7 Ref. Contrato - Julgado Irregular</t>
   </si>
   <si>
     <t>10952</t>
   </si>
   <si>
     <t>Ofício C.C.A. nº 5853/2019 TC - 000660/004/13</t>
   </si>
   <si>
     <t>20322</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20322/0001-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20322/0001-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 001/2020 Sugere a regularização de sinalização de via pública.</t>
   </si>
   <si>
     <t>20323</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20323/0002-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20323/0002-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N?7 002/2020 Sugere a manutenção em via Pública.</t>
   </si>
   <si>
     <t>20324</t>
   </si>
   <si>
     <t>MARIA JOSÉ DA CONCEIÇÃO FAUSTINO PIOVESAN, Ricardo Gonçalves Gutierrez, Nito, Rinaldo Pinheiro de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20324/0003-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20324/0003-2020.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO Nº 003/2020 Sugere a redução do valor do subsídio dos vereadores da Câmara Municipal de Gália/SP. </t>
   </si>
   <si>
     <t>20325</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20325/0004-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20325/0004-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 004/2020 Sugere o oficiamento da Companhia Telefônica.</t>
   </si>
   <si>
     <t>20326</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20326/0005-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20326/0005-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 005/2020 Sugere o oficiamento da Companhia Telefônica.</t>
   </si>
   <si>
     <t>20327</t>
   </si>
   <si>
     <t>Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20327/0006-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20327/0006-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 006/2020 Sugere melhora na rede de iluminação pública.</t>
   </si>
   <si>
     <t>20328</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20328/0007-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20328/0007-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 007/2020 Sugere treinamento em primeiros socorros dos servidores da Educação do Município de Gália/SP.</t>
   </si>
   <si>
     <t>20329</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20329/0008-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20329/0008-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 008/2020 Sugere a realização de capinação de via pública.</t>
   </si>
   <si>
     <t>20330</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20330/0009-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20330/0009-2020.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 009/2020 Sugere a realização de Campanha de Conscientização.</t>
   </si>
   <si>
     <t>20331</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Nito</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20331/0010-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20331/0010-2020.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de Campanha de Conscientização.</t>
   </si>
   <si>
     <t>20332</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20332/0011-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20332/0011-2020.pdf</t>
   </si>
   <si>
     <t>SUGERE A REATIVAÇÃO DA HORTA COMUNITÁRIA</t>
   </si>
   <si>
     <t>20333</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20333/0012-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20333/0012-2020.pdf</t>
   </si>
   <si>
     <t>Sugere que se avalie a possibilidade de ser alterada a data de vencimento dos tributos municipais, em especial o IPTU.</t>
   </si>
   <si>
     <t>20334</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20334/0013-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20334/0013-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível se contruída uma rotatória de acesso ao Conjunto Habitacional Vereador José Silvino Zaniboni.</t>
   </si>
   <si>
     <t>20335</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20335/0014-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20335/0014-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível a retirada da árvore junto ao lado extrerno muro da Creche Ruht Coelho, uma vez que tal como se encontra o citado muro está sendo forçado.</t>
   </si>
   <si>
     <t>20336</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20336/0015-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20336/0015-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível à manutenção do pavimento asfáltico do cruzamento da Av. Martimiano Inácio Gonçalves com a Rua josé Garib, próximo ao Supermercado Santa Terezinha.</t>
   </si>
   <si>
     <t>20337</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20337/0016-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20337/0016-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível à manutenção do pavimento asfáltico do cruzamento da Rua D. Ayda B. ferreira com a Rua Virgilio José da Silva, próximo ao supermercado Gália.</t>
   </si>
   <si>
     <t>20338</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20338/0017-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20338/0017-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível, através das autoridades sanitárias do município, tome as devidas providências para minimizar o problema de proliferação de pombos no município de Gália/SP.</t>
   </si>
   <si>
     <t>20339</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>MARIA JOSÉ DA CONCEIÇÃO FAUSTINO PIOVESAN</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20339/0018-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20339/0018-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível que providencie junto às ambulâncias de transporte de pacientes o número de telefone da concessionária EIXO; a instalação de cintos nas macas e a disponibilidade de um colar servical.</t>
   </si>
   <si>
     <t>20340</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20340/0019-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20340/0019-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível a aquisição de 01 Aparelho Desfibrilador Elétrico Automático - DEA e 01 Ventilador Pulmonar Mecânico, amobos de transporte.</t>
   </si>
   <si>
     <t>20341</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ANDREA CRISTINA PEPINELLE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20341/0020-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20341/0020-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível que providencie a instalação de redutores de velocidade (lombada) na Rua José garib, cruzamento com a Rua José Domingos Scaramucci; e na Rodovia Luciano Rivaben próximo ao Portal de entrada do município.</t>
   </si>
   <si>
     <t>20342</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20342/0021-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20342/0021-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível que providencie a disponibilidade de EPIs, dentre os quais, macacão descartável, luvas descartáveis, calçado apropriado (coturnos), máscaras descartáveis, o mais que se fizerem necessários aos motoristas das ambulâncias do município.</t>
   </si>
   <si>
     <t>20343</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20343/0022-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20343/0022-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível a restauração e manutenção do pavimento asfáltico do prolongamento da Rua José Bassan.</t>
   </si>
   <si>
     <t>20344</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Rinaldo Pinheiro de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20344/0023-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20344/0023-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível a instalação de um Redutor de Velocidade (quebra-molas) na Rodovia Vicinal Eduardo de Castro, próxima a entrada do Núcleo Habitacional Vereador José Silvino Zaniboni.</t>
   </si>
   <si>
     <t>20345</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20345/0024-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20345/0024-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível a elaboração de um Projeto de preservação e/ou recuperação das Áreas de Preservação Permanentes - APPs dos imóveis rurais do município de Gália/SP</t>
   </si>
   <si>
     <t>20346</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20346/0025-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20346/0025-2020.pdf</t>
   </si>
   <si>
     <t>Sugere se possível a restauração e manutenção do pavimento asfáltico da rodovia que liga o município de Gália/SP à Rodovia estadual SP-331, conhecida como "estrada do matadouro".</t>
   </si>
   <si>
     <t>20347</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20347/0026-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20347/0026-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO DO PODER PUBLICO, ATRAVES DO DEPARTAMENTO COMPETENTE, PROMOVA A MANUTENÇÃO E LIMPESA DOS BUEIROS DAS VIAS PUBLICAS</t>
   </si>
   <si>
     <t>20348</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20348/0027-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20348/0027-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA ILUMINAÇÃO PUBLICA DA PRAÇA DOS ESTUDANTES</t>
   </si>
   <si>
     <t>20349</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20349/0028-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20349/0028-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE O PODER PUBLICO PROMOVA A INSTALAÇÃO DE UM ALAMBRADO ENTRE O CAMPO DE FUTEBOL E OS BRINQUEDOS INFANTIS DO PARQUE DO LAGO MUNICIPAL. PARA QUE DESSA FORMA  EVITE ACIDENTES ENTRE OS USUARIOS</t>
   </si>
   <si>
     <t>20350</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>SOLICITA DO PODER PUBLICO QUE PROMOVA A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NAS RUAS JOSÉ BASSAM E PREFEITO ROMEU SCARAMUCCI, MAIS PRECISAMENTE O TRECHO QUE SIRCUNDA O LAGO MUNICIPAL DE GÁLIA</t>
   </si>
   <si>
     <t>20351</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20351/0030-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20351/0030-2020.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Solicita do Poder Público, tome as medidas cabíveis junto à instituição financeira competente, para que o contribuinte municipal tenha a sua disposição a possibilidade de pagar seus tributos municipais mediante o uso de Smartphones.   </t>
   </si>
   <si>
     <t>20352</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20352/0031-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20352/0031-2020.pdf</t>
   </si>
   <si>
     <t>Solicita do Poder Executivo para serem recolocadas as Placas de sinalização indicando que é proibido o tráfego de caminhões de grande porte nas ruas dos contorno da Praça dos estudantes, bem como instalar sinalizações indicando ao condutor de caminhões de grande que transitam tanto pela Rua Dª Ayda B. ferreira como pela Rua José Avato, que é proibido descer na Praça dos Estudantes.</t>
   </si>
   <si>
     <t>20353</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20353/0032-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20353/0032-2020.pdf</t>
   </si>
   <si>
     <t>Solicita do Poder Executivo, para encaminhar à Câmara Municipal da cidade de Gália/SP Projeto de Lei com a finalidade de regiulamentar a atividades de motoristas de aplicativos (UBER).</t>
   </si>
   <si>
     <t>20354</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20354/0033-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20354/0033-2020.pdf</t>
   </si>
   <si>
     <t>solicita do Poder executivo para contatar à concessionária responsável pela Rod. SP - 294 (Comte. João Ribeiro de Barros) para que por intermédio de doação ou até mesmo instrumento de convênio, possa doar ao município de Gália/SP o "asfalto moído" , para utilização nas vias rurais do município de Gália/SP.</t>
   </si>
   <si>
     <t>20355</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20355/0034-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20355/0034-2020.pdf</t>
   </si>
   <si>
     <t>Solicito, se possível a contratação de um veterinário de animais de grande porte, a fim de atender as demandas.</t>
   </si>
   <si>
     <t>20356</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20356/0035-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20356/0035-2020.pdf</t>
   </si>
   <si>
     <t>Sugere realização de estudo e contratação de equipe para desenvolver projeto de plantio de eucaliptos nas prpriedades rurais do município de Gália.</t>
   </si>
   <si>
     <t>20357</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20357/0036-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20357/0036-2020.pdf</t>
   </si>
   <si>
     <t>Solicita que seja aferida a viabilidade de realização de projeto com o objetivo de fomentar incentivo aos empreendedores individuais do município de Gália.</t>
   </si>
   <si>
     <t>20358</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20358/0037-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20358/0037-2020.pdf</t>
   </si>
   <si>
     <t>Sugere a construção de caixas de contenção de águas pluviais ao fundo das casas no núcleo habitacional Jardim das Amoreiras.</t>
   </si>
   <si>
     <t>20359</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20359/0038-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20359/0038-2020.pdf</t>
   </si>
   <si>
     <t>Sugere a concessão de incentivo fiscal aos microempreendedores do município de Gália que se enquadrem nos requisitos especificos.</t>
   </si>
   <si>
     <t>20360</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20360/0039-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20360/0039-2020.pdf</t>
   </si>
   <si>
     <t>Sugere a substituição de poste metalico e a retirada do restante do poste de ferro junto ao canteiro central da Rodovia de acesso luciano Rivaben.</t>
   </si>
   <si>
     <t>40054</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
     <t>Nito, Kiko, RICARDO CEZAR VICENTE, Ricardo Gonçalves Gutierrez, Rinaldo Pinheiro de Carvalho, ZACARIAS DE SOUZA PINTO</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40054/0001-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40054/0001-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 001/2020 Encaminha Moção de Apoio à Sra. Renata Devito, Excelentíssima Prefeita do Município de Vera Cruz, Estado de São Paulo.</t>
   </si>
   <si>
     <t>40055</t>
   </si>
   <si>
     <t>Kiko, ANDREA CRISTINA PEPINELLE</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40055/0002-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40055/0002-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº 002/2020 Encaminha Moção de Congratulações à Servidora Silvana Toni.</t>
   </si>
   <si>
     <t>40056</t>
   </si>
   <si>
     <t>ZACARIAS DE SOUZA PINTO</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40056/0003-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40056/0003-2020.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Congratulações aos servidores púvlicos do município de Gália, Estado de São Paulo, que se encontram na linha de frente do combate a doença infecciosa Covid-19.</t>
   </si>
   <si>
     <t>40057</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40057/0004-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40057/0004-2020.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Congratulações aos Professores do Muncípio de Gália/SP.</t>
   </si>
   <si>
     <t>40058</t>
   </si>
   <si>
     <t>Nito, Aguinaldo Aparecido Valerio, ANDREA CRISTINA PEPINELLE, Kiko, MARIA JOSÉ DA CONCEIÇÃO FAUSTINO PIOVESAN, RICARDO CEZAR VICENTE, Ricardo Gonçalves Gutierrez, Rinaldo Pinheiro de Carvalho, ZACARIAS DE SOUZA PINTO</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40058/0005-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40058/0005-2020.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Congratulações aos Colaboradores do Hospital São Vicente - Irmandade Beneficiente São José de Gália/SP, que se encontram na linha de frente do combate a doença infecciosa Covid - 19.</t>
   </si>
   <si>
     <t>40059</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40059/0006-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40059/0006-2020.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Congratulações à Professora Ms. Cristina Aparecida Zaniboni Antonelli.</t>
   </si>
   <si>
     <t>40060</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40060/0007-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40060/0007-2020.pdf</t>
   </si>
   <si>
     <t>MOCÃO DE APOIO A CHAMADA IMEDIATA DOS APROVADOS NO CONCURSO DE SUPERVISOR DE ENSINO</t>
   </si>
   <si>
     <t>30248</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30248/0001-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30248/0001-2020.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 001/2020 Requisito informações sobre o cargo de Fisioterapeuta.</t>
   </si>
   <si>
     <t>30249</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30249/0002-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30249/0002-2020.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 002/2020 Requisito informações sobre à irregularidade no pavimento (depressão) existente no cruzamento da Av. Martimiano Inácio Gonçalves com a Rua Juliana Charantola Freiria.</t>
   </si>
   <si>
     <t>30250</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30250/0003-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30250/0003-2020.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 003/2020 Requisito informações sobre os Projetos desenvolvidos e/ou em desenvolvimento pela Secretaria Municipal do Meio Ambiente do Município de Gália/SP.</t>
   </si>
   <si>
     <t>30251</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30251/0004-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30251/0004-2020.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 004/2020 Requisito as cópias dos Planejamentos escolares das Unidades de Ensino vinculadas ao município de Gália/SP.</t>
   </si>
   <si>
     <t>30252</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30252/0005-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30252/0005-2020.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 005/2020 Requisito informações sobre os nomes dos herbicidas utilizados pelo Poder Público Municipal para combater as ervas nas calçadas, praças e logradouros públicos municipais.</t>
   </si>
   <si>
     <t>30253</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30253/0006-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30253/0006-2020.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre a aquisição de alimentos referente à merenda dos alunos, e qual a destinação dos alimentos integrantes da merenda dos alunos.</t>
   </si>
   <si>
     <t>30254</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30254/0007-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30254/0007-2020.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Requisito informações  sobre o Centro de Capacitação de Professores. </t>
   </si>
   <si>
     <t>30255</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30255/0008-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30255/0008-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITA COPIA DE TODA PRESTAÇÃO DE CONTAS DO CARNAVAL REALIZADA NO ANO DE 2019</t>
   </si>
   <si>
     <t>30256</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30256/0009-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30256/0009-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITA COPIAS DAS NOTAS FISCAIS DOS HERBICIDAS UTILIZADOS NAS VIAS PUBLICAS NO MES DE ABRIL DE 2020</t>
   </si>
   <si>
     <t>30257</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30257/0010-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30257/0010-2020.pdf</t>
   </si>
   <si>
     <t>INFORMAÇOES SOBRE COMPRAS DE PEÇAS E VEICULOS QUE SE ENCONTRAN NA EMPRESA  HORIZONTE DIESEL - INJEÇÃO ELETRONICA E BOMBAS INJETORAS</t>
   </si>
   <si>
     <t>30258</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30258/0011-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30258/0011-2020.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre quais os valores repassados ao Hospital São Vicente - Irmandade São Vicente de Paulo - com objetivo de promover o combate a prevenção à doença infeccioca Covid 19.</t>
   </si>
   <si>
     <t>30259</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30259/0012-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30259/0012-2020.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há a possibilidade de ser instalado um sinal de trânsito (semáfaro) no cruzamento da Av. Martimiano Inácio Gonçalves com a Rua D. Ayda B. ferreira.</t>
   </si>
   <si>
     <t>30260</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30260/0013-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30260/0013-2020.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Solicita esclarecimentos sobre o motivo de não constar no Projeto a construção do banheiro que se encontra em execução na Praça Custódio de Araújo Ribeiro. </t>
   </si>
   <si>
     <t>30261</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30261/0014-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30261/0014-2020.pdf</t>
   </si>
   <si>
     <t>Requisito informações de como se encontra a execução das obras necessárias para a regularização da área de zona de expansão urbana, objeto de Ação Civil Pública.</t>
   </si>
   <si>
     <t>30262</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30262/0015-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30262/0015-2020.pdf</t>
   </si>
   <si>
     <t>Requisito se possível a possibilidade de ser providenciada a manutenção dos sinais de trânsito nas vias urbanas do Município de Gália/SP, sobretudo no que tange as faixas de pedestres.</t>
   </si>
   <si>
     <t>30263</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30263/0016-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30263/0016-2020.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre a ampliação da área do Cemitério Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>30264</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30264/0017-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30264/0017-2020.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há a possibilidade  de promover um estudo acerca da viabilidade de ser encaminhado ao Poder Legislativo do Município de Gália/SP, Projeto de Lei na qual preveja a concessão de auxilio emergencial aos prestadores do serviço de transporte escolares.</t>
   </si>
   <si>
     <t>30265</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30265/0018-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30265/0018-2020.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há a possibilidade do poder Público promover um estudo e/ou levantamento de dados acerca da viabilidade de ser instalado nos imóveis de propriedade da municipalidade, o sistema de geração de energia fotovoltaica.</t>
   </si>
   <si>
     <t>30266</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30266/0019-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30266/0019-2020.pdf</t>
   </si>
   <si>
     <t>DE QUE FORMA AS SECRETARIAS E DEPARTAMENTOS VINCULADOS AO PODER EXECUTIVO MUNICIPAL SE COMUNICAN ENTRE SI</t>
   </si>
   <si>
     <t>30267</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30267/0020-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30267/0020-2020.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre os equipamentos cedidos em comodato pelo Poder Público do Município de Gália/SP já se encontram instalados e em funcionamento; e se foi disponibilizado treinamento ao colaborador responsável em operar os equioamentos.</t>
   </si>
   <si>
     <t>30268</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30268/0021-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30268/0021-2020.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Requisito informações sobre a possibilidade de ser promovida a aquisição de cadeiras de rodas por parte do Poder Público para fins de doação ou empréstimos às éssoas que necessitam; e em todas as repartições públicas municipais. </t>
   </si>
   <si>
     <t>30269</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30269/0022-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30269/0022-2020.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há possibilidade de ser instalado  uma cerca de proteção entorno do campinho de areia, localizado na Praça Carlos Cardoso.</t>
   </si>
   <si>
     <t>30270</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30270/0023-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30270/0023-2020.pdf</t>
   </si>
   <si>
     <t>Existe um terreno com boa localização no Bairro São benedito, a qual poderia ser adquirido pelo poder Público para eventualemnet ser contruído e instalado um PSF, ou ainda um Centro de Convivência ou Praça.</t>
   </si>
   <si>
     <t>30271</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30271/0024-2020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30271/0024-2020.pdf</t>
   </si>
   <si>
     <t>Requisito informações de como se encontra os trâmites para a desafetação da área junto ao Núcleo Jardim das Amoreiras localizado entre as Ruas José Avato e Prof. Romeu Scaramucci, e à Rua "A" com a extensão da Rua José Praxedes, cuja finalidade seria o loteamento da referida área.</t>
   </si>
   <si>
     <t>10935</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Renato Inácio Gonçalves</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2020 Dispõe sobre a autorização do Poder Executivo Municipal em proceder a compensação salarial dos Agentes de Combate às Endemias, mediante a edição de Decreto e dá outras providências.</t>
   </si>
   <si>
     <t>10937</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002/2020 Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2020, e a abertura de crédito adicional especial e suplementar ao orçamento de 2020 e dá outras providências.</t>
   </si>
@@ -1536,68 +1536,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20322/0001-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20323/0002-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20324/0003-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20325/0004-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20326/0005-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20327/0006-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20328/0007-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20329/0008-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20330/0009-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20331/0010-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20332/0011-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20333/0012-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20334/0013-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20335/0014-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20336/0015-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20337/0016-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20338/0017-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20339/0018-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20340/0019-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20341/0020-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20342/0021-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20343/0022-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20344/0023-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20345/0024-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20346/0025-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20347/0026-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20348/0027-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20349/0028-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20351/0030-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20352/0031-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20353/0032-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20354/0033-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20355/0034-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20356/0035-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20357/0036-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20358/0037-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20359/0038-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20360/0039-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40054/0001-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40055/0002-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40056/0003-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40057/0004-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40058/0005-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40059/0006-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40060/0007-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30248/0001-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30249/0002-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30250/0003-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30251/0004-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30252/0005-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30253/0006-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30254/0007-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30255/0008-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30256/0009-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30257/0010-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30258/0011-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30259/0012-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30260/0013-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30261/0014-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30262/0015-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30263/0016-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30264/0017-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30265/0018-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30266/0019-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30267/0020-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30268/0021-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30269/0022-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30270/0023-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30271/0024-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20322/0001-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20323/0002-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20324/0003-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20325/0004-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20326/0005-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20327/0006-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20328/0007-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20329/0008-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20330/0009-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20331/0010-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20332/0011-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20333/0012-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20334/0013-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20335/0014-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20336/0015-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20337/0016-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20338/0017-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20339/0018-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20340/0019-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20341/0020-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20342/0021-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20343/0022-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20344/0023-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20345/0024-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20346/0025-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20347/0026-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20348/0027-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20349/0028-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20351/0030-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20352/0031-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20353/0032-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20354/0033-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20355/0034-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20356/0035-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20357/0036-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20358/0037-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20359/0038-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/20360/0039-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40054/0001-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40055/0002-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40056/0003-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40057/0004-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40058/0005-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40059/0006-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/40060/0007-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30248/0001-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30249/0002-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30250/0003-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30251/0004-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30252/0005-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30253/0006-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30254/0007-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30255/0008-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30256/0009-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30257/0010-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30258/0011-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30259/0012-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30260/0013-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30261/0014-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30262/0015-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30263/0016-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30264/0017-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30265/0018-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30266/0019-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30267/0020-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30268/0021-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30269/0022-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30270/0023-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2020/30271/0024-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="207.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>