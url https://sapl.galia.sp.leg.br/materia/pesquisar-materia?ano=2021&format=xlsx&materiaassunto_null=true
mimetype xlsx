--- v0 (2025-10-21)
+++ v1 (2026-03-20)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Kiko</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2021 - CM_x000D_
 Dispõe sobre as medidas punitivas em caso de reincidências em focos de criadouros de mosquitos " Aedes Aegypti", causador da dengue, e dá outras providências.</t>
   </si>
   <si>
     <t>10996</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ramiro de Almeida Afonso</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002/2021 - CM Dispõe sobre o sistema de rodízio do plantão de atendimento ao público efetuado pelo vereador na Câmara Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>10997</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2021 - CM Altera a Lei 2.568/2021 para fazer incluir a possibilidade de fiscalização, e a aceitação denúncias, pela população, inclusive de modo anônimo desde que carreadas de conteúdo probantes ao poder público.</t>
@@ -229,1212 +229,1212 @@
   <si>
     <t>11062</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Decidi Vetar integralmente o Projeto de Lei nº 006/2021.</t>
   </si>
   <si>
     <t>50007</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Kiko, Ana Priscila Nunes Cervelin, Nito, Ramiro de Almeida Afonso</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50007/0001-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50007/0001-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 2.302/15 e dá outras providências.</t>
   </si>
   <si>
     <t>50008</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50008/0002-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50008/0002-2021.pdf</t>
   </si>
   <si>
     <t>50009</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50009/0003-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50009/0003-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para cess]ao na forma de permissão de uso de bem público visando o fomento de emprego no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema de rodízio do plantão de atendimento ao público efetuado pelo vereador na Câmara Municipal de Gália/SP</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para cessão na forma de permissão de uso de bem público visando o fomento de emprego no município de Gália e dá outras providências</t>
   </si>
   <si>
     <t>Confere denominação no Conjunto Habitacional Gália I e ás ruas existentes no referido Núcleo</t>
   </si>
   <si>
     <t>20361</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20361/0001-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20361/0001-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a construção de melhorias no Núcleo Habitacional Vereador José Silvino Zaniboni.</t>
   </si>
   <si>
     <t>20362</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20362/0002-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20362/0002-2021.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">Sugere a construção de coberturas metálicas em paradas de veículos escolares. </t>
   </si>
   <si>
     <t>20363</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20363/0003-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20363/0003-2021.pdf</t>
   </si>
   <si>
     <t>Sugere melhorias em iluminação pública.</t>
   </si>
   <si>
     <t>20364</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20364/0004-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20364/0004-2021.pdf</t>
   </si>
   <si>
     <t>Sugere alteração em estacionamento de via pública.</t>
   </si>
   <si>
     <t>20365</t>
   </si>
   <si>
     <t>Nito</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20365/0005-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20365/0005-2021.pdf</t>
   </si>
   <si>
     <t>Sugere instalação de redutor de velocidade em logradouro público.</t>
   </si>
   <si>
     <t>20366</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20366/0006-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20366/0006-2021.pdf</t>
   </si>
   <si>
     <t>Sugere instalação de redutor de velocidade em logradouro público</t>
   </si>
   <si>
     <t>20367</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20367/0007-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20367/0007-2021.pdf</t>
   </si>
   <si>
     <t>20368</t>
   </si>
   <si>
     <t>Ana Priscila Nunes Cervelin</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20368/0008-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20368/0008-2021.pdf</t>
   </si>
   <si>
     <t>Sugere que seja estudada a viabilidade da contratação  do Projeto Eu Missionária nas Ruas de sua cidade.</t>
   </si>
   <si>
     <t>20369</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20369/0009-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20369/0009-2021.pdf</t>
   </si>
   <si>
     <t>20370</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20370/0010-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20370/0010-2021.pdf</t>
   </si>
   <si>
     <t>20371</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20371/0011-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20371/0011-2021.pdf</t>
   </si>
   <si>
     <t>Sugere instalação de cobertura no cemitério municipal de Gália/SP.</t>
   </si>
   <si>
     <t>20372</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20372/0012-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20372/0012-2021.pdf</t>
   </si>
   <si>
     <t>Sugere que seja realizada a mutenção de bueiro.</t>
   </si>
   <si>
     <t>20373</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20373/0013-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20373/0013-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de reparos em imóvel de propriedade do município.</t>
   </si>
   <si>
     <t>20374</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20374/0014-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20374/0014-2021.pdf</t>
   </si>
   <si>
     <t>Sugere melhorias na prestação de serviços a população.</t>
   </si>
   <si>
     <t>20375</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20375/0015-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20375/0015-2021.pdf</t>
   </si>
   <si>
     <t>20376</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20376/0016-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20376/0016-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de reparos no Portal de entrada do município.</t>
   </si>
   <si>
     <t>20377</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20377/0017-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20377/0017-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de reparos em área pública.</t>
   </si>
   <si>
     <t>20378</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20378/0018-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20378/0018-2021.pdf</t>
   </si>
   <si>
     <t>20379</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20379/0019-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20379/0019-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de reparos em via pública.</t>
   </si>
   <si>
     <t>20380</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20380/0020-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20380/0020-2021.pdf</t>
   </si>
   <si>
     <t>20381</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20381/0021-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20381/0021-2021.pdf</t>
   </si>
   <si>
     <t>Sugere tomadas de providências.</t>
   </si>
   <si>
     <t>20382</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20382/0022-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20382/0022-2021.pdf</t>
   </si>
   <si>
     <t>20383</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20383/0023-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20383/0023-2021.pdf</t>
   </si>
   <si>
     <t>20384</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20384/0024-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20384/0024-2021.pdf</t>
   </si>
   <si>
     <t>Sugere instalação de redutor de velocidade em logradouros públicos.</t>
   </si>
   <si>
     <t>20385</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20385/0025-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20385/0025-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a manutenção de logradouros públicos.</t>
   </si>
   <si>
     <t>20386</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20386/0026-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20386/0026-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a manutenção do Plano Saúde ao Servidor aposentado e seus dependentes.</t>
   </si>
   <si>
     <t>20387</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20387/0027-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20387/0027-2021.pdf</t>
   </si>
   <si>
     <t>Sugere melhoria na sinalização de trânsito em via pública municipal.</t>
   </si>
   <si>
     <t>20388</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20388/0028-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20388/0028-2021.pdf</t>
   </si>
   <si>
     <t>Sugere melhoria na estrutura do Prédio que abriga o espaço para a realização de fisioterapia.</t>
   </si>
   <si>
     <t>20389</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20389/0029-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20389/0029-2021.pdf</t>
   </si>
   <si>
     <t>20390</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20390/0030-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20390/0030-2021.pdf</t>
   </si>
   <si>
     <t>Sugere melhorias em próprio público.</t>
   </si>
   <si>
     <t>20391</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20391/0031-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20391/0031-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a construção de melhorias no Núcleo Habitacional Manoel ferreira.</t>
   </si>
   <si>
     <t>20392</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20392/0032-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20392/0032-2021.pdf</t>
   </si>
   <si>
     <t>Sugere correção e manutenção de piso asfáltico.</t>
   </si>
   <si>
     <t>20393</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20393/0033-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20393/0033-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a ampliação de sinalização de trânsito e outros.</t>
   </si>
   <si>
     <t>20394</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20394/0034-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20394/0034-2021.pdf</t>
   </si>
   <si>
     <t>Sugere melhorias em vias públicas.</t>
   </si>
   <si>
     <t>20395</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20395/0035-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20395/0035-2021.pdf</t>
   </si>
   <si>
     <t>Sugere melhorias em espaços públicos.</t>
   </si>
   <si>
     <t>20396</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20396/0036-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20396/0036-2021.pdf</t>
   </si>
   <si>
     <t>Sugere melhorias em espaços Públicos.</t>
   </si>
   <si>
     <t>20397</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20397/0037-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20397/0037-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o encaminhamento de Projeto de Lei Municipal.</t>
   </si>
   <si>
     <t>20398</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20398/0038-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20398/0038-2021.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A VIABILIDADE DE SE CONSTRUIR UMA PRAÇA DE LAZER NO BAIRRO SANTA TEREZINHA NO QUADRILATERO FORMADO ENTRE AS RUA dª AYDA BAGANHA FERREIRA, RUA VEREADOR MAURO RODRIGUES DA SILVA RUA PIRACICABA E AV. MARTINIANIANO INACO GONÇALVES</t>
   </si>
   <si>
     <t>20399</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>José Adão Sanavio</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20399/0039-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20399/0039-2021.pdf</t>
   </si>
   <si>
     <t>IAUMENTAR AS HORAS DE ATENDIMENTOS DE ATENDIMENTO DAS FISIOTERAUPEUTAS VINCULADAS Á PREFEITURA MUNICIPAL DE GÁLIA, SENDO, JA QUE COM O NUMERO DE AUMENTO DE PACIENTES POS COVIDE, HOUVE CONSIDERAVEL AUMENTO NA DEMANDA DESSA ESPECIE DE SERVIÇO, MAJORANDO ASSIM , A QUANTIDADE DE ATENDIMENTOS</t>
   </si>
   <si>
     <t>20400</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Ramiro de Almeida Afonso, Ana Priscila Nunes Cervelin</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20400/0040-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20400/0040-2021.pdf</t>
   </si>
   <si>
     <t>Sugere rebaixamento de passeio público.</t>
   </si>
   <si>
     <t>20401</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20401/0041-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20401/0041-2021.pdf</t>
   </si>
   <si>
     <t>Sugere regularização do convênio com o Governo do estado de São Paulo, referente à fiscalização a cargo da Polícia militar.</t>
   </si>
   <si>
     <t>20402</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20402/0042-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20402/0042-2021.pdf</t>
   </si>
   <si>
     <t>Sugere tomada de providência no tocante a soltura de fogos com estampido.</t>
   </si>
   <si>
     <t>20403</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20403/0043-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20403/0043-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a feitura de sinalização de trânsito.</t>
   </si>
   <si>
     <t>20404</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20404/0044-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20404/0044-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de hidrantes de combate a incêndios</t>
   </si>
   <si>
     <t>20405</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20405/0045-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20405/0045-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual  dispõe sobre a denominação do novo Núcleo  Habitacional, sito na via  de acesso Gália/SP - Rod. SP. 331.</t>
   </si>
   <si>
     <t>20406</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20406/0046-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20406/0046-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação do novo Núcleo Habitacional, sito na Via de Acesso Gália/SP - Rod. SP 331.</t>
   </si>
   <si>
     <t>20407</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20407/0047-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20407/0047-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei no próprio público, na qual futuramente abrigará a sede da Câmara Municipal de Gália.</t>
   </si>
   <si>
     <t>20408</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20408/0048-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20408/0048-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispôe a denominação em uma das ruas do novo núcleo habitacional, sito na via de acesso Gália/SP - Rod. SP 331.</t>
   </si>
   <si>
     <t>20409</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20409/0049-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20409/0049-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação do novo Velório Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>20410</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20410/0050-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20410/0050-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação em uma das ruas do Novo Núcleo Habitacional, sito na via de acesso Gália/SP - Rod. SP 331.</t>
   </si>
   <si>
     <t>20411</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Ana Priscila Nunes Cervelin, Ramiro de Almeida Afonso</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20411/0051-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20411/0051-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação em uma das ruas do novo núcleo habitacional, sito na via de acesso Gália/SP Rod. SP 331.</t>
   </si>
   <si>
     <t>20412</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20412/0052-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20412/0052-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação em uma das ruas do novo Núcleo Habitacional sito na via de acesso Gália/SP - Rod. SP 331.</t>
   </si>
   <si>
     <t>20413</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20413/0053-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20413/0053-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação em uma das ruas do novo Núcleo Habitacional, sito na via de acesso Gália/SP - Rod. SP 331.</t>
   </si>
   <si>
     <t>20414</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20414/0054-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20414/0054-2021.pdf</t>
   </si>
   <si>
     <t>Sugere tomada de providências por parte da municipalidade.</t>
   </si>
   <si>
     <t>20415</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20415/0055-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20415/0055-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição de bem móvel.</t>
   </si>
   <si>
     <t>20416</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Giseli Rodrigues Simões</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20416/0056-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20416/0056-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação em uma das ruas do novo Núcleo Habitacional sito na via de acesso Gália/SP - Rod. SP. 331.</t>
   </si>
   <si>
     <t>20417</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20417/0057-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20417/0057-2021.pdf</t>
   </si>
   <si>
     <t>Sugere manutenção em coletor de águas fluviais.</t>
   </si>
   <si>
     <t>20418</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20418/0058-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20418/0058-2021.pdf</t>
   </si>
   <si>
     <t>20419</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20419/0059-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20419/0059-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação em uma das do novo Núcleo Habitacional, sito na via de acesso Gália/SP - Rod. SP 331.</t>
   </si>
   <si>
     <t>20420</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20420/0060-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20420/0060-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação em uma das Ruas do Novo Núcleo Habitacional, sito na via de acesso Gália/SP - Rod. SP 331.</t>
   </si>
   <si>
     <t>20421</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20421/0061-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20421/0061-2021.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação em uma das Ruas do Novo Núcelo Habitacional, sito na via de acesso Gália/SP - Rod. SP 331.</t>
   </si>
   <si>
     <t>20422</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20422/0062-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20422/0062-2021.pdf</t>
   </si>
   <si>
     <t>20423</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20423/0063-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20423/0063-2021.pdf</t>
   </si>
   <si>
     <t>20424</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20424/0064-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20424/0064-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a contratação de mais um(a) profissional fisioterapeuta.</t>
   </si>
   <si>
     <t>20425</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20425/0065-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20425/0065-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a modernização da balança de pesagem de veículos de carga (caminhões).</t>
   </si>
   <si>
     <t>20426</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20426/0066-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20426/0066-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a manutenção dos bancos utilizados pelos usuários dos serviços de fisioterapia do município de Gália/SP.</t>
   </si>
   <si>
     <t>20427</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20427/0067-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20427/0067-2021.pdf</t>
   </si>
   <si>
     <t>Sugere recriação da Guarda Mirim do Município de Gália/SP.</t>
   </si>
   <si>
     <t>20428</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20428/0068-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20428/0068-2021.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de placas de advertência no lago municipal, fontes e espelhos d`água.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei na qual dispõe sobre a denominação em uma das Ruas do Novo Núcleo Habitacional, sito na via de acesso Gália/SP - Rod. SP 331</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei da qual dispõe sobre a denominação em uma das ruas do Novo Núcleo Habitacional, sito na via de acesso Gália/SP - Rod SP 331</t>
   </si>
   <si>
     <t>40061</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40061/0001-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40061/0001-2021.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Apoio ao Projeto de Lei nº 080/2018, que visa tornar obrigatória a presença do Advogado nas Audiências de conciliação do Centro Judiciário de Solução de Conflitos e Cidadania (CEJUSC), em tramitação no Senado Federal.</t>
   </si>
   <si>
     <t>40062</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40062/0002-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40062/0002-2021.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Congratulações e Aplausos ao 8º GP., da 4ª CTA, do 9º BPMI, da Polícia Militar do estado de São Paulo.</t>
   </si>
   <si>
     <t>40063</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40063/0003-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40063/0003-2021.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Congratulações e Aplausos aos integrantes da Polícia Civil do Estado de São Paulo, da cidade de Gália/SP.</t>
   </si>
   <si>
     <t>40064</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40064/0004-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40064/0004-2021.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Apoio em favor das Famílias dos Assentamentos Margarida Maria Alvez e Antônio Lafaiete.</t>
   </si>
   <si>
     <t>40065</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40065/0005-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40065/0005-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações aos Servidores Públicos do Município  de Gália, Estado de São Paulo, que se encontram na linha de frente do combate a doença infecciosa COVID-19.</t>
   </si>
   <si>
     <t>30272</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30272/0001-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30272/0001-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre a situação em que se encontra a construção do novo Fórum desta Comarca de Gália/SP.</t>
   </si>
   <si>
     <t>30273</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30273/0002-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30273/0002-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações do Departamento de Obras.</t>
   </si>
   <si>
     <t>30274</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30274/0003-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30274/0003-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações do Poder Público Municipal da cidade de Gália/SP.</t>
   </si>
   <si>
     <t>30275</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30275/0004-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30275/0004-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações se existe há possibilidade de ser realizadas melhorias no acostamento da Rodovia de acesso Luciano Rivaben.</t>
   </si>
   <si>
     <t>30276</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30276/0005-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30276/0005-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações se existe a possibilidade de ser realizadas melhorias na Rua "D" do Distrito Industrial.</t>
   </si>
   <si>
     <t>30277</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30277/0006-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30277/0006-2021.pdf</t>
   </si>
   <si>
     <t>Requer cópia integral do controle efetivo da alimentação entregue na forma de kits às famílias dos alunos do município de Gàlia/SP.</t>
   </si>
   <si>
     <t>30278</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30278/0007-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30278/0007-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações se os prédios das Escolas Públicas Municipais, dispõem de laudo de vistoria do corpo de bombeiros.</t>
   </si>
   <si>
     <t>30279</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30279/0008-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30279/0008-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os processos administrativos disciplinares (sindicância) junto a Prefeitura Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>30280</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30280/0009-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30280/0009-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações se as Escolas Públicas Municipais e Biblioteca Municipal, dispõem de Laudo de Vistoria do Corpo de Bombeiros atestando a regularidade e segurança das mesmas.</t>
   </si>
   <si>
     <t>30281</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30281/0010-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30281/0010-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre qual o motivo que ensejou a alteração do horário de atendimento da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>30282</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30282/0011-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30282/0011-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre qual o motivo que ensejou a suspensão dos trabalhos da assessoria atinente ao Centro de Atendimento do Covid - 19; e qual é o servidor e médico responsáveis pelo protocolo de atendimento e prevenção da doença infecciosa covi-19.</t>
   </si>
   <si>
     <t>30283</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30283/0012-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30283/0012-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os endereços e nomes de propriedtários e/ou responsáveis pelas recusas supra citadas.</t>
   </si>
   <si>
     <t>30284</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30284/0013-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30284/0013-2021.pdf</t>
   </si>
   <si>
     <t>Requer  os endereços e nomes de proprietários e/ou responsáveis pelas recusas referidas.</t>
   </si>
   <si>
     <t>30285</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30285/0014-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30285/0014-2021.pdf</t>
   </si>
   <si>
     <t>Requer cópias das prestações de contas disponibilizadas ao Município de Gália/SP pela Irmandade Beneficiente São José.</t>
   </si>
   <si>
     <t>30287</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30287/0016-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30287/0016-2021.pdf</t>
   </si>
   <si>
     <t>Requer cópia integral e legível do controle efetivo da alimentação entregue na forma de Kits às famílias dos launos do município de Gália/SP.</t>
   </si>
   <si>
     <t>30288</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30288/0017-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30288/0017-2021.pdf</t>
   </si>
   <si>
     <t>Requer cópia integral do termo de convênio firmado entre o Poder Público do Município de Gália/SP e à secretaria de estado de desenvolvimento Regional.</t>
   </si>
   <si>
     <t>30289</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30289/0018-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30289/0018-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre as obras que estão sendo realizadas no terreno contínuo da Farmácia municipal de Gália/SP.</t>
   </si>
   <si>
     <t>30290</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30290/0019-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30290/0019-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre a obra de adequação da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>30291</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30291/0020-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30291/0020-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre a formação dos membros do conselho municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e Valorização dos Professores da Educação - CACS/FUNDEB.</t>
   </si>
   <si>
     <t>30292</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30292/0021-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30292/0021-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações se existe algum projeto de replantio de árvores a cargo da Secretaria do Meio Ambiente, já que os "tocos" das árvores cortadas do canteiro central da Avenida Manoel Faustino, seuqer foram retiradas.</t>
   </si>
   <si>
     <t>30293</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30293/0022-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30293/0022-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre quais os motivos que levaram a acelerar a tramitação do Projeto de Lei nº 017/2021, na qual resultou na edição da Lei Municipal nº 2.587, de 13 de maio de 2021, e o que foi alterado com as modificações instituídas pelos arts. 1º e 2º, da Lei Municipal, e se gerou algum benefício de interesse público.</t>
   </si>
   <si>
     <t>30294</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30294/0023-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30294/0023-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre os pontos de táxi na cidade de Gália/SP.</t>
   </si>
   <si>
     <t>30295</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30295/0024-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30295/0024-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre qual a arrecadação aos cofres públicos por cada beneficiário de ponto de táxi do município de Gália/SP.</t>
   </si>
   <si>
     <t>30296</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30296/0025-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30296/0025-2021.pdf</t>
   </si>
   <si>
     <t>Requisito cópia do abaixo-assinado que ensejou a realização do corte das árvores do canteiro central da Avenida Manoel Faustino, na cidade de Gália/SP.</t>
   </si>
   <si>
     <t>30297</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30297/0026-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30297/0026-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há possibilidade de ser encaminhado à Câmara Municipal de Gália/SP, Projeto de Lei na qual prorroga o prazo de validade dos veículos de transporte escolar.</t>
   </si>
   <si>
     <t>30298</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30298/0027-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30298/0027-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre a destinação do lixo (resíduos sólidos), quantas toneladas em média são enviadas por dia para processamento e qual o valor pago pela municipalidade para processar esse material por tonelada.</t>
   </si>
   <si>
     <t>30299</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30299/0028-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30299/0028-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre quais as Permissões de Uso praticadas atualmente pela Municipalidade, quais as as Concessões de Uso e quais os regimes tributários (alíquotas e bases de cálculos), individuais, de todas as Conecssões e Permissões de Uso, bem como quais os valores recolhidos no últimos 4 anos.</t>
   </si>
   <si>
     <t>30300</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30300/0029-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30300/0029-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sofre qual a destinação dos recursos financeiros no montante de R$ 85.000,00 (oitenta e cinco mil reais), objeto da Lei Municipal nº 2.580, de 06.04.2021, originariamente aprovado para a aquisição de vacinas contra a Covid-19, referente à imunização de 1.000 pessoas.</t>
   </si>
   <si>
     <t>30301</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30301/0030-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30301/0030-2021.pdf</t>
   </si>
   <si>
     <t>Requisito cópia integral dos autos do Convênio de Aquisição de Academia Adaptada - Ficha 451, objeto de Projeto de Lei nº 043/2021, aprovado na 28ª Sessão Extraordinária do dia 08.08.2021.</t>
   </si>
   <si>
     <t>30302</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30302/0031-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30302/0031-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre as obras que se encontram em execução junto às Praças da Igreja Matriz e Pedro de Toledo.</t>
   </si>
   <si>
     <t>30303</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30303/0032-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30303/0032-2021.pdf</t>
   </si>
   <si>
     <t>Requisito cópia(s) do(s) Projeto(s) atinente à obra de construção do novo Velório municipal - sito ao lado do Cemitério do Município de Gália/SP.</t>
   </si>
   <si>
     <t>30304</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30304/0033-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30304/0033-2021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre qual o motivo o novo banheiro público construído, adaptado para pessoas com deficiência, encontra-se fechado; e se as chaves fica em poder de alguma pessoa, e por qual motivo.</t>
   </si>
   <si>
     <t>10993</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para concessão de repasses a entidades do terceiro setor e dá outras providências.</t>
   </si>
   <si>
     <t>11001</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2021, e a abertura de crédito adicional especial suplementar ao orçamento de 2021 dá outras providências.</t>
   </si>
   <si>
     <t>11002</t>
   </si>
@@ -1645,165 +1645,165 @@
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2021, e a abertura de Crédito Adicional Suplementar ao orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>11054</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2021,e a abertura de crédito adicional suplementar ao orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>11055</t>
   </si>
   <si>
     <t>11056</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de mteas e valores, diretrizes ao PPA 2018/2021, LDO para 2021, e a abertura de crédito adicional especial e suplementar ao orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>11057</t>
   </si>
   <si>
     <t>11058</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/11058/pl047.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/11058/pl047.pdf</t>
   </si>
   <si>
     <t>11060</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES, DIRETRIZES ORÇAMENTÁRIAS AO PPA 2018/2021, LDO PARA 20/2021 E ABERTURA DE CREDITO ADICIONAL ESPECIAL E SUPLEMENTAR AO ORÇAMENTO DE 2021 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>11061</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2021, e a abertura de crédito adicional, suplementar ao orçamento de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>11063</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Gália para o exercício financeiro de 2022,e dá outras providências.</t>
   </si>
   <si>
     <t>11064</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para cessão de uso de imóvel público em permissão de uso para a Câmara Municipal de Vereadores de Gália, e dá outras providêcias.</t>
   </si>
   <si>
     <t>11066</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2021, e a abertura de crédito adicional suplementar ao orçamento de 2021 e da outras providências.</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2021, e a abertura de crédito adicional suplementar ao orçamento de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2021, e a abertura de crédito adicional especial e suplementar ao orçamento de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para firmar convênio com a UNICESUMAR e com Dinâmica Ensino Profissionalizante para concessão de descontos nas matrículas e mensalidades dos cursos profissionalizantes e dá outras providências</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Assistência Social, institui o Sistema Único de Assistência Social do Município de Gália e dá outras providências</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para 2021, e abertura de crédito adicional suplementar ao orçãmento de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para firmar convênio com a direção da E.E. Graciema Baganha Ribeiro, por via de sua Diretoria de Ensino - Região de Marília - para Permissão de Uso, a Título gratuito de insstalaçãoes do município e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/17/projetoexecutivo0592021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/17/projetoexecutivo0592021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para concessão de repasses a entidades do terceiro setor e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/15/pl060-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/15/pl060-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Prédio Público do Município onde abrigará  a Câmara Municipal de Gália, Estado de São, e dá outras providências</t>
   </si>
   <si>
     <t>Confere denominação ao Velório Municipal e dá outras providências</t>
   </si>
   <si>
     <t>Confere denominação no Conjunto Habitacional Gália I e às Ruas existentes no referido Núcleo</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2018/2021, LDO para  2021, e a abertura de crédito adicional suplementar ao orçamento de 2021 e da outras providências</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 409 de 28 de dezembro de 1965 e dá outras providências</t>
   </si>
   <si>
     <t>Esta Lei altera a Lei Municipal nº 2.468, de 28 de dezembro de 2018 e dá nova redação ao artigo 1º, caput e ao seu parágrafo único; ao inciso IV do artigo 3º,; ao artigo 9º, caput; e ao artigo 10, caput</t>
   </si>
   <si>
     <t>11019</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei nº 1.811/06 referente ao Código Tributário do Município de Gália, e alterações posteriores, para alterar a Tabela II - Tabela para Cobrança da Taxa de Serviços Diversos, constante do Anexo IV, e dá outras providências.</t>
   </si>
   <si>
     <t>11059</t>
   </si>
   <si>
     <t>ATUALIZAÇÃO DO IPTU E DEMAIS TRIBUTOS EXCETO ITBI, QUE TERÃO REAJUSTES EM 10,42% PARA O ANO DE 2022</t>
   </si>
   <si>
     <t>100001</t>
   </si>
   <si>
     <t>PDRET</t>
   </si>
   <si>
     <t>Pedido de Retirada</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/100001/0001-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/100001/0001-2021.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> Pedido de Retirada do Substitutivo ao Projeto de Lei nº 038/2021.</t>
   </si>
   <si>
     <t>200002</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/200002/0002-2021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/200002/0002-2021.pdf</t>
   </si>
   <si>
     <t>Pedido de Retirada do Projeto de Lei 062/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2110,68 +2110,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50007/0001-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50008/0002-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50009/0003-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20361/0001-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20362/0002-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20363/0003-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20364/0004-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20365/0005-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20366/0006-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20367/0007-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20368/0008-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20369/0009-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20370/0010-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20371/0011-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20372/0012-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20373/0013-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20374/0014-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20375/0015-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20376/0016-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20377/0017-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20378/0018-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20379/0019-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20380/0020-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20381/0021-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20382/0022-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20383/0023-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20384/0024-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20385/0025-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20386/0026-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20387/0027-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20388/0028-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20389/0029-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20390/0030-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20391/0031-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20392/0032-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20393/0033-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20394/0034-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20395/0035-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20396/0036-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20397/0037-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20398/0038-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20399/0039-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20400/0040-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20401/0041-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20402/0042-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20403/0043-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20404/0044-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20405/0045-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20406/0046-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20407/0047-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20408/0048-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20409/0049-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20410/0050-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20411/0051-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20412/0052-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20413/0053-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20414/0054-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20415/0055-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20416/0056-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20417/0057-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20418/0058-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20419/0059-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20420/0060-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20421/0061-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20422/0062-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20423/0063-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20424/0064-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20425/0065-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20426/0066-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20427/0067-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20428/0068-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40061/0001-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40062/0002-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40063/0003-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40064/0004-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40065/0005-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30272/0001-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30273/0002-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30274/0003-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30275/0004-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30276/0005-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30277/0006-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30278/0007-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30279/0008-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30280/0009-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30281/0010-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30282/0011-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30283/0012-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30284/0013-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30285/0014-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30287/0016-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30288/0017-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30289/0018-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30290/0019-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30291/0020-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30292/0021-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30293/0022-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30294/0023-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30295/0024-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30296/0025-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30297/0026-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30298/0027-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30299/0028-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30300/0029-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30301/0030-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30302/0031-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30303/0032-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30304/0033-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/11058/pl047.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/17/projetoexecutivo0592021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/15/pl060-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/100001/0001-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/200002/0002-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50007/0001-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50008/0002-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/50009/0003-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20361/0001-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20362/0002-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20363/0003-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20364/0004-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20365/0005-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20366/0006-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20367/0007-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20368/0008-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20369/0009-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20370/0010-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20371/0011-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20372/0012-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20373/0013-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20374/0014-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20375/0015-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20376/0016-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20377/0017-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20378/0018-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20379/0019-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20380/0020-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20381/0021-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20382/0022-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20383/0023-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20384/0024-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20385/0025-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20386/0026-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20387/0027-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20388/0028-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20389/0029-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20390/0030-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20391/0031-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20392/0032-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20393/0033-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20394/0034-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20395/0035-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20396/0036-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20397/0037-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20398/0038-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20399/0039-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20400/0040-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20401/0041-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20402/0042-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20403/0043-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20404/0044-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20405/0045-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20406/0046-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20407/0047-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20408/0048-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20409/0049-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20410/0050-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20411/0051-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20412/0052-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20413/0053-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20414/0054-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20415/0055-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20416/0056-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20417/0057-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20418/0058-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20419/0059-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20420/0060-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20421/0061-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20422/0062-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20423/0063-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20424/0064-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20425/0065-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20426/0066-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20427/0067-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/20428/0068-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40061/0001-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40062/0002-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40063/0003-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40064/0004-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/40065/0005-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30272/0001-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30273/0002-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30274/0003-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30275/0004-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30276/0005-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30277/0006-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30278/0007-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30279/0008-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30280/0009-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30281/0010-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30282/0011-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30283/0012-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30284/0013-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30285/0014-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30287/0016-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30288/0017-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30289/0018-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30290/0019-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30291/0020-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30292/0021-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30293/0022-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30294/0023-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30295/0024-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30296/0025-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30297/0026-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30298/0027-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30299/0028-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30300/0029-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30301/0030-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30302/0031-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30303/0032-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/30304/0033-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/11058/pl047.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/17/projetoexecutivo0592021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/15/pl060-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/100001/0001-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2021/200002/0002-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="59.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>