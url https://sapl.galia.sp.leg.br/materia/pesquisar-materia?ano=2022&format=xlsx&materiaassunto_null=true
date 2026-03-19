--- v0 (2025-10-21)
+++ v1 (2026-03-19)
@@ -54,2831 +54,2831 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Mesa Diretora 2ª Sessão Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_cm02.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_cm02.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CONCESSAO DE REPOSIÇAO INFLACIONÁRIAS NOS SUBSIDIOS DOS AGENTES POLITÍCOS VINCULADOS AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA/SP</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_cm03.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_cm03.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REPOSIÇÃO INFLACIONÁRIA NOS SUBSIDIOS DOS AGENTES POLITICOS VINCULADOS AO PODER LEGISLATIVO DO MUNICÍPIO DE GÁLIA/SP</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei-cm04.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei-cm04.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REPOSIÇÃO INFLACIONÁRIA NA REMUNERAÇÃO DOS SERVIDORES MUNICIPAIS  VINCULADO AO PODER LEGISLATIVO MUNICIPAL DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ramiro de Almeida Afonso</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/39/projetocm5.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/39/projetocm5.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE GÁLIA, ESTADO DE SÃO PAULO, A POLÍTICA MUNICIPAL DE PROTEÇÃO DOS DIREITOS DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA (TEA).</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/38/projetocm06.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/38/projetocm06.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE NO BENEFÍCIO ALIMENTAÇÃO DOS SERVIDORES PÚBLICO  MUNICIPAL VINCULADOS AO PODER LEGISLATIVO DO MUNICÍPIO DE GÁLIA/SP, E DÁ OUTRAS  PROVIDENCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Niltinho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/71/projeto7-cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/71/projeto7-cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade em realizar consultas públicas para realização de reformas e/ou construções que possam causar mudanças significativas em espaços considerados bens de uso comum de natureza paisagística ou cultural.</t>
   </si>
   <si>
     <t>200009</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200009/04011001.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200009/04011001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Projeto Domingo no Lago e dá outras providências.</t>
   </si>
   <si>
     <t>200050</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Niltinho, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200050/projetodelei009cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200050/projetodelei009cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da redação do paragrafo único, do art. 2º, da Lei Municipal nº 2.215, de 05 de agosto de 2012.</t>
   </si>
   <si>
     <t>200058</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Kiko</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200058/projeto010cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200058/projeto010cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da redação do § 3º, do art. 2º, da Lei Municipal nº 2.157, de 31 de maio de 2012, que regulamenta o estacionamento de veículos automotores no município de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200093</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200093/projeto11.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200093/projeto11.pdf</t>
   </si>
   <si>
     <t>Cria no município de Gália/SP o Programa "Música Educa", e dá outras providências.</t>
   </si>
   <si>
     <t>200100</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200100/projetodelei012.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200100/projetodelei012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Esporte Social, que visa incentivar a prática de esportes, promover competições a fim de gerar entretenimento à população ,e dá outras providências.</t>
   </si>
   <si>
     <t>200107</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200107/projetodelei013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200107/projetodelei013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do canil municipal de Gália/SP e dá outras providências.</t>
   </si>
   <si>
     <t>200108</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200108/projetodelei014.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200108/projetodelei014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de câmeras de monitoramento de segurança nas escolas públicas municipais e cercanias do município de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200109</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200109/projetodelei015.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200109/projetodelei015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de câmeras de segurança em áreas específicas do município de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200117</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200117/04011003.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200117/04011003.pdf</t>
   </si>
   <si>
     <t>Institui no município de Gália/SP a Campanha "Dezembro Verde", dedicada à conscientização de ações educativas e de reflexão quanto ao combate aos crimes de maus-tratos, abandono e crueldade de animais, bem como a promoção da adoção e posse responsável.</t>
   </si>
   <si>
     <t>200146</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200146/03011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200146/03011000.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município de Gália/SP, o mês municipal do "Outubro Rosa", e dá outras providências.</t>
   </si>
   <si>
     <t>200147</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200147/03011001.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200147/03011001.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município de Gália/SP, o Programa "Doadores do Futuro", e dá outras providências.</t>
   </si>
   <si>
     <t>200148</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200148/03011002.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200148/03011002.pdf</t>
   </si>
   <si>
     <t>Institui no município de Gália/SP programa de saúde bucal nas escolas da rede municipal de ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>200149</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200149/03011003.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200149/03011003.pdf</t>
   </si>
   <si>
     <t>Obriga o Poder Executivo do município de Gália/SP promover as adaptações necessárias com a finalidade de possibilitar o acesso às pessoas com deficiência ou mobilidade reduzida em todos os prédios públicos próprios, eventualmente alugados ou cedidos por outras esferas do poder Público, onde funcionem órgãos da administração pública municipal.</t>
   </si>
   <si>
     <t>200163</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200163/projetodelei021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200163/projetodelei021.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização e incentivo à Doação de Órgãos no município de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200209</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200209/projetodelei.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200209/projetodelei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as alterações do texto da Lei Municipal nº 2.581 de 04 de abril  de 2021, que sobre as medidas punitivas em caso de reincidência em focos de criadouros de mosquitos " Aedes Aegypti", causador da dengue, e dá outras providências.</t>
   </si>
   <si>
     <t>200242</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Giseli Rodrigues Simões</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200242/projetodelei023.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200242/projetodelei023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa "Guarda Municipal Mirim da cidade de Gália/SP".</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Nito</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/64/resolucao01pdf.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/64/resolucao01pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação de assuntos relevantes.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Nito, Kiko, Niltinho, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/65/resolucao.02pdf.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/65/resolucao.02pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação da Comissão de Assuntos Relevantes.</t>
   </si>
   <si>
     <t>200051</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200051/projetoresolucao003cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200051/projetoresolucao003cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de Sessões Solenes pela Câmara Municipal de Gália/SP a pedido de outras entidades representativas e organizações de classes, e dá outras providências.</t>
   </si>
   <si>
     <t>200068</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200068/projetoderesolucao04.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200068/projetoderesolucao04.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Câmara Mirim" no município de Gália/SP, estabelece normas para seu funcionamento, e dá outras providências.</t>
   </si>
   <si>
     <t>200116</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200116/projetoresolucao05.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200116/projetoresolucao05.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação do Programa "Câmara e Você" junto a Câmara Municipal de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_decreto_cm01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_decreto_cm01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a sustação dos efeitos do decreto nº 1.845, de 02 de Fevereiro de 2022.</t>
   </si>
   <si>
     <t>200037</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200037/decreto_legislativo02.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200037/decreto_legislativo02.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Galiense ao Dr. Vinicius Almeida Camarinha, Excelentíssimo Deputado Estadual - SP.</t>
   </si>
   <si>
     <t>200038</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200038/decreto_legislativo03.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200038/decreto_legislativo03.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Galiense ao Dr. Abelardo Camarinha.</t>
   </si>
   <si>
     <t>200179</t>
   </si>
   <si>
     <t>Ramiro de Almeida Afonso, Ana Priscila Nunes Cervelin, Giseli Rodrigues Simões, José Adão Sanavio, Kiko, Niltinho, Nito, Ricardo Gonçalves Gutierrez, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Concede a Comenda de Honra ao Mérito Profissional "Coronel Galdino Ribeiro" ao Sr/Dr João Sardi Junior.</t>
   </si>
   <si>
     <t>200202</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
     <t>Nito, Ana Priscila Nunes Cervelin, Giseli Rodrigues Simões, José Adão Sanavio, Kiko, Niltinho, Ramiro de Almeida Afonso, Ricardo Gonçalves Gutierrez, Sara Barbosa Faria</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da redação dos § 1º, 2º e 3º do artigo 117, revoga o inciso XXVII do artigo 64, bem como acrescenta o artigo 117-A, todos da Lei Orgânica do município de Gália, e dá outras providências.</t>
   </si>
   <si>
     <t>200210</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200210/substitutivo.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200210/substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização a ser aplicada na cobrança do imposto predial territorial urbano - IPTU e demais tributos municipais constantes do código tributário municipal, exceto ITBI, bem como institui o Programa de recuperação Fiscal - REFIS, destinado a promover a regularização de créditos do município decorrentes de débitos do sujeito passivo, pessoa física ou jurídica, relativos a tributos municipais.</t>
   </si>
   <si>
     <t>200211</t>
   </si>
   <si>
     <t>Nito, Giseli Rodrigues Simões, Niltinho, Ricardo Gonçalves Gutierrez, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200211/substitutivo2.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200211/substitutivo2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 1.811/2006, com alterações trazidas pelas Leis municipais nº 1.844/2006 e 1.861/2007, e dá outras providências.</t>
   </si>
   <si>
     <t>200169</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>RENATO INACIO GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200169/vetoaopl014.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200169/vetoaopl014.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei nº 014/2022.</t>
   </si>
   <si>
     <t>200170</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200170/vetoaopl012.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200170/vetoaopl012.pdf</t>
   </si>
   <si>
     <t>Veto ao PL nº 012/2022.</t>
   </si>
   <si>
     <t>200171</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200171/vetoaopl015.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200171/vetoaopl015.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei nº 015/2022.</t>
   </si>
   <si>
     <t>200172</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200172/veto_ao_pl_018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200172/veto_ao_pl_018.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei nº 018/2022.</t>
   </si>
   <si>
     <t>200243</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200243/vetoaopl019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200243/vetoaopl019.pdf</t>
   </si>
   <si>
     <t>Veto ao PL nº 019/2022.</t>
   </si>
   <si>
     <t>200247</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200247/veto_ao_pl0082022.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200247/veto_ao_pl0082022.pdf</t>
   </si>
   <si>
     <t>Veto ao PL nº 008/2022.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/70/emendas.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/70/emendas.pdf</t>
   </si>
   <si>
     <t>Emendas Ao PL nº 005/2022 - CM.</t>
   </si>
   <si>
     <t>200007</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200007/emenda.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200007/emenda.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei nº 007/2022 - CM.</t>
   </si>
   <si>
     <t>200055</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200055/emenda.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200055/emenda.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda ao Projeto de Lei nº 005/2022-CM.</t>
   </si>
   <si>
     <t>200112</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200112/propostadeemenda.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200112/propostadeemenda.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda ao PL nº 008/2022 - CM, de autoria do Vereador Nilton Cezar Antonio.</t>
   </si>
   <si>
     <t>200124</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200124/04011001.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200124/04011001.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda ao PL nº 047/2021._x000D_
 Altera o artigo 3º, do Projeto de Lei nº 047/2021, bem como inclui novo texto no artigo 8º e 9º e renumera os atuais artigos 8º e 9º que dispõe sobre a autorização para cessão na forma de permissão de uso de bem público, à Empresa Roratto &amp; Roratto Ltda - ME.</t>
   </si>
   <si>
     <t>200126</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200126/04011002.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200126/04011002.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda ao PL nº 047/2021._x000D_
 Altera o artigo 1º do Projeto de Lei Nº 047/2021, que dispõe sobre a autorização para a cessão na forma de prmissão de uso de bem público, á Empresa Roratto &amp; Roratto Ltda - ME</t>
   </si>
   <si>
     <t>200180</t>
   </si>
   <si>
     <t>Substitui a redação do texto do artigo 4º do Projeto de Lei nº 051/2021, na qual dispõe sobre autorização para cessão de uso de imóvel público em permissão de uso para a Câmara Municipal de Gália/SP e dá outras providências.</t>
   </si>
   <si>
     <t>200245</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200245/emendaaopl086.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200245/emendaaopl086.pdf</t>
   </si>
   <si>
     <t>Altera os textos dos arts. 1º, 2º e 4º do Projeto de Lei nº 086/2022.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/29/indicacao01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/29/indicacao01.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição de um rolo compactador para manutenção das vias públicas do município de Gália/SP.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao2.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao2.pdf</t>
   </si>
   <si>
     <t>Pede tomada de providências na manutenção da via de acesso ao Núcleo Urbano Santa Marta.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao3.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao3.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do Município de Gália/SP para da início a Processo Legislativo, junto à Câmara Municipal de Gália/SP, e outras providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao4.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao4.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do Município de Gália/SP para promover a contratação de docentes temporariamente.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Kiko, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao5.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao5.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder executivo do Município de Gália/SP para promover a disponibilidade de espaço/imóvel para construção de espaço de acolhimento de animais abandonados.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao6.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao6.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder executivo do Município de Gália/SP para promover a disponibilidade de espaço/imóvel para a construção de cemitério de animais domésticos.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao7.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao7.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA/SP PARA PROMOVER A CONSTRUÇÃO DE COBERTURAS METÁLICAS E/OU SIMILARES.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao8.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao8.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA/SP PARA PROMOVER A LIMPEZA DOS BUEIROS DO MUNICÍPIO DE GÁLIA/SP</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao9.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao9.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA/SP PARA PROMOVER A MANUTENÇÃO DE PLACA INFORMATIVA</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Ana Priscila Nunes Cervelin</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao10.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao10.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA/SP PARA PROMOVER A CONTRATAÇÃO DE EVENTO PARA AS FESTIVIDADES DO DIA 14/04/2022</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao11.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao11.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA/SP PARA A INSTALAÇÃO DE SINALIZAÇÃO DE TRANSITO NA AVENIDA MARTINIANO INACIO GONÇALVES.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/58/indicacao12.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/58/indicacao12.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA/SP PARA A INSTALAÇÃO DE UMA ACADEMIA DA SAUDE NA PRAÇA DA BIBLIA</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao13.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao13.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA/SP PARA QUE SEJA CONCEDIDO ADICIONAL DE INSALUBRIDADE AOS SERVIDORES DA EDUCAÇÃO</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Ana Priscila Nunes Cervelin, Ramiro de Almeida Afonso</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao14.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao14.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA/SP PARA QUE PROMOVA A MANUTENÇÃO DE PONTES DO MUNICIPIO DE GÁLIAS/SP</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao15.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao15.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO DO MUNICÍPIO DE GÁLIA/SP PARA QUE INSTALE REDUTOR DE VELOCIDADE EM LOGRADOURO PÚBLICO</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/72/indicacao16.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/72/indicacao16.pdf</t>
   </si>
   <si>
     <t>Sugere a elaboração de um cronograma para a realização das detetizações em residências no município de Gália.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao17.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao17.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de câmeras de segurança em pontos estratégicos no município de Gália/SP.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento18.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento18.pdf</t>
   </si>
   <si>
     <t>Sugere a aquisição de equipamentos para a cozinha piloto Prefeito Aliato Sasso.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao19.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao19.pdf</t>
   </si>
   <si>
     <t>Sugere atuação da municipalidade em conjunto com o Hospital São Vicente junto à Companhia Paulista de Força e Luz - CPFL.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Ricardo Gonçalves Gutierrez, Giseli Rodrigues Simões, Niltinho, Nito, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/76/indicacao20.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/76/indicacao20.pdf</t>
   </si>
   <si>
     <t>Sugere o envio de Projeto de Lei à Câmara Municipal de Gália/SP acerca do REFIS dos tributos municipais.</t>
   </si>
   <si>
     <t>200016</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200016/indicacao021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200016/indicacao021.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP o asfaltamento de logradouro público.</t>
   </si>
   <si>
     <t>200018</t>
   </si>
   <si>
     <t>José Adão Sanavio</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200018/indicacao22.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200018/indicacao22.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser contratado profissional de fisioterapia.</t>
   </si>
   <si>
     <t>200019</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200019/indicacao23.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200019/indicacao23.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser firmado convênio com o Estado de São Paulo.</t>
   </si>
   <si>
     <t>200020</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200020/indicacao24.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200020/indicacao24.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser reparado pavimento asfáltico.</t>
   </si>
   <si>
     <t>200021</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200021/indicacao25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200021/indicacao25.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser intensificada a nebulização de combate ao Mosquito Aedes Aegypti.</t>
   </si>
   <si>
     <t>200022</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200022/indicacao26.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200022/indicacao26.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser promovido reparo em iluminação pública.</t>
   </si>
   <si>
     <t>200023</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200023/indicacao27.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200023/indicacao27.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser promovidas melhorias na via de acesso Luciano Rivaben.</t>
   </si>
   <si>
     <t>200030</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200030/indicacao028.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200030/indicacao028.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder executivo do Município de Gália/SP a possibilidade de ser revitalizado o Lago Municipal.</t>
   </si>
   <si>
     <t>200031</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200031/indicacao029.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200031/indicacao029.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser construída "Concha Acústica"  no Lago Municipal.</t>
   </si>
   <si>
     <t>200032</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200032/indicacao030.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200032/indicacao030.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser enviado Projeto de Lei visando alteração no texto da Lei Municipal nº 2.215, de 05 de agosto de 2013.</t>
   </si>
   <si>
     <t>200033</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200033/indicacao031.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200033/indicacao031.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser construída uma "Academia da Saúde" no Bairro São Benedito.</t>
   </si>
   <si>
     <t>200034</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200034/indicacao032.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200034/indicacao032.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser construída um redutor de velocidade na Rua José Garib.</t>
   </si>
   <si>
     <t>200035</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200035/indicacao033.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200035/indicacao033.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder |Executivo do município de Gália/SP a possibilidade de ser instaladas cabines em veículos agrícolas da municipalidade.</t>
   </si>
   <si>
     <t>200036</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200036/indicacao034.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200036/indicacao034.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder executivo do município de Gália/SP a possibilidade de ser promovidas melhorias na Rodovia Estadual SP-331.</t>
   </si>
   <si>
     <t>200039</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200039/indicacao035.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200039/indicacao035.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser promovidas melhorias na Rodovia Estadual SP - 331.</t>
   </si>
   <si>
     <t>200042</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200042/indicacao036.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200042/indicacao036.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do Município de Gália/SP a possibilidade de ser construída uma cobertura metálica ou similar junto ao centro de referência da assistência social "Ursulina Rivaben".</t>
   </si>
   <si>
     <t>200043</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200043/indicacao037.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200043/indicacao037.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do Município de Gália/SP a possibilidade de ser instaladas placas de sinalização na Avenida João Ferreira.</t>
   </si>
   <si>
     <t>200047</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200047/indicacao038.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200047/indicacao038.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália para que designe funcionários para auxiliarem na manutenção de do Ginásio de Esportes, Campo e Piscina Municipal.</t>
   </si>
   <si>
     <t>200048</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200048/indicacao039.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200048/indicacao039.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do Município de Gália/SP para que promova o asfaltamento do acostamento da via Gália/SP - Rod. Est. SP-331.</t>
   </si>
   <si>
     <t>200052</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200052/indicacao040.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200052/indicacao040.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do Município de Gália/SP para que promova a construção de calçamento  em  via pública.</t>
   </si>
   <si>
     <t>200053</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200053/indicacao041.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200053/indicacao041.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP para que promova  a instalação  de bancos em ponto de ônibus para estudantes.</t>
   </si>
   <si>
     <t>200060</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200060/indicacao042.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200060/indicacao042.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo do município de Gália/SP a possibilidade de ser melhorada iluminação pública.</t>
   </si>
   <si>
     <t>200062</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200062/indicacao043.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200062/indicacao043.pdf</t>
   </si>
   <si>
     <t>Sugere a parceria entre o município de Gália e o curso de medicina que esta sendo criado pelo grupo FAEF de Garça.</t>
   </si>
   <si>
     <t>200064</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200064/indicacao044.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200064/indicacao044.pdf</t>
   </si>
   <si>
     <t>Sugere a parceria entre o município de Gália e à empresa Paschoalotto de Bauru.</t>
   </si>
   <si>
     <t>200115</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200115/indicacao045.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200115/indicacao045.pdf</t>
   </si>
   <si>
     <t>Sugere a intermediação e suporte por parte do Poder Executivo para possíveis parcerias entre os agricultores e empresas de meio de produção.</t>
   </si>
   <si>
     <t>200132</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200132/04011006.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200132/04011006.pdf</t>
   </si>
   <si>
     <t>Sugere a reforma e manutenção do Portal de entrada do município de Gália/SP.</t>
   </si>
   <si>
     <t>200133</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200133/04011005.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200133/04011005.pdf</t>
   </si>
   <si>
     <t>Sugere a reforma e manutenção dos banheiros e cobertura do prédio da rodoviária "Ari Carlos Beraldin".</t>
   </si>
   <si>
     <t>200160</t>
   </si>
   <si>
     <t>Ana Priscila Nunes Cervelin, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200160/indicacao048.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200160/indicacao048.pdf</t>
   </si>
   <si>
     <t>Sugere a regulamentação da área de segurança escolar.</t>
   </si>
   <si>
     <t>200161</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200161/indicacao049.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200161/indicacao049.pdf</t>
   </si>
   <si>
     <t>Sugere a poda de árvores em logradouros públicos.</t>
   </si>
   <si>
     <t>200162</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200162/indicacao050.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200162/indicacao050.pdf</t>
   </si>
   <si>
     <t>Sugere a designação de Assistente Social para atuar junto à Secretaria Municipal de Saúde do município de Gália/SP.</t>
   </si>
   <si>
     <t>200181</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200181/indicacao051.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200181/indicacao051.pdf</t>
   </si>
   <si>
     <t>Sugere a regularização do Ginásio de Esportes "Leôncio Silva" para realização de práticas esportivas, e indica outras providências.</t>
   </si>
   <si>
     <t>200225</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200225/indicacao52.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200225/indicacao52.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de manutenção emergencial da Rodovia Vicinal "Sebastião Raineres de Freitas".</t>
   </si>
   <si>
     <t>200226</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200226/indicacao53.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200226/indicacao53.pdf</t>
   </si>
   <si>
     <t>Sugere a denominação da Praça do Núcleo Habitacional "Bruno Barneze Inácio Gonçalves.</t>
   </si>
   <si>
     <t>200240</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200240/indicacao54.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200240/indicacao54.pdf</t>
   </si>
   <si>
     <t>Sugere a criação de vaga e contratação de terapeuta ocupacional para as diversas demandas da Prefeitura Municipal de Gália.</t>
   </si>
   <si>
     <t>200241</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200241/indicacao55.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200241/indicacao55.pdf</t>
   </si>
   <si>
     <t>Sugere antecipação do vale-alimentação de dezembro para pagamento antes da confraternização natalina.</t>
   </si>
   <si>
     <t>200127</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200127/04011007.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200127/04011007.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Apoio a Classe do Magistério Público do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200128</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200128/04011008.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200128/04011008.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Apoio ao quadro de Servidores do município de Gália/SP.</t>
   </si>
   <si>
     <t>200129</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200129/04011009.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200129/04011009.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Apoio à aprovação dos Projetos de Lei nº 1559/2021, nº 2028/2021 e nº 3.502/2021, que dispõem sobre o piso salarial do profissional farmacêutico.</t>
   </si>
   <si>
     <t>200130</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200130/04011010.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200130/04011010.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Apoio à aprovação do Projeto de Lei nº 2.564/2020, que dispõe sobre o piso salarial dos profissionais enfermeiros, técnicos, auxiliares de enfermagem e parteiras.</t>
   </si>
   <si>
     <t>200131</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200131/04011011.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200131/04011011.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Apoio à aprovação do  Projeto de Lei 1.214/2019, na qual acrescenta artigo a lei nº 4.119, de 27 de agosto de 1962, que "dispõe sobre os cursos de formação em psicologia e regulamenta a profissão de psicólogo", para fixar a duração do trabalho do psicólogo em até trinta horas semanais.</t>
   </si>
   <si>
     <t>200201</t>
   </si>
   <si>
     <t>NILTON SHIGENORI MASSUDA, Ana Priscila Nunes Cervelin, Giseli Rodrigues Simões, José Adão Sanavio, Kiko, Niltinho, Ramiro de Almeida Afonso, Ricardo Gonçalves Gutierrez, Sara Barbosa Faria</t>
   </si>
   <si>
     <t>Encaminha Moção de Pesar pelo passamento do Segundo Tenente do Exército Brasileiro Sr. Ruy de Noronha Goyos, Ex-Combatente e membro da Força Expedicionária Brasileira - FEB.</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/50/requerimento01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/50/requerimento01.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PREFEITO MUNICIPAL  DA CIDADE DE GÁLIA PARA QUE NO PRAZO LEGAL SE DIGNE RESPONDER AS SEGUINTES INDAGAÇOES SOBRE A  CRECHE RUTH COELHO.</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento03.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento03.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PREFEITO MUNICIPAL  DA CIDADE DE GÁLIA PARA QUE NO PRAZO LEGAL SE DIGNE RESPONDER AS SEGUINTES INDAGAÇOES SOBRE A  ILUMINAÇÃO DA PRAÇA DOS ESTUDANTES.</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento04.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento04.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PREFEITO MUNICIPAL  DA CIDADE DE GÁLIA PARA QUE NO PRAZO LEGAL SE DIGNE RESPONDER AS SEGUINTES INDAGAÇOES SOBRE A POSSIBILIDADE DE SE CONSTRUIR O CALÇAMENTO (CALÇADA ECOLOGICA) EM FRENTE A EMEI CRECHE RUTH COELHO.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PREFEITO MUNICIPAL DA CIDADE DE GÁLIA PARA QUE NO PRAZO LEGAL SE DIGNE RESPONDER AS SEGUINTES INDAGAÇOES SOBRE A POSSIBILIDADE DE SE CONSTRUIR O CALÇAMENTO (CALÇADA ECOLÓGICA) EM FRENTE A EMEI CRECHE RUTH COELHO.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/67/requerimento5.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/67/requerimento5.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre quais as providências podem ser tomadas para que seja retirado o veículo automotor que se encontra abandonado à Rua Prefeito Romeu Scaramucci, nº 417, Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento6.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento6.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre quais os critérios são utilizados para que os de crianças menores, sobretudo aquelas com idade de frequentar o berçário, possam matricular seus filhos na Creche Profº Ruth Coelho, e se atualmente há vagas disponíveis.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento7.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento7.pdf</t>
   </si>
   <si>
     <t>Requisito cópia dos extratos dos movimentos financeiros da conta relativa aos aportes de recursos referentes ao Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação (Fundeb).</t>
   </si>
   <si>
     <t>200013</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200013/requerimento08.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200013/requerimento08.pdf</t>
   </si>
   <si>
     <t>Requeiro cópia  integral do processo ou procedimento similar, na qual converteu a UFs EMEI MATHILDE FERREIRA e CRECHE PROFª RUTH COELHO em ESCOLAS DE ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>200014</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200014/requerimento09.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200014/requerimento09.pdf</t>
   </si>
   <si>
     <t>Requeiro informações referente à EMEI MATHILDE FERREIRA.</t>
   </si>
   <si>
     <t>200015</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200015/04011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200015/04011000.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre o piso salarial dos professores da rede municipal de ensino de Gália.</t>
   </si>
   <si>
     <t>200024</t>
   </si>
   <si>
     <t>Solicito informações sobre quantas crianças na faixa etária para a vacinação contra a covid-19 ainda não iniciaram ou terminaram esquema vacinal; e quantas crianças se encontram esperando para agendamento para atendimento especializado de psiquiatria, neurologia e realização de exames de imagens.</t>
   </si>
   <si>
     <t>200040</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200040/requerimento012.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200040/requerimento012.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a possibilidade de ser instaladas placas que sinalizem o trafego de pedestres e ciclistas na via de acesso Luciano Rivaben e outros.</t>
   </si>
   <si>
     <t>200041</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200041/requerimento013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200041/requerimento013.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a possibilidade de ser instaladas placas que indiquem o trafego de pedestres e ciclistas no trevo de acesso a Rod. SP-294 com sentido a Gália, e nas proximidades da esquina da Rua José Gutierrez com a Rua Sebastião Raineres de Freitas e outros.</t>
   </si>
   <si>
     <t>200049</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200049/requerimento014.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200049/requerimento014.pdf</t>
   </si>
   <si>
     <t>Requeiro  informações sobre a carteira de Identificação da Pessoa com Transtorno do Espectro Autista (CIPTEA) está sendo emitida pelos órgãos responsáveis desse município.</t>
   </si>
   <si>
     <t>200056</t>
   </si>
   <si>
     <t>Giseli Rodrigues Simões, Nito, Ramiro de Almeida Afonso</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200056/requerimento015.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200056/requerimento015.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se existe a possibilidade de serem instalados pontos luminosos com maior potência na área de lazer na qual contem uma academia ao ar livre, sito no final da Rua D. Ayda B. ferreira, e a devida manutenção como por exemplo pintura e manutenção dos aparelhos ali instalados.</t>
   </si>
   <si>
     <t>200059</t>
   </si>
   <si>
     <t>Kiko, Ana Priscila Nunes Cervelin, Giseli Rodrigues Simões, José Adão Sanavio, Niltinho, Nito, Ramiro de Almeida Afonso, Ricardo Gonçalves Gutierrez, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200059/requerimento016.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200059/requerimento016.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se existe a possibilidade de ser encaminhado ao poder Legislativo do Município de Gália/SP, Projeto de Lei com o objetivo de conceder aumento real na remuneração dos servidores públicos do município de Gália/SP vinculados ao Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>200061</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200061/requerimento017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200061/requerimento017.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se  existe a possibilidade de ser concedida adicional de insalubridade às servidoras públicas municipais investidas no cargo/função de merendeiras.</t>
   </si>
   <si>
     <t>200071</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200071/requerimento18.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200071/requerimento18.pdf</t>
   </si>
   <si>
     <t>Requeiro informações  sobre qual o prazo previsto para ser promovida a reinstalação dos brinquedos que foram retirados do Projeto Colméia para manutenção.</t>
   </si>
   <si>
     <t>200072</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200072/requerimento19.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200072/requerimento19.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se existe a possibilidade de ser promovida a separação dos resíduos (lixo) pelo CRAS, Projeto Colméia e Cadastro Único.</t>
   </si>
   <si>
     <t>200073</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200073/requerimento20.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200073/requerimento20.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se existe a possibilidade de ser realizado um projeto de plantio de árvores, se for o caso, na Avenida João Ferreira e na Rua Prefeito Romeu Scaramucci.</t>
   </si>
   <si>
     <t>200076</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200076/requerimento21.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200076/requerimento21.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre quais os motivos levaram o município de Gália/SP a deixar de descumprir o disposto no art. 38 da Lei Federal nº 14.113/20, e que medidas serão tomadas para sanar a omissão apontada com objetivo de regularizar a situação do município no que tange a complementação do Valor Aluno Ano Total - VAAT do FUNDEB.</t>
   </si>
   <si>
     <t>200077</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200077/requerimento22.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200077/requerimento22.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se existe no quadro do Município de Gália servidor investido no cargo ou emprego público de Terapeuta Ocupacional.</t>
   </si>
   <si>
     <t>200078</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200078/requerimento23.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200078/requerimento23.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre o estágio probatório, mas especificamente aqueles vinculados à Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>200079</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200079/requerimento24.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200079/requerimento24.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre quantos servidores investidos no emprego público de provimento de Técnico de Enfermagem existem no quadro de servidores da Prefeitura Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>200080</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200080/requerimento25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200080/requerimento25.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre quantos estudantes do curso de Psicologia encontram-se desenvolvendo atividade de estágio remunerado junto à Pasta da Secretaria da Saúde do Município de Gália; qual a demanda de atendimentos Psicológicos mensal por parte desta secretaria, e qual a possibilidade do servidor investido no emprego público de provimento de Psicólogo da Prefeitura Municipal de Gália/SP, em estender sua jornada de trabalho para atender as demandas de atendimento.</t>
   </si>
   <si>
     <t>200081</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200081/requerimento26.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200081/requerimento26.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre quantos estudantes do curso de Psicologia encontram-se desenvolvendo atividade de estágio remunerado junto à Pasta da Secretaria da Educação do Município de Gália/SP, e qual a forma de atuação dos estudantes do curso que se encontram desenvolvendo atividade de estágio remunerado.</t>
   </si>
   <si>
     <t>200082</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200082/requerimento27.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200082/requerimento27.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre quantas famílias estão sendo mantidas atualmente pelo CRAS.</t>
   </si>
   <si>
     <t>200083</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200083/requerimento28.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200083/requerimento28.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser contratado um Médico Ginecologista para atender as munícipes de nossa cidade para disponibilizar o atendimento às munícipes, ao menos, uma vez por mês.</t>
   </si>
   <si>
     <t>200084</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200084/requerimento29.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200084/requerimento29.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser contratado um profissional Terapeuta Ocupacional para atender o disposto na Lei federal nº 12.764/2012.</t>
   </si>
   <si>
     <t>200085</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200085/requerimento30.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200085/requerimento30.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser contratado um profissional Terapeuta Ocupacional para atender o disposto na Lei Federal nº 14.231 de 28 de outubro de 2021.</t>
   </si>
   <si>
     <t>200088</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200088/requerimento_31.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200088/requerimento_31.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser disponibilizado o Ginásio de Esportes municipal de Gália/SP para a prática da modalidade esportiva de Vôlei Feminino nos dias de sábado e domingos, das 14h00 às 17h00 (exceto nos dias que houver eventos), deixando um servidor ou pessoa alheia aos quadros de servidores da Prefeitura, para ficar responsável para abrir e fechar o citado local.</t>
   </si>
   <si>
     <t>200097</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200097/requerimento032.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200097/requerimento032.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade de ser conferida continuidade no atendimento e/ou recebimento das crianças matriculadas na Creche Professora "Ruth Coelho" no período de recesso escolar, notadamente no que tange as crianças nos quais  os pais trabalham.</t>
   </si>
   <si>
     <t>200098</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200098/requerimento033.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200098/requerimento033.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade de ser alterada numeração do CEP nas placas indicativas nas Ruas do município de Gália/SP; e se há também a possibilidade de serem instaladas as placas indicativas no município de Gália/SP.</t>
   </si>
   <si>
     <t>200099</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200099/requerimento34.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200099/requerimento34.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade do município de Gália/SP em parceria com o Hemocentro da cidade de Marília/SP, em promover a coleta de sangue de doadores em nossa cidade de Gália/SP.</t>
   </si>
   <si>
     <t>200110</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200110/requerimento035.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200110/requerimento035.pdf</t>
   </si>
   <si>
     <t>Solicita informações referente a contratação de empresa especializada para execução de obra de adequação de toda à parte elétrica, entrada de energia, fiações na EMEF. CEL. GALDINO RIBEIRO.</t>
   </si>
   <si>
     <t>200111</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200111/requerimento036.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200111/requerimento036.pdf</t>
   </si>
   <si>
     <t>Solicito cópia integral do procedimento (Processo Licitatório, Dispensa de Licitação ou qualquer outro utilizado pela Administração Municipal) referente às obras de melhoria para a implantação da Sala de Informática junto à EMEF Cel. Galdino Ribeiro.</t>
   </si>
   <si>
     <t>200113</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200113/requerimento037.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200113/requerimento037.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre quais foram os critérios utilizados pela Administração Municipal que deram guarida a apresentação e/ou protocolo do Projeto de Lei nº 022/2022, na qual se encontra em trâmite junto à Câmara Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>200114</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200114/requetimento038.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200114/requetimento038.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre quais os critérios são utilizados pela Administração Municipal para que seja encaminhado à Câmara Municipal de Gália/SP, Projeto de Lei que verse sobre a concessão de permissão de uso de bem público requerido por empresa interessada em se instalar no município de Gália/SP;  e Projeto de Lei que verse sobre autorização para pagamento de aluguel de bem particular para a instalação de empresa interessada em se instalar no município de Gália/SP.</t>
   </si>
   <si>
     <t>200118</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200118/04011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200118/04011000.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de serem comprados e/ou adquiridos contêineres para a destinação específica de coleta de lixo.</t>
   </si>
   <si>
     <t>200119</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200119/04011002.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200119/04011002.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre a possibilidade de intervenção por parte do Poder Público Municipal à Direção do Banco do Brasil - AS com a finalidade de melhorar a prestação de serviços bancários relativos à caixas eletrônicos, já que a manutenção de um único ponto junto à Base da PM se mostra insuficiente.</t>
   </si>
   <si>
     <t>200120</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200120/04011001.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200120/04011001.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre qual a programação por parte do Poder Público do Município de Gália/SP atinente o plantio de grama na área do entorno do Velório Municipal "Guido Parussolo", próximo à Rua Calixto Rezek Anderey.</t>
   </si>
   <si>
     <t>200121</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200121/04011012.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200121/04011012.pdf</t>
   </si>
   <si>
     <t>Requeiro informações  sobre qual a programação por parte do Poder Público do Município de Gália/SP atinente a correção da erosão causadas pelas águas pluviais na Praça Carlos Pereira Cardoso, no núcleo habitacional vereador José Silvino Zaniboni.</t>
   </si>
   <si>
     <t>200140</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200140/03011004.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200140/03011004.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade de ser regulamentada, bem como providenciada, a reserva de vagas especiais de estacionamento de veículos automotores destinados, idosos e pessoas com deficiência e gestantes.</t>
   </si>
   <si>
     <t>200141</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200141/03011005.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200141/03011005.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade de ser regulamentado o estacionamento de veículos automotores na modalidade 45 defronte a Igreja Católica e nos demais templos religiosos, e no espaço defronte ao Clube da Terceira Idade.</t>
   </si>
   <si>
     <t>200142</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200142/03011006.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200142/03011006.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade do Poder Público Municipal instalar à Diretoria da Concessionária EIXO para que informe se o serviço de wi-fi encontra-se ativo aos usuários da via.</t>
   </si>
   <si>
     <t>200143</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200143/03011001.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200143/03011001.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre a melhoria na Praça da Bíblia.</t>
   </si>
   <si>
     <t>200144</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200144/03011002.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200144/03011002.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade do Poder Público Municipal, mediante a atuação da Secretaria Municipal de Saúde, trazer para o município de Gália/SP a carreta do Programa "Mulheres de Peito", com o objetivo de realizar os exames preventivos nas munícipes galienses.</t>
   </si>
   <si>
     <t>200145</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200145/03011003.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200145/03011003.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade do Poder Público Municipal promover a melhoria na iluminação pública na Praça dos Estudantes.</t>
   </si>
   <si>
     <t>200150</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200150/03011004.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200150/03011004.pdf</t>
   </si>
   <si>
     <t>Para evitar qualquer infração de natureza ambiental, o que incluiria multas impostas à municipalidade de Gália/SP, solicito informações se a Administração Municipal já aferiu a existência ou não de nascentes d'água na área, objeto do Decreto nº 1.858, de 25/02/2022.</t>
   </si>
   <si>
     <t>200157</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200157/requerimento050.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200157/requerimento050.pdf</t>
   </si>
   <si>
     <t>Poderia o Poder Executivo, no uso de suas atribuições, enviar para essa casa um Projeto de Leis afim de que o pagamento do vale seja feito de forma pecúnia com pagamento em folha.</t>
   </si>
   <si>
     <t>200158</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200158/requerimento051.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200158/requerimento051.pdf</t>
   </si>
   <si>
     <t>Considerando que a Av. José Bassan Filho vem sendo utilizado por munícipes para a prática de exercícios físicos, solicito informações sobre a possibilidade de ser construída na lateral dessa via, uma passarela exclusiva para a prática de caminhada, e haveria a possibilidade de colocar placas de trânsito impedindo nessa via após o horário comercial.</t>
   </si>
   <si>
     <t>200159</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200159/requerimento052.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200159/requerimento052.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade de ser majorado o percentual concedido a título adicional de insalubridade de 20% do salário mínimo para 40% do salário mínimo, aos servidores municipais que desenvolvem a atividade de motorista de ambulância, devido o risco de contaminação biológica.</t>
   </si>
   <si>
     <t>200173</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200173/requreimento53.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200173/requreimento53.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade de serem construídas alças de acesso e conversão aos 2 (dois) acessos ao Núcleo Habitacional Vereador José Silvino Zaniboni com objetivo de garantir mais segurança tanto aos moradores do mencionado Núcleo com os motoristas usuários da via.</t>
   </si>
   <si>
     <t>200186</t>
   </si>
   <si>
     <t>Niltinho, Nito, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200186/requerimento054.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200186/requerimento054.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre o novo Distrito Industrial.</t>
   </si>
   <si>
     <t>200187</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200187/requerimento055.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200187/requerimento055.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre a disponibilidade do Ginásio Municipal de Esportes para uso dos munícipes.</t>
   </si>
   <si>
     <t>200188</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200188/requerimento056.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200188/requerimento056.pdf</t>
   </si>
   <si>
     <t>Solicito informações se existe a possibilidade do Poder Executivo Municipal, no uso de suas atribuições, procurar um melhor acordo com as Prefeituras parceiras nesse serviço afim de que os ônibus com mais capacidade sejam realocados para os trajetos mais longos.</t>
   </si>
   <si>
     <t>200189</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200189/requerimento057.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200189/requerimento057.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre qual o critério ou planejamento utilizado para a priorização das ruas que serão asfaltadas ou recapeadas, e se existe a possibilidade de o Poder Executivo Municipal realizar o asfaltamento do trecho final da Av. João Ferreira.</t>
   </si>
   <si>
     <t>200190</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200190/requerimento058.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200190/requerimento058.pdf</t>
   </si>
   <si>
     <t>Pede informações referente ao acompanhante especializado.</t>
   </si>
   <si>
     <t>200198</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200198/requerimento59.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200198/requerimento59.pdf</t>
   </si>
   <si>
     <t>Solicito informações quanto as providências que foram e/ou serão tomadas em relação ao imóvel, objeto do Processo de Licitação nº 00059/2022.</t>
   </si>
   <si>
     <t>200199</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200199/requerimento060.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200199/requerimento060.pdf</t>
   </si>
   <si>
     <t>Solicito informações quanto as providências foram ou serão tomadas para minimizar os estragos advindos com o aumento das águas pluviais na Rua Dª Maria Cartolari.</t>
   </si>
   <si>
     <t>200200</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200200/requerimento61.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200200/requerimento61.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre quais providências foram ou serão tomadas em relação ao comportamento da Fonoaudióloga Cristiane de Almeida Fernandes Ribeiro, por ocasião da palestra ministrada para os servidores da Educação do município de Gália/SP.</t>
   </si>
   <si>
     <t>200205</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200205/01011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200205/01011000.pdf</t>
   </si>
   <si>
     <t>Solicito informações se existe a possibilidade de ser promovida a melhora no sistema de iluminação público da Praça do Rotary Club.</t>
   </si>
   <si>
     <t>200206</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200206/01011001.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200206/01011001.pdf</t>
   </si>
   <si>
     <t>Solicito informações se existe a possibilidade de ser promovida a melhora de iluminação pública da Portaria do Cemitério Municipal.</t>
   </si>
   <si>
     <t>200207</t>
   </si>
   <si>
     <t>Existe a possibilidade de ser promovida a manutenção, inclusive do entorno, da Quadra Poliesportiva e da Pista de Skate, ambas localizadas no Núcleo Habitacional Jardim das Amoreiras.</t>
   </si>
   <si>
     <t>200208</t>
   </si>
   <si>
     <t>Solicito informações se existe a possibilidade de ser promovida a manutenção no pavimento asfáltico da Rua José Bassan.</t>
   </si>
   <si>
     <t>200227</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Nito, Giseli Rodrigues Simões, José Adão Sanavio, Niltinho, Ricardo Gonçalves Gutierrez, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200227/requerimento066.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200227/requerimento066.pdf</t>
   </si>
   <si>
     <t>Solicito informações se existe algum projeto em execução voltado para a construção de banheiros públicos no entorno do Lago Municipal.</t>
   </si>
   <si>
     <t>200228</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200228/requerimento67.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200228/requerimento67.pdf</t>
   </si>
   <si>
     <t>Solicito informações se existe a possibilidade e/ou viabilidade de ser construído um ponto com cobertura na Praça da Bíblia para atender os usuários, sobretudo os pais e crianças que usam o referido ponto como parada de transporte público escolar.</t>
   </si>
   <si>
     <t>200229</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200229/requerimento68.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200229/requerimento68.pdf</t>
   </si>
   <si>
     <t>Solicito informações se existe a possibilidade de ser reservada parte da área adquirida pelo Poder Público Municipal para ampliação do Cemitério Municipal, para que as associações e/ou Empresas do ramo de recicláveis passam utilizá-las para a coleta e seleção de matérias recicláveis (resíduos sólidos).</t>
   </si>
   <si>
     <t>200231</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200231/requerimento69.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200231/requerimento69.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre a realização das placas de sinalização.</t>
   </si>
   <si>
     <t>200232</t>
   </si>
   <si>
     <t>Niltinho, Nito</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200232/requerimento70.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200232/requerimento70.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre o Projeto Lei nº 005/2022.</t>
   </si>
   <si>
     <t>200233</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200233/requerimento71.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200233/requerimento71.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre o Vale Alimentação dos servidores em pecúnia.</t>
   </si>
   <si>
     <t>200234</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200234/requerimento72.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200234/requerimento72.pdf</t>
   </si>
   <si>
     <t>Solicito informações se existe a possibilidade de ser lançada uma campanha de conscientização por parte da Prefeitura Municipal, para que os proprietários de áreas rurais do município possam colocar placas em suas propriedades, a fim de facilitar a identificação.</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Renato Inácio Gonçalves</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com o Departamento de Estradas de Rodagem  do Estado de São Paulo - DER/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200003</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200003/pl02.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200003/pl02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Alteração da Lei Municipal nº 2.101/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>Mesa Diretora 1ª Sessão Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/28/pl03.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/28/pl03.pdf</t>
   </si>
   <si>
     <t>Esta Lei altera a Lei Municipal nº 409, de 28 de dezembro de 1965, alterada anteriormente pela Lei Municipal nº 2.628, de 20 de novembro de 2021, e dá nova redação à alinea d do artigo 2º.-</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_04.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_04.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O REAJUSTE DO VALE ALIMENTAÇAO DOS EMPREGADOS PUBLICOS  DO MUNICÍPIO DE GÁLIA</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_06.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_06.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de empregos públicos no Regime Jurídico Único da Prefeitura do Município de Gália previsto na Lei nº 1.212/91, especificamente relacionados a àrea de Educação a serem  preenchidos na forma da lei, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/63/projetoexecutivo_07.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/63/projetoexecutivo_07.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER A DOAÇÃO, APOS CUMPRIMENTO OS ENCARGOS, DE IMOVEL DESAFETADO E SEM BENFEITORIAS, DE PROPRIEDADE DO MUNIUCIOPIO DE GÁLIA, A EMPRESA ALOISIO T. MITIUE ESQUADRILHAS ME</t>
   </si>
   <si>
     <t>200004</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200004/pl08.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200004/pl08.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de chácaras de recreio, em área de expansão urbana, no município de Gália, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_executivo09.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_executivo09.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CONCESSAO DE REPOSIÇÃO SALARIAL DOS EMPREGADOS PUBLICOS DO MUNICÍPIO DE GÁLIA/SP VINCULADO AO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei010.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUMENTO REAL DO BENEFICIO DO VALE ALIMENTAÇÃO DOS EMPREGADOS PUBLICOS DO MUINICÍPIO DE GÁLIA S/P</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_executivo_11.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_executivo_11.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ALTERAÇÃO DE METAS E VALORES, DIRETRIZES AO PPA 2022/2025, LDO PARA 2022, E A ABERTURA DE CREDITO ADICIONAL ESPECIAL E  SUPLEMENTAR AO ORÇAMENTO DE 2022 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_executivo12.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/43/projeteto_executivo14.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_executivo12.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_executivo13.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/43/projeteto_executivo14.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2.608/2021.</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_executivo15_.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_executivo15_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA /, LDO para , e a abertura de crédito adicional especial e suplementar ao orçamento de  e dá outras providências.</t>
   </si>
   <si>
     <t>200005</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200005/projetode_lei_016.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200005/projetode_lei_016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, LDO para 2022, e a abertura de credito adicional especial e suplementar ao orçamento de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>200008</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200008/projetoexecutivo17.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200008/projetoexecutivo17.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação e concessão de direito real de uso de bem público e dá outras providências.</t>
   </si>
   <si>
     <t>200010</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200010/projeto_executivo18.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200010/projeto_executivo18.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para cessão na forma de permissão de uso de bem público visando o fomento de emprego no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200011</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200011/projeto_executivo19.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200011/projeto_executivo19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para concessão de repasses a entidades do terceiro setor e dá outras providências.</t>
   </si>
   <si>
     <t>200012</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200012/projeto_executivo020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200012/projeto_executivo020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, LDO para 2022, e a abertura de crédito adicional especial e suplementar ao orçamento de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>200025</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200025/projetoexecutivo021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200025/projetoexecutivo021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do Inciso III do Art. 72 da Lei Municipal n. 2.302/15 e dá outras providências.</t>
   </si>
   <si>
     <t>200026</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200026/projeto_executivo022.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200026/projeto_executivo022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 2.302/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>200027</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200027/projetoexecutivo023.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200027/projetoexecutivo023.pdf</t>
   </si>
   <si>
     <t>200028</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200028/projetoexecutivo24.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200028/projetoexecutivo24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga de emprego público no Regime Jurídico Único da Prefeitura do Município de Gália previsto na Lei nº 1.212/91, especificamente relacionado à área da Saúde a ser preenchido na forma da lei, e dá outras providências.</t>
   </si>
   <si>
     <t>200029</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200029/projetoexutivo025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200029/projetoexutivo025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de nomes de rua e zona a ser urbanizada.</t>
   </si>
   <si>
     <t>200044</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200044/projeto_executivo026.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200044/projeto_executivo026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de função gratificada de responsável pela análise e condução de processos licitatórios e dá outras providências.</t>
   </si>
   <si>
     <t>200045</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200045/projeto_executivo_027.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200045/projeto_executivo_027.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, LDO para 2022, e a abertura de crédito adicional suplementar ao orçamento de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>200046</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200046/projeto_executivo028.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200046/projeto_executivo028.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de emprego público no Regime Jurídico Único da Prefeitura do Município de Gália previsto na Lei nº 1.212/91, especificamente relacionado à área de saúde a ser preenchido na forma da lei, e dá outras providências.</t>
   </si>
   <si>
     <t>200054</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200054/projetodeleiexecutivo029.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200054/projetodeleiexecutivo029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Municipal nº 2.215/2013, bem como sua alteração trazida pela Lei Municipal nº 2.551/2020 e possíveis outras alterações, que dispõe sobre a concessão de "Benefício Alimentação" aos empregados públicos do município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200057</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200057/projetoexecutivo0307.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200057/projetoexecutivo0307.pdf</t>
   </si>
   <si>
     <t>200065</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200065/projetodeleiexecutivo031.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200065/projetodeleiexecutivo031.pdf</t>
   </si>
   <si>
     <t>200066</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200066/projetoexecutivo032.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200066/projetoexecutivo032.pdf</t>
   </si>
   <si>
     <t>200069</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200069/projetoexecutivo033.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200069/projetoexecutivo033.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício de 2.023 e dá outras providências.</t>
   </si>
   <si>
     <t>200070</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200070/projetoexecutivo034.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200070/projetoexecutivo034.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, de metas e valores, diretrizes ao PPA 2022/2025, LDO para 2022, e a abertura de crédito adicional suplementar ao orçamento de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>200074</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200074/projetoexecutivo35.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200074/projetoexecutivo35.pdf</t>
   </si>
   <si>
     <t>200075</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200075/projetoexecutivo36.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200075/projetoexecutivo36.pdf</t>
   </si>
   <si>
     <t>200087</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200087/projetoexecutivo37.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200087/projetoexecutivo37.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, LDO para 2022, e a abertura de crédito adicional especial ao orçamento de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>200091</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200091/projetoexecutivo038.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200091/projetoexecutivo038.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização a Prefeitura Municipal de Gália para firmar convênio com o Egrégio Tribunal de Justiça do Estado de São Paulo visando a cessão de estagiário e dá outras providências.</t>
   </si>
   <si>
     <t>200094</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200094/projetoexecutivo39.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200094/projetoexecutivo39.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, e a abertura de crédito adicional, especial e suplementar ao orçamento de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>200095</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200095/projetoexecutivo040.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200095/projetoexecutivo040.pdf</t>
   </si>
   <si>
     <t>200096</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200096/projetodeleiexecutivo41.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200096/projetodeleiexecutivo41.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre a revogação da Lei Municipal nº2.413/17 e dá outras providências.</t>
   </si>
   <si>
     <t>200105</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200105/projetoexecutivo42.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200105/projetoexecutivo42.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores diretrizes ao PPA 2022/2025, LDO  para 2022, e a abertura de crédito adicional especial ao orçamento de 2022  e da outras providências.</t>
   </si>
   <si>
     <t>200102</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200102/projetoexecutivo43.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200102/projetoexecutivo43.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, LDO para 2022, e a abertura de crédito adicional suplementar ao orçamento de 2022 e dá outras providencias.</t>
   </si>
   <si>
     <t>200103</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200103/projetoexecutivo44.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200103/projetoexecutivo44.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONCESSÃO DE REPASSES A ENTIDADES DO TERCEIRO SETOR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>200101</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200101/projetoexecutivo45.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200101/projetoexecutivo45.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de zona de expansão urbana no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200104</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200104/projetoexecutivo46.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200104/projetoexecutivo46.pdf</t>
   </si>
   <si>
     <t>200122</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, LDO para 2022, e abertura de crédito adicional especial e suplementar ao orçamento de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>200125</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200125/04011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200125/04011000.pdf</t>
   </si>
   <si>
     <t>200134</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200134/04011013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200134/04011013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e denominação da Creche Municipal Professora Ruth Coelho a nível de Educação Infantil Creche no Município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200135</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200135/projetodelei050.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200135/projetodelei050.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para cessão na forma de permissão de uso de bem público visando o planejamento e a execução de programas relacionados a melhoria do bem-estar social, cultural e ao desenvolvimento das aptidões na área de comunicação social e humana da pessoa idosa no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200136</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200136/01011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200136/01011000.pdf</t>
   </si>
   <si>
     <t>200137</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200137/01011002.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200137/01011002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para concessão de repasses à entidades do terceiro setor e dá outras providências.</t>
   </si>
   <si>
     <t>200139</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200139/02011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200139/02011000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 2.656/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>200152</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200152/03011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200152/03011000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação de cercas vivas no Âmbito do município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200153</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200153/03011001.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200153/03011001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo comissionado de Procurador Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>200154</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200154/03011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200154/03011000.pdf</t>
   </si>
   <si>
     <t>200155</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200155/03011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200155/03011000.pdf</t>
   </si>
   <si>
     <t>200164</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200164/projetodelei058.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200164/projetodelei058.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de função gratificada de responsável pelo desenvolvimento de projetos de robótica escolar e dá outras providências.</t>
   </si>
   <si>
     <t>200165</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200165/projetodelei059.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200165/projetodelei059.pdf</t>
   </si>
   <si>
     <t>200166</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200166/projetodelei060.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200166/projetodelei060.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Rua Projetada na extensão de 3.717,60m2 paralelamente a Rodovia de acesso Vicinal Sebastião Raineres de Freitas, que será denominada de Rua João Claudino e dá outras providências.</t>
   </si>
   <si>
     <t>200167</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200167/projetodelei061.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200167/projetodelei061.pdf</t>
   </si>
   <si>
     <t>200174</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200174/projetodelei062.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200174/projetodelei062.pdf</t>
   </si>
   <si>
     <t>200175</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200175/projetodelei063.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200175/projetodelei063.pdf</t>
   </si>
   <si>
     <t>Acrescenta o § 4º ao artigo 1º da Lei Municipal 2.215/2013 que trata do "Vale Alimentação" e dá outras providências.</t>
   </si>
   <si>
     <t>200176</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200176/projetodelei064.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200176/projetodelei064.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para locação e cessão da forma de permissão de uso de bem particular visando o fomento de emprego no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200182</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200182/projeto065.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200182/projeto065.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação e estruturação do cemitério municipal de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200183</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200183/projeto066.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200183/projeto066.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de bem imóvel pertencente ao Município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200185</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200185/projeto067.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200185/projeto067.pdf</t>
   </si>
   <si>
     <t>200195</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200195/projetodelei068.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200195/projetodelei068.pdf</t>
   </si>
   <si>
     <t>Confere denominação ao Campo de Futebol da Praça Carlos Pereira Cardoso, existente no Núcleo Habitacional Vereador José Silvino Zaniboni.</t>
   </si>
   <si>
     <t>200196</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200196/projetodelei69.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200196/projetodelei69.pdf</t>
   </si>
   <si>
     <t>Confere denominação a Areninha localizada na Rua Epaminondas Barra s/n em Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200197</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200197/projetodelei070.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200197/projetodelei070.pdf</t>
   </si>
   <si>
     <t>200212</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200212/projetodelei071.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200212/projetodelei071.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a alteração, inclusão de metas e valores, definidos no Plano Plurianual PPA  2022/2025, na Lei de Diretrizes Orçamentarias para o exercício de 2023</t>
   </si>
   <si>
     <t>200213</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200213/projetodelei072.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200213/projetodelei072.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o orçamento municipal de 2023</t>
   </si>
   <si>
     <t>200214</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200214/projetodelei73.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200214/projetodelei73.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O VALOR MENSAL DE GRATIFICAÇÃO, A TÍTULO DE PRÓ - LABORE, AOS POLICIAIS MILITARES QUE REALIZAREM A FISCALIZAÇÃO E POLICIALEMTRO DO TRAQNSITO E TRÁFEGO NAS VIAS, E LOGRADOUROS DO MUNCÍPIO DE GÁLIA.</t>
   </si>
   <si>
     <t>200204</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200204/01011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200204/01011000.pdf</t>
   </si>
   <si>
     <t>200216</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200216/projetodelei075.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200216/projetodelei075.pdf</t>
   </si>
   <si>
     <t>Confere denominação ao Campo de Futebol da Praça Carlos Pereira Cardoso, existente no Núcleo Habitacional Vereador José Silvino Zaniboni. E dá outras providências.</t>
   </si>
   <si>
     <t>200217</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200217/projetodelei076.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200217/projetodelei076.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas de empregos públicos no regime Jurídico Único da Prefeitura do Munícipio de Gália previsto na Lei nº 1.212/91, e dá outras providências.</t>
   </si>
   <si>
     <t>200218</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200218/projetodelei77.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200218/projetodelei77.pdf</t>
   </si>
   <si>
     <t>200219</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200219/projetodelei78.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200219/projetodelei78.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e regularização de chácaras de recreio e lazer e áreas de atividades turísticas no município de Gália, altera a Lei nº 2.508/2019, e dá outras providências.</t>
   </si>
   <si>
     <t>200220</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200220/projetodelei79.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200220/projetodelei79.pdf</t>
   </si>
   <si>
     <t>200221</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200221/projetodelei80.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200221/projetodelei80.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores diretrizes ao PPA 2022/2025, LDO para 2022 e a abertura de crédito adicional suplementar ao orçamento de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>200222</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200222/projetodelei81.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200222/projetodelei81.pdf</t>
   </si>
   <si>
     <t>200223</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200223/projetodelei082.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200223/projetodelei082.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para concessão de repasses a entidades do terceiro setor e dá outras providências.</t>
   </si>
   <si>
     <t>200230</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200230/projetodelei83.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200230/projetodelei83.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Rua Projetada na extensão de 2.529,72m2, paralelamente a Rodovia de acesso Vicinal Sebastião Raineres de Freitas, que será denominada de Rua João Claudino e dá outras providências.</t>
   </si>
   <si>
     <t>200235</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200235/projeto84.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200235/projeto84.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 2.215/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>200236</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200236/projetodelei85.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200236/projetodelei85.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Controle Social de Saneamento Básico no âmbito do município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200237</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200237/projetodelei86.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200237/projetodelei86.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de bolsas de estudos e dá outras providências.</t>
   </si>
   <si>
     <t>200238</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200238/projetodelei87.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200238/projetodelei87.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, LDO para 2022, e a abertura de crédito adicional especial e suplementar aoo orçamento de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>200239</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200239/projetodelei882022.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200239/projetodelei882022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, LDO para 2022, e abertura de crédito adicional especial suplementar ao orçamento de 2022 e dá outras providências,</t>
   </si>
   <si>
     <t>200244</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200244/projeto89.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200244/projeto89.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, LDo para 2022, e abertura de crédito adicional especial ao orçamento de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>200248</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200248/projetodelei90.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200248/projetodelei90.pdf</t>
   </si>
   <si>
     <t>200191</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>JOÃO SARDI JUNIOR</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200191/05011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200191/05011000.pdf</t>
   </si>
   <si>
     <t>Encaminha Parecer Jurídico acerca do Veto apresentado pelo Prefeito do município de Gália/SP às disposições aprovadas do PL nº 012/2022/CM.</t>
   </si>
   <si>
     <t>200192</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200192/05011001.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200192/05011001.pdf</t>
   </si>
   <si>
     <t>Encaminha Parecer Jurídico acerca do Veto apresentado pelo Prefeito do município de Gália/SP às disposições aprovadas do PL nº 014/2022/CM.</t>
   </si>
   <si>
     <t>200193</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200193/05011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200193/05011000.pdf</t>
   </si>
   <si>
     <t>Encaminha Parecer Jurídico acerca do Veto apresentado pelo Prefeito do município de Gália/SP às disposições aprovadas do PL nº 018/2022/CM.</t>
   </si>
   <si>
     <t>200194</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200194/05011000.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200194/05011000.pdf</t>
   </si>
   <si>
     <t>Encaminha Parecer Jurídico acerca do Veto apresentado pelo Prefeito do município de Gália/SP às disposições aprovadas do PL nº 015/2022/CM.</t>
   </si>
   <si>
     <t>200067</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200067/projetocomplementarexecutivo01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200067/projetocomplementarexecutivo01.pdf</t>
   </si>
   <si>
     <t>Esta Lei Complementar altera a Lei Complementar Municipal nº 44, de 27 de fevereiro de 2020 e dá nova redação do artigo 3º, alínea "r", ao artigo 4º, alínea "d", ao artigo 5º, alínea "c", insere as alíneas "d" e "e" no artigo 5º e insere o artigo 15-A.</t>
   </si>
   <si>
     <t>200151</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200151/03011001.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200151/03011001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 1.811/2006 com alterações trazidas pelas Leis nº 1.844/2006 e 1.861/2007 e dá outras proviências.</t>
   </si>
   <si>
     <t>200156</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200156/projeto_de_lei_complementar_do_executivo00320222.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200156/projeto_de_lei_complementar_do_executivo00320222.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Gália, a Taxa de Serviços de Coleta, remoção, Transporte e Destinação Final de Lixo ou Resíduos - TSLR, e dá outras providências nos termos da Lei Federal nº 14.026/2020, que trouxe nova redação a Lei Federal nº 11.445/2007.</t>
   </si>
   <si>
     <t>200168</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200168/projetodeleicomplementar04.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200168/projetodeleicomplementar04.pdf</t>
   </si>
   <si>
     <t>DIspõe sobre a extinção de Secretaria Municipal de Planejamento, e dá outras providências.</t>
   </si>
   <si>
     <t>200184</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200184/projetocomplementar05.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200184/projetocomplementar05.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste (atualização) a ser aplicado na cobrança do Imposto Predial e Territorial Urbano e outros tributos e taxas municipais, para o exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200123</t>
   </si>
   <si>
     <t>PDRET</t>
   </si>
   <si>
     <t>Pedido de Retirada</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200123/04011004.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200123/04011004.pdf</t>
   </si>
   <si>
     <t>Pedido de Retirada de Emendas ao PL nº 047/2021.</t>
   </si>
   <si>
     <t>200249</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200249/pedido_de_retirada.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200249/pedido_de_retirada.pdf</t>
   </si>
   <si>
     <t>Solicita Retirada de Projeto de Lei nº 76/2022 em curso na Câmara.</t>
   </si>
   <si>
     <t>200006</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200006/redacao_final_-_pl_002-2021_-_cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200006/redacao_final_-_pl_002-2021_-_cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema de rodízio do plantão de atendimento ao público efetuado pelo vereador na Câmara Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>200203</t>
   </si>
   <si>
     <t>Redação Final das disposições aprovadas do PL 051/2021.</t>
   </si>
   <si>
     <t>200090</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200090/respostaaorequerimento12.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200090/respostaaorequerimento12.pdf</t>
   </si>
   <si>
     <t>Em atendimento a indagação feita pelo vereador Nilton Cezar Antonio, segue a resposta do requerimento parlamentar nº 012/2.022.</t>
   </si>
   <si>
     <t>200092</t>
   </si>
   <si>
     <t>Resposta de Requerimento.</t>
   </si>
   <si>
     <t>200106</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200106/respostareq.018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200106/respostareq.018.pdf</t>
   </si>
   <si>
     <t>Em atendimento a indagação feita pela vereadora Sara Barbosa Faria, segue a resposta do requerimento parlamentar nº 018/2022.</t>
   </si>
   <si>
     <t>200138</t>
   </si>
   <si>
     <t>Encaminha Respostas aos Requerimentos nº 031/2022 ao 042/2022.</t>
   </si>
   <si>
     <t>200177</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 050/2022.</t>
   </si>
   <si>
     <t>200178</t>
   </si>
   <si>
     <t>Resposta aos Requerimentos nº 051/2022 e 052/2022.</t>
   </si>
   <si>
     <t>200215</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200215/respostarequerimento.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200215/respostarequerimento.pdf</t>
   </si>
   <si>
     <t>Encaminha Resposta aos Requerimentos</t>
   </si>
   <si>
     <t>200224</t>
   </si>
   <si>
     <t>Resposta dos Requerimentos nº 062/2022 ao 065/2022.</t>
   </si>
   <si>
     <t>200246</t>
   </si>
   <si>
     <t>Resposta aos Requerimentos nº 066/2022, 067/2022, 068/2022, 069/2022, 070/2022, 071/2022 e 072/2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -3197,68 +3197,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_cm02.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_cm03.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei-cm04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/39/projetocm5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/38/projetocm06.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/71/projeto7-cm.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200009/04011001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200050/projetodelei009cm.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200058/projeto010cm.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200093/projeto11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200100/projetodelei012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200107/projetodelei013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200108/projetodelei014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200109/projetodelei015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200117/04011003.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200146/03011000.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200147/03011001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200148/03011002.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200149/03011003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200163/projetodelei021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200209/projetodelei.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200242/projetodelei023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/64/resolucao01pdf.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/65/resolucao.02pdf.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200051/projetoresolucao003cm.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200068/projetoderesolucao04.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200116/projetoresolucao05.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_decreto_cm01.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200037/decreto_legislativo02.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200038/decreto_legislativo03.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200210/substitutivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200211/substitutivo2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200169/vetoaopl014.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200170/vetoaopl012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200171/vetoaopl015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200172/veto_ao_pl_018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200243/vetoaopl019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200247/veto_ao_pl0082022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/70/emendas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200007/emenda.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200055/emenda.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200112/propostadeemenda.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200124/04011001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200126/04011002.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200245/emendaaopl086.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/29/indicacao01.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao3.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao4.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao5.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao6.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao7.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao8.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao9.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao10.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao11.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/58/indicacao12.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao13.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao14.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao15.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/72/indicacao16.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao17.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento18.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao19.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/76/indicacao20.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200016/indicacao021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200018/indicacao22.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200019/indicacao23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200020/indicacao24.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200021/indicacao25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200022/indicacao26.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200023/indicacao27.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200030/indicacao028.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200031/indicacao029.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200032/indicacao030.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200033/indicacao031.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200034/indicacao032.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200035/indicacao033.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200036/indicacao034.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200039/indicacao035.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200042/indicacao036.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200043/indicacao037.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200047/indicacao038.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200048/indicacao039.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200052/indicacao040.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200053/indicacao041.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200060/indicacao042.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200062/indicacao043.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200064/indicacao044.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200115/indicacao045.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200132/04011006.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200133/04011005.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200160/indicacao048.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200161/indicacao049.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200162/indicacao050.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200181/indicacao051.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200225/indicacao52.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200226/indicacao53.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200240/indicacao54.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200241/indicacao55.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200127/04011007.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200128/04011008.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200129/04011009.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200130/04011010.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200131/04011011.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/50/requerimento01.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento03.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento04.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/67/requerimento5.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento6.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento7.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200013/requerimento08.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200014/requerimento09.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200015/04011000.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200040/requerimento012.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200041/requerimento013.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200049/requerimento014.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200056/requerimento015.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200059/requerimento016.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200061/requerimento017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200071/requerimento18.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200072/requerimento19.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200073/requerimento20.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200076/requerimento21.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200077/requerimento22.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200078/requerimento23.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200079/requerimento24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200080/requerimento25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200081/requerimento26.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200082/requerimento27.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200083/requerimento28.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200084/requerimento29.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200085/requerimento30.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200088/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200097/requerimento032.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200098/requerimento033.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200099/requerimento34.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200110/requerimento035.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200111/requerimento036.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200113/requerimento037.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200114/requetimento038.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200118/04011000.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200119/04011002.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200120/04011001.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200121/04011012.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200140/03011004.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200141/03011005.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200142/03011006.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200143/03011001.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200144/03011002.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200145/03011003.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200150/03011004.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200157/requerimento050.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200158/requerimento051.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200159/requerimento052.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200173/requreimento53.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200186/requerimento054.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200187/requerimento055.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200188/requerimento056.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200189/requerimento057.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200190/requerimento058.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200198/requerimento59.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200199/requerimento060.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200200/requerimento61.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200205/01011000.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200206/01011001.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200227/requerimento066.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200228/requerimento67.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200229/requerimento68.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200231/requerimento69.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200232/requerimento70.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200233/requerimento71.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200234/requerimento72.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200003/pl02.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/28/pl03.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/63/projetoexecutivo_07.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200004/pl08.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_executivo09.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei010.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_executivo_11.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_executivo12.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_executivo13.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/43/projeteto_executivo14.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_executivo15_.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200005/projetode_lei_016.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200008/projetoexecutivo17.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200010/projeto_executivo18.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200011/projeto_executivo19.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200012/projeto_executivo020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200025/projetoexecutivo021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200026/projeto_executivo022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200027/projetoexecutivo023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200028/projetoexecutivo24.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200029/projetoexutivo025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200044/projeto_executivo026.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200045/projeto_executivo_027.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200046/projeto_executivo028.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200054/projetodeleiexecutivo029.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200057/projetoexecutivo0307.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200065/projetodeleiexecutivo031.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200066/projetoexecutivo032.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200069/projetoexecutivo033.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200070/projetoexecutivo034.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200074/projetoexecutivo35.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200075/projetoexecutivo36.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200087/projetoexecutivo37.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200091/projetoexecutivo038.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200094/projetoexecutivo39.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200095/projetoexecutivo040.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200096/projetodeleiexecutivo41.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200105/projetoexecutivo42.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200102/projetoexecutivo43.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200103/projetoexecutivo44.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200101/projetoexecutivo45.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200104/projetoexecutivo46.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200125/04011000.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200134/04011013.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200135/projetodelei050.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200136/01011000.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200137/01011002.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200139/02011000.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200152/03011000.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200153/03011001.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200154/03011000.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200155/03011000.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200164/projetodelei058.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200165/projetodelei059.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200166/projetodelei060.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200167/projetodelei061.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200174/projetodelei062.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200175/projetodelei063.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200176/projetodelei064.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200182/projeto065.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200183/projeto066.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200185/projeto067.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200195/projetodelei068.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200196/projetodelei69.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200197/projetodelei070.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200212/projetodelei071.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200213/projetodelei072.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200214/projetodelei73.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200204/01011000.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200216/projetodelei075.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200217/projetodelei076.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200218/projetodelei77.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200219/projetodelei78.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200220/projetodelei79.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200221/projetodelei80.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200222/projetodelei81.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200223/projetodelei082.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200230/projetodelei83.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200235/projeto84.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200236/projetodelei85.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200237/projetodelei86.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200238/projetodelei87.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200239/projetodelei882022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200244/projeto89.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200248/projetodelei90.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200191/05011000.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200192/05011001.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200193/05011000.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200194/05011000.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200067/projetocomplementarexecutivo01.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200151/03011001.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200156/projeto_de_lei_complementar_do_executivo00320222.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200168/projetodeleicomplementar04.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200184/projetocomplementar05.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200123/04011004.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200249/pedido_de_retirada.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200006/redacao_final_-_pl_002-2021_-_cm.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200090/respostaaorequerimento12.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200106/respostareq.018.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200215/respostarequerimento.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_cm02.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_cm03.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei-cm04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/39/projetocm5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/38/projetocm06.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/71/projeto7-cm.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200009/04011001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200050/projetodelei009cm.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200058/projeto010cm.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200093/projeto11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200100/projetodelei012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200107/projetodelei013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200108/projetodelei014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200109/projetodelei015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200117/04011003.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200146/03011000.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200147/03011001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200148/03011002.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200149/03011003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200163/projetodelei021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200209/projetodelei.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200242/projetodelei023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/64/resolucao01pdf.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/65/resolucao.02pdf.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200051/projetoresolucao003cm.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200068/projetoderesolucao04.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200116/projetoresolucao05.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_decreto_cm01.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200037/decreto_legislativo02.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200038/decreto_legislativo03.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200210/substitutivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200211/substitutivo2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200169/vetoaopl014.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200170/vetoaopl012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200171/vetoaopl015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200172/veto_ao_pl_018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200243/vetoaopl019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200247/veto_ao_pl0082022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/70/emendas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200007/emenda.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200055/emenda.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200112/propostadeemenda.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200124/04011001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200126/04011002.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200245/emendaaopl086.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/29/indicacao01.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao3.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao4.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao5.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao6.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao7.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao8.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao9.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao10.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao11.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/58/indicacao12.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao13.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao14.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao15.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/72/indicacao16.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/73/indicacao17.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento18.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao19.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/76/indicacao20.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200016/indicacao021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200018/indicacao22.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200019/indicacao23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200020/indicacao24.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200021/indicacao25.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200022/indicacao26.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200023/indicacao27.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200030/indicacao028.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200031/indicacao029.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200032/indicacao030.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200033/indicacao031.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200034/indicacao032.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200035/indicacao033.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200036/indicacao034.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200039/indicacao035.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200042/indicacao036.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200043/indicacao037.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200047/indicacao038.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200048/indicacao039.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200052/indicacao040.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200053/indicacao041.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200060/indicacao042.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200062/indicacao043.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200064/indicacao044.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200115/indicacao045.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200132/04011006.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200133/04011005.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200160/indicacao048.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200161/indicacao049.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200162/indicacao050.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200181/indicacao051.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200225/indicacao52.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200226/indicacao53.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200240/indicacao54.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200241/indicacao55.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200127/04011007.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200128/04011008.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200129/04011009.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200130/04011010.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200131/04011011.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/50/requerimento01.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento03.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento04.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/67/requerimento5.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento6.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento7.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200013/requerimento08.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200014/requerimento09.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200015/04011000.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200040/requerimento012.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200041/requerimento013.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200049/requerimento014.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200056/requerimento015.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200059/requerimento016.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200061/requerimento017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200071/requerimento18.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200072/requerimento19.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200073/requerimento20.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200076/requerimento21.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200077/requerimento22.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200078/requerimento23.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200079/requerimento24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200080/requerimento25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200081/requerimento26.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200082/requerimento27.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200083/requerimento28.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200084/requerimento29.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200085/requerimento30.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200088/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200097/requerimento032.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200098/requerimento033.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200099/requerimento34.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200110/requerimento035.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200111/requerimento036.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200113/requerimento037.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200114/requetimento038.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200118/04011000.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200119/04011002.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200120/04011001.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200121/04011012.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200140/03011004.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200141/03011005.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200142/03011006.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200143/03011001.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200144/03011002.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200145/03011003.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200150/03011004.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200157/requerimento050.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200158/requerimento051.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200159/requerimento052.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200173/requreimento53.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200186/requerimento054.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200187/requerimento055.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200188/requerimento056.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200189/requerimento057.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200190/requerimento058.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200198/requerimento59.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200199/requerimento060.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200200/requerimento61.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200205/01011000.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200206/01011001.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200227/requerimento066.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200228/requerimento67.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200229/requerimento68.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200231/requerimento69.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200232/requerimento70.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200233/requerimento71.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200234/requerimento72.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200003/pl02.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/28/pl03.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/63/projetoexecutivo_07.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200004/pl08.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_executivo09.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei010.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_executivo_11.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_executivo12.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_executivo13.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/43/projeteto_executivo14.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/66/projeto_executivo15_.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200005/projetode_lei_016.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200008/projetoexecutivo17.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200010/projeto_executivo18.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200011/projeto_executivo19.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200012/projeto_executivo020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200025/projetoexecutivo021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200026/projeto_executivo022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200027/projetoexecutivo023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200028/projetoexecutivo24.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200029/projetoexutivo025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200044/projeto_executivo026.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200045/projeto_executivo_027.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200046/projeto_executivo028.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200054/projetodeleiexecutivo029.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200057/projetoexecutivo0307.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200065/projetodeleiexecutivo031.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200066/projetoexecutivo032.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200069/projetoexecutivo033.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200070/projetoexecutivo034.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200074/projetoexecutivo35.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200075/projetoexecutivo36.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200087/projetoexecutivo37.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200091/projetoexecutivo038.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200094/projetoexecutivo39.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200095/projetoexecutivo040.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200096/projetodeleiexecutivo41.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200105/projetoexecutivo42.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200102/projetoexecutivo43.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200103/projetoexecutivo44.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200101/projetoexecutivo45.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200104/projetoexecutivo46.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200125/04011000.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200134/04011013.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200135/projetodelei050.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200136/01011000.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200137/01011002.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200139/02011000.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200152/03011000.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200153/03011001.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200154/03011000.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200155/03011000.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200164/projetodelei058.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200165/projetodelei059.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200166/projetodelei060.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200167/projetodelei061.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200174/projetodelei062.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200175/projetodelei063.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200176/projetodelei064.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200182/projeto065.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200183/projeto066.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200185/projeto067.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200195/projetodelei068.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200196/projetodelei69.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200197/projetodelei070.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200212/projetodelei071.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200213/projetodelei072.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200214/projetodelei73.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200204/01011000.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200216/projetodelei075.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200217/projetodelei076.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200218/projetodelei77.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200219/projetodelei78.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200220/projetodelei79.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200221/projetodelei80.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200222/projetodelei81.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200223/projetodelei082.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200230/projetodelei83.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200235/projeto84.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200236/projetodelei85.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200237/projetodelei86.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200238/projetodelei87.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200239/projetodelei882022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200244/projeto89.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200248/projetodelei90.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200191/05011000.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200192/05011001.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200193/05011000.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200194/05011000.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200067/projetocomplementarexecutivo01.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200151/03011001.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200156/projeto_de_lei_complementar_do_executivo00320222.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200168/projetodeleicomplementar04.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200184/projetocomplementar05.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200123/04011004.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200249/pedido_de_retirada.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200006/redacao_final_-_pl_002-2021_-_cm.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200090/respostaaorequerimento12.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200106/respostareq.018.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2022/200215/respostarequerimento.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="172.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>