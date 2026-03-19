--- v0 (2025-10-20)
+++ v1 (2026-03-19)
@@ -54,2873 +54,2873 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>200252</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Niltinho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200252/projetodelei01cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200252/projetodelei01cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de Câmeras de monitoramento de segurança em vias públicas do município de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200264</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretora 3ª Sessão Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200264/projeto02cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200264/projeto02cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reposição inflacionária na remuneração dos servidores municipais vinculados ao Poder Legislativo do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200265</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Giseli Rodrigues Simões, Mesa Diretora 3ª Sessão Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200265/projeto03cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200265/projeto03cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste no benefício alimentação dos servidores públicos municipais vinculados ao Poder Legislativo do município de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200266</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Giseli Rodrigues Simões, Niltinho, Nito</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200266/projeto04cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200266/projeto04cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gravação e transmissão de reuniões dos conselhos municipais da cidade de Gália/SP através da internet.</t>
   </si>
   <si>
     <t>200267</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200267/projetodelei05cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200267/projetodelei05cm.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a gravação e transmissão, em áudio e vídeo, de todas as sessões de licitações públicas realizadas pelos poderes executivo e legislativo do município de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200299</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ana Priscila Nunes Cervelin</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200299/pl06-cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200299/pl06-cm.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município de Gália/SP, o mês da conscientização da doença de Parkinson denominado " Tulipa Vermelha", e dá outras providências.</t>
   </si>
   <si>
     <t>200337</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200337/projeto07cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200337/projeto07cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema de segurança a serem utilizados nas unidades de ensino de responsabilidade do município de Gália/SP e dá outras providências.</t>
   </si>
   <si>
     <t>200364</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Giseli Rodrigues Simões</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200364/projeto08cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200364/projeto08cm.pdf</t>
   </si>
   <si>
     <t>Estabelece multa para maus tratos a animais silvestres, domésticos ou domesticados, nativos ou exóticos e, sanções administrativas a serem aplicadas a quem os praticar, sejam pessoas físicas ou jurídicas, no âmbito do Município e dá outras providências.</t>
   </si>
   <si>
     <t>200365</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200365/projeto09cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200365/projeto09cm.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo de Gália/SP autorizado a celebrar convênio com Clínicas Veterinárias, Ongs de proteção aos animais legalmente constituídas há mais de 01 ano, instituição de Ensino de Veterinária da nossa região, tendo como objeto o controle de população de cães e gatos.</t>
   </si>
   <si>
     <t>200379</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200379/pl010cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200379/pl010cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa "Guarda Municipal Mirim da cidade de Gália/SP.</t>
   </si>
   <si>
     <t>200393</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200393/pl011cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200393/pl011cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do auxílio-alimentação concedido aos empregados públicos municipais vinculados ao Poder Legislativo do Município de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200398</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200398/pl012cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200398/pl012cm.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha "Agosto Laranja, mês de conscientização sobre a esclerose múltipla" no município de Gália/SP.</t>
   </si>
   <si>
     <t>200403</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Centro de Referência de Política de enfrentamento à violência contra as mulheres e população LGBTQIA+, e dá outras providências.</t>
   </si>
   <si>
     <t>200410</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200410/pl014cm_2.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200410/pl014cm_2.pdf</t>
   </si>
   <si>
     <t>Regulamenta a evolução funcional em razão da capacitação profissional dos empregos públicos municipais vinculados  ao Poder Legislativo do município de Gália/SP, bem como a revogação do art. nº 2.179/2013, e dá outras providências.</t>
   </si>
   <si>
     <t>200449</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Niltinho, Kiko, Nito, Ricardo Gonçalves Gutierrez, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200449/pl015cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200449/pl015cm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de mâo de obra carcerária por empresas beneficiadas de cessão na forma de permissão de uso de bem público (imóvel) para instalação e funcionamento, bem como por empresas beneficiadas com a utilização de imóveis particulares com pagamento de alugueis a cargo do Poder Público Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>200528</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200528/pl016-cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200528/pl016-cm.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar o Centro de Referência de Política de Enfrentamento à violência contra as mulheres.</t>
   </si>
   <si>
     <t>200296</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Kiko</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200296/plc01-cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200296/plc01-cm.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Gália/SP, a implantar o programa de incentivo fiscal em favor das empresas, indústrias, e demais ramos, que contratem pessoas com deficiência, e dá outras providências.</t>
   </si>
   <si>
     <t>200308</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200308/plc02-cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200308/plc02-cm.pdf</t>
   </si>
   <si>
     <t>Concede anistia de multas e juros de mora de débitos tributários e não tributários, ajuizados ou não, inscritos ou não em dívida ativa e vencidos no período entre 03 de fevereiro de 2020 até 31 de dezembro de 2022, aos contribuintes, pessoa física ou jurídica, em razão da situação de calamidade pública decorrente da pandemia da covid 19.</t>
   </si>
   <si>
     <t>200380</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200380/plcomplementar03.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200380/plcomplementar03.pdf</t>
   </si>
   <si>
     <t>Institui incentivo fiscal para o desenvolvimento do esporte amador no âmbito do município de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200354</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação dos $$ 1º, 2º, 3º e 4º, do art. 308 do Regimento Interno da Câmara Municipal de Gália/SP, na qual institui a vantagem funcional denominada gratificação por assiduidade aos empregados públicos vinculados ao Poder Legislativo do município de Gália/SP&gt;</t>
   </si>
   <si>
     <t>200392</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200392/projetoderesolucao02.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200392/projetoderesolucao02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do art. 307 do Regimento Interno da Câmara Municipal de Gália/SP, na qual instituiu a vantagem funcional denominada gratificação por comparecimento em sessões da Câmara aos empregados públicos vinculados ao poder legislativo do município de Gália/SP.</t>
   </si>
   <si>
     <t>200535</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200535/projetoderesolucao003.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200535/projetoderesolucao003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recurso administrativo apresentado pelo servidor João Sardi Junior - Diretor Jurídico da Câmara Municipal de Gália/SP em relação à decisão publicadas no Diário Oficial do Município de Gália/SP de 10 de novembro de 2023 (Ano VI - End. nº 1176 - PGS. 04/09).</t>
   </si>
   <si>
     <t>200328</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do texto do parágrafo único, do art. 23, da Lei Orgânica do município de Gália/SP.</t>
   </si>
   <si>
     <t>200329</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200329/propostadeemendalom02.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200329/propostadeemendalom02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da redação dos §§ 1º, 3º, e 10, do art.117-A da Lei Orgânica do município de Gália/SP</t>
   </si>
   <si>
     <t>200395</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>RENATO INACIO GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200395/vetoplcomplementar02cm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200395/vetoplcomplementar02cm.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei Complementar nº 002/2023 - Autógrafo nº026/2023.</t>
   </si>
   <si>
     <t>200508</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200508/veto.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200508/veto.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei nº 010/2023- CM</t>
   </si>
   <si>
     <t>200427</t>
   </si>
   <si>
     <t>PTC</t>
   </si>
   <si>
     <t>Parecer Tribunal de Contas</t>
   </si>
   <si>
     <t>TRIBUNAL DE CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200427/tce.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200427/tce.pdf</t>
   </si>
   <si>
     <t>Processo nº TC-006795.989.20-1_x000D_
 Exercício de 2021._x000D_
 Julgamento das contas anuais, prefeitura, índices constitucionais e legais observados, superávits orçamentários e financeiro, equilíbrio da gestão fiscal, falhas relevadas com recomendações, emissão de parecer favorável.</t>
   </si>
   <si>
     <t>200460</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Recurso</t>
   </si>
   <si>
     <t>Ramiro de Almeida Afonso, Ana Priscila Nunes Cervelin, Kiko, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200460/recurso.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200460/recurso.pdf</t>
   </si>
   <si>
     <t>Recurso.</t>
   </si>
   <si>
     <t>200536</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Giseli Rodrigues Simões, José Adão Sanavio</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200536/emendaimpositiva01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200536/emendaimpositiva01.pdf</t>
   </si>
   <si>
     <t>Emenda Parlamentar Impositiva nº 001/2023, ao Projeto de Lei do Executivo nº 053/2023.</t>
   </si>
   <si>
     <t>200537</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200537/emenda_impositiva02.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200537/emenda_impositiva02.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 002/2023 ao Projeto de Lei do Executivo nº 053/2023.</t>
   </si>
   <si>
     <t>200538</t>
   </si>
   <si>
     <t>Ramiro de Almeida Afonso</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200538/emendaimpositiva03.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200538/emendaimpositiva03.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 003/2023 ao Projeto de Lei do Executivo nº 053/2023.</t>
   </si>
   <si>
     <t>200539</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200539/emendaimpositiva04.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200539/emendaimpositiva04.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 004/2023 ao Projeto de Lei nº 053/2023.</t>
   </si>
   <si>
     <t>200540</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200540/emendaimpositiva05.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200540/emendaimpositiva05.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 005/2023, ao Projeto de Lei do Executivo nº 053/2023.</t>
   </si>
   <si>
     <t>200541</t>
   </si>
   <si>
     <t>Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200541/emendaimpositiva06.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200541/emendaimpositiva06.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 006/2023, ao Projeto de Lei do Executivo nº 053/2023.</t>
   </si>
   <si>
     <t>200542</t>
   </si>
   <si>
     <t>Niltinho, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200542/emendaimpositiva07.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200542/emendaimpositiva07.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 007/2023, ao Projeto de Lei do Executivo nº 053/2023.</t>
   </si>
   <si>
     <t>200543</t>
   </si>
   <si>
     <t>Nito</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200543/emendaimpositiva08.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200543/emendaimpositiva08.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva nº 008/2023, ao Projeto de Lei do Executivo nº 053/2023.</t>
   </si>
   <si>
     <t>200254</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200254/indicacao01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200254/indicacao01.pdf</t>
   </si>
   <si>
     <t>Sugere a realização de desfile cívico por ocasião do aniversário da emancipação político-administrativa do município de Gália/SP.</t>
   </si>
   <si>
     <t>200255</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200255/indicacao02.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200255/indicacao02.pdf</t>
   </si>
   <si>
     <t>Sugere a manutenção da tampa do bueiro sito no cruzamento da Rua Virgílio José da Silva com a Rua Osvaldo Cruz.</t>
   </si>
   <si>
     <t>200256</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200256/indicacao03.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200256/indicacao03.pdf</t>
   </si>
   <si>
     <t>Sugere a construção de calçamento entre a via pública e o caixa eletrônico do Banco do Brasil S/A, sito no Posto da Polícia Militar.</t>
   </si>
   <si>
     <t>200282</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200282/indicacao04.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200282/indicacao04.pdf</t>
   </si>
   <si>
     <t>Sugere a construção de vestuário e banheiros para os usuários da "Areninha Chininha".</t>
   </si>
   <si>
     <t>200294</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200294/indicacao05.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200294/indicacao05.pdf</t>
   </si>
   <si>
     <t>Sugere a manutenção da iluminação pública nas proximidades do trevo de acesso à Rod. SP 294.</t>
   </si>
   <si>
     <t>200295</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200295/indicacao06.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200295/indicacao06.pdf</t>
   </si>
   <si>
     <t>Sugere a substituição das lâmpadas das luminárias da iluminação pública.</t>
   </si>
   <si>
     <t>200306</t>
   </si>
   <si>
     <t>Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200306/indicacao07.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200306/indicacao07.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de redutor de velocidade em logradouro público,.</t>
   </si>
   <si>
     <t>200307</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200307/indicacao08.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200307/indicacao08.pdf</t>
   </si>
   <si>
     <t>Sugere melhorias na sinalização de trânsito.</t>
   </si>
   <si>
     <t>200323</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200323/indicacao09.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200323/indicacao09.pdf</t>
   </si>
   <si>
     <t>Sugere alteração na Redação da Lei Municipal nº 2.215/20213, que instituiu o benefício alimentação aos empregados públicos do município de Gália/SP.</t>
   </si>
   <si>
     <t>200324</t>
   </si>
   <si>
     <t>Ana Priscila Nunes Cervelin, Kiko, Ramiro de Almeida Afonso, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200324/indicacao010.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200324/indicacao010.pdf</t>
   </si>
   <si>
     <t>Sugere alteração na redação da lei Municipal nº 2.215/2013.</t>
   </si>
   <si>
     <t>200325</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200325/indicacao011.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200325/indicacao011.pdf</t>
   </si>
   <si>
     <t>Sugere demarcação e reserva de vagas especiais para estacionamento de veículos automotores em local específico.</t>
   </si>
   <si>
     <t>200326</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200326/indicacao012.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200326/indicacao012.pdf</t>
   </si>
   <si>
     <t>Sugere a manutenção do Prédio do PSF-3.</t>
   </si>
   <si>
     <t>200327</t>
   </si>
   <si>
     <t>Sugere melhoria no Prédio do PSF - 3.</t>
   </si>
   <si>
     <t>200394</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200394/indicacao014.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200394/indicacao014.pdf</t>
   </si>
   <si>
     <t>Sugere contratação de médico radiologista, bem como o serviço radiológico de ultrassonografia no município de Gália/SP.</t>
   </si>
   <si>
     <t>200397</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200397/indicacao015.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200397/indicacao015.pdf</t>
   </si>
   <si>
     <t>Sugere reparo e/ou manutenção em pavimento asfáltico em via pública.</t>
   </si>
   <si>
     <t>200399</t>
   </si>
   <si>
     <t>Sugere a construção de sanitários públicos e bebedouro em praça do município de Gália/SP.</t>
   </si>
   <si>
     <t>200400</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Sugere a aquisição de cadeira de rodas, cadeiras de banho e congêneres.</t>
   </si>
   <si>
     <t>200401</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Sugere a inclusão de produtos de higiene na cesta-básica fornecida pelo Poder Público municipal de Gália/SP às pessoas carentes e em estado de vulnerabilidade social.</t>
   </si>
   <si>
     <t>200439</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200439/indicacao019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200439/indicacao019.pdf</t>
   </si>
   <si>
     <t>Sugere a realização do festival da música sertaneja no município de Gália/SP.</t>
   </si>
   <si>
     <t>200472</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200472/indicacao020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200472/indicacao020.pdf</t>
   </si>
   <si>
     <t>Sugere a execução do Projeto ETA: Educação em Tecnologia para Adultos.</t>
   </si>
   <si>
     <t>200502</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Sugere melhorias na academia da saúde Vereador Olicio de Camargo</t>
   </si>
   <si>
     <t>200503</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200503/indicacao_022.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200503/indicacao_022.pdf</t>
   </si>
   <si>
     <t>solicitando a aquisição de cum equipamento de ar-comprimido (compressor móvel e assessórios) para utilização na manutenção da pintura de faixas e sinalização do solo.</t>
   </si>
   <si>
     <t>200271</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
     <t>Giseli Rodrigues Simões, Ana Priscila Nunes Cervelin, José Adão Sanavio, Kiko, Niltinho, Nito, Ricardo Gonçalves Gutierrez, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200271/mocao01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200271/mocao01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Moção  de Protesto pelos serviços prestados pela CPFL Energia.</t>
   </si>
   <si>
     <t>200300</t>
   </si>
   <si>
     <t>Nito, Ana Priscila Nunes Cervelin, Giseli Rodrigues Simões, José Adão Sanavio, Kiko, Niltinho, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200300/mocao02.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200300/mocao02.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Louvor ao reverendo Padre Márcio José Cattache.</t>
   </si>
   <si>
     <t>200314</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200314/mocao003.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200314/mocao003.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Louvor à Profissional de Fonoaudiologia Luana Altran Picoloto.</t>
   </si>
   <si>
     <t>200411</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200411/mocao.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200411/mocao.pdf</t>
   </si>
   <si>
     <t>Requerem envio de moção de apelo ao presidente da Assembléia Legislativa do estado de São Paulo - ALESP. aos deputados Estaduais Líderes de bancada e ao deputado Estadual relator do Projeto de Lei estadual nº 752/2021.</t>
   </si>
   <si>
     <t>200418</t>
   </si>
   <si>
     <t>Nito, Ana Priscila Nunes Cervelin, Giseli Rodrigues Simões, José Adão Sanavio, Kiko, Niltinho, Ramiro de Almeida Afonso, Ricardo Gonçalves Gutierrez, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200418/mocao05.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200418/mocao05.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Louvor ao estudante Gabriel Bortoleti di Rezze.</t>
   </si>
   <si>
     <t>200436</t>
   </si>
   <si>
     <t>Niltinho, Ana Priscila Nunes Cervelin, Giseli Rodrigues Simões, José Adão Sanavio, Kiko, Nito, Ramiro de Almeida Afonso, Ricardo Gonçalves Gutierrez, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200436/mocao006.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200436/mocao006.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Agradecimento ao Empresário Marcos Alves Ferreira.</t>
   </si>
   <si>
     <t>200450</t>
   </si>
   <si>
     <t>Nito, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200450/mocao007.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200450/mocao007.pdf</t>
   </si>
   <si>
     <t>Concede Moção de louvor ao Professor Walter Augusto de Araujo Marques Junior.</t>
   </si>
   <si>
     <t>200464</t>
   </si>
   <si>
     <t>Giseli Rodrigues Simões, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200464/mocao08.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200464/mocao08.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Louvor aos Membros da Polícia Militar Integrantes do Grupo Águia.</t>
   </si>
   <si>
     <t>200467</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200467/mocao09.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200467/mocao09.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Congratulações aos contadores do município de Gália/SP, em homenagem ao dia do contador comemorando no dia 22 de setembro.</t>
   </si>
   <si>
     <t>200488</t>
   </si>
   <si>
     <t>Kiko, Ana Priscila Nunes Cervelin, Nito, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200488/mocao010.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200488/mocao010.pdf</t>
   </si>
   <si>
     <t>Requer à Câmara Municipal de Gália, Estado de São Paulo, envio de Moção de Apoio ao Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas do PODER LEGISLATIVO e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>200507</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200507/mocao_011.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200507/mocao_011.pdf</t>
   </si>
   <si>
     <t>Concede moção de congratulação aos policiais militares integrantes do programa Educacional de resistência as drogas e a violência</t>
   </si>
   <si>
     <t>200257</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200257/requerimento01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200257/requerimento01.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há algum projeto em andamento ou que ainda será colocado em execução com a finalidade de sanar a erosão no bueiro localizado na junção das Ruas Sebastião Raineres de Freitas e 1º de maio.</t>
   </si>
   <si>
     <t>200259</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200259/requerimento02.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200259/requerimento02.pdf</t>
   </si>
   <si>
     <t>Requisito informações relativo ao Piso  salarial do Magistério Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>200260</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200260/requerimento03.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200260/requerimento03.pdf</t>
   </si>
   <si>
     <t>Requisito cópia integral do Projeto utilizado na reforma, assinado pelo responsável pela obra na EMEI Mathilde Ferreira.</t>
   </si>
   <si>
     <t>200261</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200261/requerimento04.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200261/requerimento04.pdf</t>
   </si>
   <si>
     <t>Requisito informações se o município de Gália/SP vem pagando à assistência financeira complementar aos Agentes Comunitários de Saúde e de Combate à endemias.</t>
   </si>
   <si>
     <t>200262</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200262/requerimento05.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200262/requerimento05.pdf</t>
   </si>
   <si>
     <t>Requisito informações quais são os critérios de alocação e distribuição de recursos para a manutenção, reforma e melhorias dos imóveis das Escolas vinculadas à municipalidade, quais sejam, "EMEF Coronel Galdino Ribeiro" em detrimento dos imóveis da "EMEI Mathilde Ferreira" e da "Creche Ruth Coelho".</t>
   </si>
   <si>
     <t>200263</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200263/requerimento06.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200263/requerimento06.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre o Programa Esporte Social.</t>
   </si>
   <si>
     <t>200268</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200268/requerimento07.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200268/requerimento07.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre o Projeto de construção do Campo Gramado sito no Núcleo José Silvino Zaniboni.</t>
   </si>
   <si>
     <t>200269</t>
   </si>
   <si>
     <t>Niltinho, José Adão Sanavio</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200269/requerimento08.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200269/requerimento08.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre  melhorias no centro de Fisioterapia.</t>
   </si>
   <si>
     <t>200272</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200272/requerimento09.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200272/requerimento09.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser promovida a manutenção dos escoadouros (bocas de lobo ou bueiros) de águas pluviais.</t>
   </si>
   <si>
     <t>200273</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200273/requerimento10.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200273/requerimento10.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a possibilidade de ser promovida a manutenção da pintura de pedestres, especialmente próximas às Escolas Municipais, Escola Estadual e Postos de Saúde; e ser promovida também a pintura de faixa de pedestres em frente à creche Profª Ruth Coelho.</t>
   </si>
   <si>
     <t>200274</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200274/requerimento11.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200274/requerimento11.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há a possibilidade de ser promovida a manutenção no sistema de iluminação pública nas Praças dos Estudantes, Praça da Bíblia e Praça do Rotary e na Academia localizada no Bairro São Benedito.</t>
   </si>
   <si>
     <t>200275</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200275/requerimento12.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200275/requerimento12.pdf</t>
   </si>
   <si>
     <t>Requisito informações se o recém consruído banheiro público sito na Praça Pedro de Toledo já se encontra em funcionamento para o público.</t>
   </si>
   <si>
     <t>200276</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200276/requerimento13.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200276/requerimento13.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre a possibilidade de ser adquirida uma máquina de serra circular - corta piso, mármores e granitos.</t>
   </si>
   <si>
     <t>200278</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200278/requerimento014.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200278/requerimento014.pdf</t>
   </si>
   <si>
     <t>Requisito informações ao Exmo. Secretário de Educação do Município de Gália/SP, Sr. Antúlio José de Azevedo.</t>
   </si>
   <si>
     <t>200279</t>
   </si>
   <si>
     <t>José Adão Sanavio</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200279/requerimento015.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200279/requerimento015.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há a possibilidade de ser construído bancos no ponto de ônibus defronte à Biblioteca Pública do Município  e na EMEI-Mathilde Ferreira, para garantir mais conforto aos pais e alunos.</t>
   </si>
   <si>
     <t>200280</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200280/requerimento016.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200280/requerimento016.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há a possibilidade de serem adquiridos brinquedos novos para as atividades lúdicas das crianças que frequentam tanto à EMEI - Mathilde Ferreira, como a Creche Profª Ruth Coelho.</t>
   </si>
   <si>
     <t>200281</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200281/requerimento017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200281/requerimento017.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há a possibilidade de ser construído tanto na EMEI - Mathilde Ferreira, como a Creche Profª Ruth Coelho, um local específico e adaptado, a fim de que as crianças possam ser orientadas e ensinadas a fazer a correta profilaxia bucal de forma diária.</t>
   </si>
   <si>
     <t>200283</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200283/requerimento18.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200283/requerimento18.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre a manutenção do pavimento asfáltico dos logradouros do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200284</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200284/requerimento19.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200284/requerimento19.pdf</t>
   </si>
   <si>
     <t>Considerando que os pontos de iluminação pública do lago artificial encontram-se inoperantes, requisito informações sobre qual o prazo que o Poder Público Municipal estima para sanar a falha noticiada.</t>
   </si>
   <si>
     <t>200291</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200291/requerimento020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200291/requerimento020.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há um prazo estimado para que o aludido ônibus volte à atividade e, dessa forma, passa transportar os alunos que estudam em universidades em outros municípios.</t>
   </si>
   <si>
     <t>200292</t>
   </si>
   <si>
     <t>Kiko, Ana Priscila Nunes Cervelin, Ramiro de Almeida Afonso, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200292/requerimento021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200292/requerimento021.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre a reforma do Hospital São Vicente de Gália.</t>
   </si>
   <si>
     <t>200293</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200293/requerimento022.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200293/requerimento022.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há algum evento direcionado para o entretenimento dos públicos da melhor-idade e gospel.</t>
   </si>
   <si>
     <t>200301</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200301/requerimento023.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200301/requerimento023.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre as ruas existentes entre as empresas Madesil e Roratto, e Tarimatã e Roratto.</t>
   </si>
   <si>
     <t>200302</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200302/requerimento024.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200302/requerimento024.pdf</t>
   </si>
   <si>
     <t>Requisito informações se existe a possibilidade de ser promovida a construção de uma cobertura na parte externa da Academia da Saúde "Olício de Camargo", onde se encontram alocados diversoso equipamentos para exercícios físicos, a fim de disponibilizar maior proteção aos usuários.</t>
   </si>
   <si>
     <t>200303</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200303/requerimento025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200303/requerimento025.pdf</t>
   </si>
   <si>
     <t>requisito informações sobre a melhoria no Centro de Convenções e Eventos.</t>
   </si>
   <si>
     <t>200304</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200304/requerimento026.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200304/requerimento026.pdf</t>
   </si>
   <si>
     <t>Requisito informações se existe a possibilidade de ser promovido o realocamento do toldo entre o portão de acesso e a porta interna da Biblioteca Municipal, a fim de ser minimizada a possibilidade de acidente com os usuários devido o piso ser escorregadio.</t>
   </si>
   <si>
     <t>200305</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200305/requerimento027.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200305/requerimento027.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre o transporte coletivo (ônibus) destinado aos alunos para a cidade de Marilia.</t>
   </si>
   <si>
     <t>200311</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200311/requerimento028.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200311/requerimento028.pdf</t>
   </si>
   <si>
     <t>Requisito informações se na(s) unidade(s) de ensino do município de Gália/SP sob a responsabilidade do Poder Público Municipal, ou seja, ensino fundamental, há no currículo escolar Historia e Cultura Afro-Brasileira.</t>
   </si>
   <si>
     <t>200312</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200312/requerimento029.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200312/requerimento029.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a reforma do Hospital São Vicente.</t>
   </si>
   <si>
     <t>200313</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200313/requerimento030.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200313/requerimento030.pdf</t>
   </si>
   <si>
     <t>Requeiro cópia da Programação das atividades do Programa Esporte Social e cópia do Calendário anual das práticas esportivas.</t>
   </si>
   <si>
     <t>200315</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200315/requerimento031.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200315/requerimento031.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre melhorias na rede de iluminação pública.</t>
   </si>
   <si>
     <t>200316</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200316/requerimento032.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200316/requerimento032.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade do poder Público Municipal providenciar a manutenção das canaletas coletores de águas pluviais.</t>
   </si>
   <si>
     <t>200317</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200317/requerimento033.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200317/requerimento033.pdf</t>
   </si>
   <si>
     <t>Requeiro informações.</t>
   </si>
   <si>
     <t>200318</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200318/requerimento034.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200318/requerimento034.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a reforma realizada ao Hospital São Vicente.</t>
   </si>
   <si>
     <t>200330</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200330/requerimento035.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200330/requerimento035.pdf</t>
   </si>
   <si>
     <t>Requisito informações.</t>
   </si>
   <si>
     <t>200331</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200331/requerimento036.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200331/requerimento036.pdf</t>
   </si>
   <si>
     <t>200332</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200332/requerimento037.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200332/requerimento037.pdf</t>
   </si>
   <si>
     <t>200334</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200334/requerimento038.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200334/requerimento038.pdf</t>
   </si>
   <si>
     <t>200335</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200335/requerimento039.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200335/requerimento039.pdf</t>
   </si>
   <si>
     <t>200336</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200336/requerimento040.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200336/requerimento040.pdf</t>
   </si>
   <si>
     <t>200342</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200342/requerimento041.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200342/requerimento041.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de se providenciar a instalação de câmara de seguranças, portas eletrônicas, detector de metais, seguranças treinados e o que se fizer necessário para garantir a integridade f´sisica e mental dos alunos da Educação do município de Gália/SP.</t>
   </si>
   <si>
     <t>200343</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200343/requerimento042.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200343/requerimento042.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há a possibilidade de ser solicitada junto ao Comando da Policia Militar do Estado de São Paulo a intensificação as rondas escolares.</t>
   </si>
   <si>
     <t>200344</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200344/requerimento043.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200344/requerimento043.pdf</t>
   </si>
   <si>
     <t>Se há a possibilidade de serem disponibilizados aos servidores da Educação do município de Gália/SP, cursos destinados ao treinamento de primeiros socorros e defesa pessoal</t>
   </si>
   <si>
     <t>200345</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200345/requerimento044.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200345/requerimento044.pdf</t>
   </si>
   <si>
     <t>200346</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200346/requerimento045.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200346/requerimento045.pdf</t>
   </si>
   <si>
     <t>200347</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200347/requerimento046.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200347/requerimento046.pdf</t>
   </si>
   <si>
     <t>200348</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200348/requerimento047.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200348/requerimento047.pdf</t>
   </si>
   <si>
     <t>200349</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200349/requerimento048.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200349/requerimento048.pdf</t>
   </si>
   <si>
     <t>200350</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>200360</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200360/requerimento50.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200360/requerimento50.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre o andamento das obras do novo núcleo habitacional.</t>
   </si>
   <si>
     <t>200361</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200361/requerimento051.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200361/requerimento051.pdf</t>
   </si>
   <si>
     <t>Requeiro informações a respeito dos buracos existentes no núcleo Jose Silvino Zaniboni.</t>
   </si>
   <si>
     <t>200362</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200362/requerimento052.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200362/requerimento052.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a limpeza da passarela do Núcleo Habitacional José Silvino Zaniboni.</t>
   </si>
   <si>
     <t>200369</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200369/requerimento053.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200369/requerimento053.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser promovida a dedetização da Igreja localizada na antiga Cia. Inglesa e também a manutenção de limpeza no entorno.</t>
   </si>
   <si>
     <t>200370</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200370/requerimento054.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200370/requerimento054.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a manutenção de limpeza.</t>
   </si>
   <si>
     <t>200371</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200371/requerimento055.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200371/requerimento055.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a melhoria na Creche Escola Profª Ruth Coelho.</t>
   </si>
   <si>
     <t>200377</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200377/requerimento056.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200377/requerimento056.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a necessidade de serem construídos dispositivos de redutores de velocidade.</t>
   </si>
   <si>
     <t>200378</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200378/requerimento057.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200378/requerimento057.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre há possibilidade de serem instaladas placas de sinalização.</t>
   </si>
   <si>
     <t>200386</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Kiko, Sara Barbosa Faria</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200386/requerimento058.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200386/requerimento058.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade ficarem armazenados e disponíveis para pronto uso às Unidades de Saúde do Município de Gália/SP, frascos do "soro antiescorpiônico" para atender a população em caso de acidente.</t>
   </si>
   <si>
     <t>200387</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Kiko, Ana Priscila Nunes Cervelin</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200387/requerimento059.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200387/requerimento059.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de serem adquiridos Playgrounds, para que possam incrementar as atividades de lazer das crianças que frequentam a "Creche Profª Ruth Coelho", "EMEI Mathilde Ferreira, e os Parques de recreação infantil.</t>
   </si>
   <si>
     <t>200388</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200388/requerimento060.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200388/requerimento060.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre o Plano de Carreira dos Servidores Municipais.</t>
   </si>
   <si>
     <t>200389</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200389/requerimento061.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200389/requerimento061.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser realizada uma reforma nos banheiros do almoxarifado disponíveis para os funcionários, ou até mesmo realizar a construção de novos banheiros.</t>
   </si>
   <si>
     <t>200390</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200390/requerimento062.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200390/requerimento062.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de o Poder Executivo Municipal realizar a construção de um Refeitório onde os servidores possam fazer suas refeições diárias com mais higiene e conforto.</t>
   </si>
   <si>
     <t>200391</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200391/requerimento063.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200391/requerimento063.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há  possibilidade de ser construída mais uma cobertura nas áreas disponíveis do pátio do almoxarifado.</t>
   </si>
   <si>
     <t>200396</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200396/requerimento064.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200396/requerimento064.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade se ser realizada a castração de animais domésticos (cães e gatos) a cargo do poder Público Municipal, no mínimo, 02 (duas) vezes por mês.</t>
   </si>
   <si>
     <t>200402</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200402/requerimento065.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200402/requerimento065.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a reforma realizada junto ao Hospital São Vicente de Gália/SP.</t>
   </si>
   <si>
     <t>200404</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200404/requerimento066.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200404/requerimento066.pdf</t>
   </si>
   <si>
     <t>Requisito informações se há a possibilidade de serem adquiridas e instaladas cortinas nas dependências da Biblioteca Pública do Município de Gália/SP, a fim de se evitar a exposição direta tanto dos móveis com seu acervo de livros, evitando-se a deterioriração dos mesmo.</t>
   </si>
   <si>
     <t>200405</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200405/requerimento067.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200405/requerimento067.pdf</t>
   </si>
   <si>
     <t>Requisito informações sobre os móveis da Biblioteca Pública  do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200406</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200406/requerimento068.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200406/requerimento068.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a possibilidade de ser promovida a manutenção da cobertura metálica localizada na parte externa da Biblioteca Pública do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200407</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200407/requerimento069.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200407/requerimento069.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser promovida a alteração do expediente da Biblioteca Pública do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200408</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200408/requerimento070.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200408/requerimento070.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser promovida a aquisição de uma máquina copiada (xerox) para o setor administrativo da Biblioteca Pública de Gália/SP.</t>
   </si>
   <si>
     <t>200409</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200409/requerimento071.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200409/requerimento071.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser promovida a instalação de devida Placa de Identificação, inclusive com o nome de homenageado(a), junto à Biblioteca Pública de Gália/SP.</t>
   </si>
   <si>
     <t>200417</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200417/requerimento072.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200417/requerimento072.pdf</t>
   </si>
   <si>
     <t>Requer instalação de redutor de velocidade na Rua João Ottonicar.</t>
   </si>
   <si>
     <t>200421</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200421/requerimento073.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200421/requerimento073.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se existe a possibilidade por parte do Executivo Municipal de implantar o Piso Nacional dos Profissionais do Magistério, aos funcionários públicos municipais da Rede Pública de Ensino.</t>
   </si>
   <si>
     <t>200422</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200422/requerimento074.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200422/requerimento074.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se existe a possibilidade por parte do executivo municipal de implantar o Piso nacional da Enfermagem aos funcionários públicos municipais desta categoria.</t>
   </si>
   <si>
     <t>200423</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200423/requerimento075.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200423/requerimento075.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se existe a possibilidade por parte do Executivo Municipal  de designar mais um funcionário público municipal para auxiliar na higiene e limpeza da Escola Coronel Galdino Ribeiro.</t>
   </si>
   <si>
     <t>200434</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200434/requerimento076.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200434/requerimento076.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade se der promovida a instalação de placas de orientação no sentido de conscientizar acerca do correto descarte do lixo; e se há também a possibilidade de ser promovido reparo nos postes de iluminação do canteiro da Avenida São José.</t>
   </si>
   <si>
     <t>200435</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200435/requerimento077.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200435/requerimento077.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser promovida a manutenção do bueiro (boca-de-lobo).</t>
   </si>
   <si>
     <t>200437</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200437/requerimento078.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200437/requerimento078.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser instalada uma nova escada para entrada e saída de pessoas que fazem uso da Piscina Municipal.</t>
   </si>
   <si>
     <t>200438</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200438/requerimento79.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200438/requerimento79.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a possibilidade de se realizar o asfaltamento do trecho final da Avenida João Ferreira.</t>
   </si>
   <si>
     <t>200440</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200440/requerimento080.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200440/requerimento080.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se existe a possibilidade por parte do Executivo Municipal de regulamentar a redução de jornada de trabalho de servidor público responsáveis legais por menores portares de Transtorno do espectro Autista.</t>
   </si>
   <si>
     <t>200441</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200441/requerimento081.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200441/requerimento081.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre quais os veículos que se encontram cadastrados no setor de Educação e quais se encontram cadastrados no Gabinete.</t>
   </si>
   <si>
     <t>200442</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200442/requerimento082.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200442/requerimento082.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se será disponibilizado na referida audiência pública o referido Projeto de Lei e as minutas de Convênio e Contrato para apreciação da população.</t>
   </si>
   <si>
     <t>200443</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200443/requerimento083.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200443/requerimento083.pdf</t>
   </si>
   <si>
     <t>requeiro informações se existe algum produto embutido servido na merenda escolar das escolas públicas municipais; e se existe a possibilidade de criar lei que proíba tais produtos no cardápio da merenda escolar municipal.</t>
   </si>
   <si>
     <t>200445</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200445/requerimento084.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200445/requerimento084.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se em relação ao exercício anterior, ou seja, 2022, a municipalidade de Gália/SP houve majoração ou decréscimo no que tange o repasse de recursos financeiros.</t>
   </si>
   <si>
     <t>200446</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200446/requerimento085.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200446/requerimento085.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade de ser firmado convênio o Município de Fernão/SP, com a finalidade de auxiliar na manutenção do Cemitério Municipal, visto que a grande maioria se sepultamentos de munícipes fernãoenses é realizada no citado Cemitério.</t>
   </si>
   <si>
     <t>200448</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Niltinho, Nito, Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200448/requerimento086.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200448/requerimento086.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre o Projeto de Lei nº 006/2023.</t>
   </si>
   <si>
     <t>200451</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200451/requerimento087.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200451/requerimento087.pdf</t>
   </si>
   <si>
     <t>Manutenção das bocas-de-lobo.</t>
   </si>
   <si>
     <t>200452</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200452/requerimento088.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200452/requerimento088.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre o pagamento do IPTU ser pago em outras instituições.</t>
   </si>
   <si>
     <t>200453</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200453/requerimento089.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200453/requerimento089.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a redução de jornada de trabalho de servidores públicos municipais responsáveis legais por menores portadores de Transtorno do Espectro Autista.</t>
   </si>
   <si>
     <t>200454</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200454/requerimento090.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200454/requerimento090.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre quais veículos se encontram cadastrados nos setores da Educação, saúde, assistência social, meio ambiente, cultura e turismo, e quais veículos se encontram cadastrados no Gabinete.</t>
   </si>
   <si>
     <t>200455</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200455/requerimento091.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200455/requerimento091.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a Associação de Pais e Mestres.</t>
   </si>
   <si>
     <t>200456</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200456/requerimento092.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200456/requerimento092.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a Empresa Media Solutions Assesoria e Comunicações LTDA.</t>
   </si>
   <si>
     <t>200457</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200457/requerimento093.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200457/requerimento093.pdf</t>
   </si>
   <si>
     <t>Requeiro cópia da ata referente a audiência pública que ocorreu no dia 21/08/2023.</t>
   </si>
   <si>
     <t>200458</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200458/requerimento094.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200458/requerimento094.pdf</t>
   </si>
   <si>
     <t>Requeiro informações a respeito do convênio entre a Prefeitura Municipal de Gália e a Funap.</t>
   </si>
   <si>
     <t>200459</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200459/requerimento095.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200459/requerimento095.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se a Prefeitura Municipal de Gália é responsável pelo transporte dos detentos do centro de Detenção Provisória até o local de prestação dos serviços.</t>
   </si>
   <si>
     <t>200462</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200462/requerimento096.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200462/requerimento096.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a melhoria na Praça da Bíblia.</t>
   </si>
   <si>
     <t>200463</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200463/requerimento097.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200463/requerimento097.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a possibilidade ou viabilidade de serem instalados brinquedos infantis junto ao CRAS do município até a data das comemorações do dia das crianças.</t>
   </si>
   <si>
     <t>200466</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200466/requerimento098.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200466/requerimento098.pdf</t>
   </si>
   <si>
     <t>Requeiro informações se há a possibilidade ou viabilidade de ser adquirida uma ambulância, quando não realizar adaptações em alguma já adquirida pelo Município.</t>
   </si>
   <si>
     <t>200473</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200473/requerimento099.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200473/requerimento099.pdf</t>
   </si>
   <si>
     <t>Requeiro informações sobre a construção de uma rampa de acesso para cadeirantes.</t>
   </si>
   <si>
     <t>200474</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200474/requerimento100.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200474/requerimento100.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre reserva de vagas destinados às pessoas com deficiência ou idosos em locais próximos ao Centro de Convenções e Eventos de Gália.</t>
   </si>
   <si>
     <t>200475</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200475/requerimento101.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200475/requerimento101.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a construção de redutores de velocidade na Avenida São José.</t>
   </si>
   <si>
     <t>200476</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200476/requerimento102.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200476/requerimento102.pdf</t>
   </si>
   <si>
     <t>Requer informações se na praça Carlos Pereira Cardoso possui alguma torneira para hidratação dos munícipes.</t>
   </si>
   <si>
     <t>200477</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200477/requerimento103.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200477/requerimento103.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o Projeto de Lei Complementar nº 002/2023-CM.</t>
   </si>
   <si>
     <t>200478</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200478/requerimento104.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200478/requerimento104.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre festa de peão.</t>
   </si>
   <si>
     <t>200479</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200479/requerimento105.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200479/requerimento105.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre medidas que podem ser tomadas em relação as pessoas que se encontram em situação de risco abrigadas na concha acústica.do lago.</t>
   </si>
   <si>
     <t>200480</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200480/requerimento106.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200480/requerimento106.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a realização de concurso público.</t>
   </si>
   <si>
     <t>200481</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200481/requerimento107.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200481/requerimento107.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre pedido de informações a cerca do PL 045/2023.</t>
   </si>
   <si>
     <t>200495</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200495/requerimento108.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200495/requerimento108.pdf</t>
   </si>
   <si>
     <t>Requer prótese dentária e tratamento de canal.</t>
   </si>
   <si>
     <t>200496</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200496/requerimento109.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200496/requerimento109.pdf</t>
   </si>
   <si>
     <t>Solicito se possível balança de pesagem para cadeirante.</t>
   </si>
   <si>
     <t>200497</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200497/requerimento110.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200497/requerimento110.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o barracão a ser destinado para ser intalalaa a incubadora de empresas do município de Gália/SP.</t>
   </si>
   <si>
     <t>200498</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200498/requerimento111.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200498/requerimento111.pdf</t>
   </si>
   <si>
     <t>200499</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200499/requerimento112.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200499/requerimento112.pdf</t>
   </si>
   <si>
     <t>200500</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200500/requerimento113.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200500/requerimento113.pdf</t>
   </si>
   <si>
     <t>200501</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200501/requerimento114.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200501/requerimento114.pdf</t>
   </si>
   <si>
     <t>200504</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200504/requerimento_116.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200504/requerimento_116.pdf</t>
   </si>
   <si>
     <t>Requer informações a cerca de manutenção em coletor de águas pluviais</t>
   </si>
   <si>
     <t>200505</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Requer informações acerca do estacionamento do Hospital São Vicente</t>
   </si>
   <si>
     <t>200506</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200506/requerimento_117.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200506/requerimento_117.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de manutenção de pavimento asfáltico.</t>
   </si>
   <si>
     <t>200522</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200522/requerimento118.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200522/requerimento118.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre quais providências serão tomadas pelo Poder Público Municipal de Gália/SP em relação às constantes quedas de sinais das empresas de telefonia celular e de conexão com a internet.</t>
   </si>
   <si>
     <t>200523</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200523/requerimento119.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200523/requerimento119.pdf</t>
   </si>
   <si>
     <t>Requer informações se a Companhia Paulista de Força e Luz - CPFL, empresa concessionária de serviço público, implementou alguma medida anunciada na reuniões que esta realizou junto com Poder Público do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200524</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200524/requerimento120.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200524/requerimento120.pdf</t>
   </si>
   <si>
     <t>Requer informações se existe a possibilidade por parte do Executivo Municipal de permitir o acesso de funcionários e vereadores no imóvel localizado na Rua José Garib, nº 410, Centro.</t>
   </si>
   <si>
     <t>200525</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200525/requerimento121.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200525/requerimento121.pdf</t>
   </si>
   <si>
     <t>Existe a possibilidade por parte do executivo Municipal da assinatura do Contrato Administrativo de Permissão de Uso do imóvel localizado na Rua José Garib, nº 410, centro.</t>
   </si>
   <si>
     <t>200526</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200526/requerimento122.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200526/requerimento122.pdf</t>
   </si>
   <si>
     <t>Existe a possibilidade de implantação do programa Frente de Trabalho Municipal e/ou outros programas destinados a geração de empregos e capacitação de cidadãos.</t>
   </si>
   <si>
     <t>200527</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200527/requerimento123.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200527/requerimento123.pdf</t>
   </si>
   <si>
     <t>Requer informações.</t>
   </si>
   <si>
     <t>200532</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Ricardo Gonçalves Gutierrez, Niltinho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200532/requerimento124.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200532/requerimento124.pdf</t>
   </si>
   <si>
     <t>Requer informações se há a possibilidade de ser promovidas melhoras no pavimento asfáltico que liga o município de Gália/SP à Rod. Estadual - SP 331; e a construção de um calçamento para pedestres com início no Bairro Centro do Município até o Núcleo Habitacional Bruno Barneze Gonçalves.</t>
   </si>
   <si>
     <t>200533</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200533/requerimento125.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200533/requerimento125.pdf</t>
   </si>
   <si>
     <t>Solicito informações se há a possibilidade de ser promovidos reparos no forro da Rodoviária Ari Carlos Beraldin, e de serem promovidas melhorias na iluminação pública.</t>
   </si>
   <si>
     <t>200534</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200534/requrimento126.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200534/requrimento126.pdf</t>
   </si>
   <si>
     <t>Requer informações se há a possibilidade de ser promovida a capinação das Praças Públicas do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200250</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200250/projetoexecutivo01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200250/projetoexecutivo01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores, diretrizes ao PPA 2022/2025, LDO para 2023, e abertura de credito adicional especial ao orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200251</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200251/projetodelei02.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200251/projetodelei02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para firmar convênio com o corpo de bombeiros, por via de seu comandante regional - para cessão de uso, a título gratuito, de bem público.</t>
   </si>
   <si>
     <t>200253</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200253/projeto_de_lei_do_executivo03.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200253/projeto_de_lei_do_executivo03.pdf</t>
   </si>
   <si>
     <t>Dispõe a concessão de bolsas de estudos. Alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e a abertura de Crédito Adicional Especial ao Orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200258</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200258/projetodelei04.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200258/projetodelei04.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reposição salarial dos empregados públicos do município de Gália/SP, vinculados ao Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>200270</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200270/projeto_de_lei_do_executivo_05.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200270/projeto_de_lei_do_executivo_05.pdf</t>
   </si>
   <si>
     <t>Dispõe a alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e abertura de crédito adicional especial e suplementar ao orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200277</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200277/projetoexecutivo06.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200277/projetoexecutivo06.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para firmar convênio e contrato com a fundação "Prof. Dr. Manoel Pedro Pimentel" - FUNAP e dá outras providências.</t>
   </si>
   <si>
     <t>200285</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200285/projetoexecutivo07.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200285/projetoexecutivo07.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas de empregos públicos no Regime Jurídico ùnico da Prefeitura do Município de Gália previsto na Lei nº 1.212/91, e dá outras providências.</t>
   </si>
   <si>
     <t>200286</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200286/projeto_de_lei_executivo08.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200286/projeto_de_lei_executivo08.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023,e a abertura de crédito adicional especial e suplementar ao orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200287</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200287/projetoexecutivo09.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200287/projetoexecutivo09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e a abertura de crédito adicional suplementar ao orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200288</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200288/projetoexecutivo010.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200288/projetoexecutivo010.pdf</t>
   </si>
   <si>
     <t>200289</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200289/projetoexecutivo011.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200289/projetoexecutivo011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e a abertura de crédito adicional especial e suplementar ao orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200290</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200290/projetoexecutivo012.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200290/projetoexecutivo012.pdf</t>
   </si>
   <si>
     <t>200297</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200297/projetoexecutivo013.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200297/projetoexecutivo013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e emissão da Carteira de Identificação da Pessoa com Transtorno do Espectro Autista -CIPTEA no âmbito do município de Gália e dá outras providencias.</t>
   </si>
   <si>
     <t>200298</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200298/projetoexecutivo014.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200298/projetoexecutivo014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e implantação da Ouvidoria SUS no Município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200309</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200309/projetoexecutivo015.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200309/projetoexecutivo015.pdf</t>
   </si>
   <si>
     <t>Cria a gratificação por Desempenho de Atividade Delegada nos termos que especifíca, a ser paga aos Militares do Estado que exercem atividade municipal delegada ao Estado de São Paulo, por força de Convênio e ser celebrado com o município de Gália, e dá outras providências.</t>
   </si>
   <si>
     <t>200340</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200340/projetodelei016.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200340/projetodelei016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para concessão de repasses a entidades do terceiro setor e dá outras providências.</t>
   </si>
   <si>
     <t>200341</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200341/projetodelei017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200341/projetodelei017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração  de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e a abertura de crédito adicional especial ao orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200351</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200351/projetodelei018.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200351/projetodelei018.pdf</t>
   </si>
   <si>
     <t>200352</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200352/projetodelei019.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200352/projetodelei019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Municipal nº 2.215/2013, bem como suas alterações posteriores, que dispõe sobre a concessão de "Benefício Alimentação" aos empregados públicos do município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200353</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200353/projetodelei020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200353/projetodelei020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>200355</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200355/projeto021.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200355/projeto021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Regime Jurídico Único da Prefeitura do Município de Gália previsto na Lei nº 1.212/91 e dá outras providências.</t>
   </si>
   <si>
     <t>200356</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200356/projetodelei022.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200356/projetodelei022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga de emprego público no regime Jurídico Único da Prefeitura do Município de Gália previsto na Lei nº 1.212/91, e dá outras providências.</t>
   </si>
   <si>
     <t>200357</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200357/projeto023.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200357/projeto023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga de emprego público no Regime Jurídico Único da Prefeitura Municipal de Gália previsto na Lei nº 1.212/91 e dá outras providências.</t>
   </si>
   <si>
     <t>200358</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200358/projetodelei024.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200358/projetodelei024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de área de zona de expansão urbana no município de Gália e dá outras providências</t>
   </si>
   <si>
     <t>200359</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200359/projeto025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200359/projeto025.pdf</t>
   </si>
   <si>
     <t>200372</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200372/pl026.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200372/pl026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o afastamento de emprego público eleito para ocupar cargo no SINSERPO, durante o tempo em que perdurar o mandato, sem prejuízo de vencimentos e vantagens e dá outras providências.</t>
   </si>
   <si>
     <t>200381</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200381/pl027.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200381/pl027.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas de empregos públicos no regime Jurídico Único da Prefeitura do Município de Gália previsto na Lei n. 1.212/91, e dá outras providências.</t>
   </si>
   <si>
     <t>200373</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200373/projeto028.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200373/projeto028.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e a abertura de crédito adicional suplementar ao orçamento de 2023 e da outras providências.</t>
   </si>
   <si>
     <t>200374</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200374/projeto029.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200374/projeto029.pdf</t>
   </si>
   <si>
     <t>200375</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200375/projeto030.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200375/projeto030.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e a abertura de credito adicional especial e suplementar ao orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200376</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200376/pl031.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200376/pl031.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e a abertura de credito adicional suplementar ao orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200382</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200382/pl032.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200382/pl032.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para a Instalação de infraestrutura de suporte para Estação Transmissora de Radiocomunicação - ETR autorizada pela Agência Nacional de Telecomunicações - ANATEL, nos termos da legislação federal vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>200383</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200383/pl033.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200383/pl033.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder à permissão gratuita de uso dos bens públicos que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>200385</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200385/pl034.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200385/pl034.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar a doação de bens móveis à Câmara Municipal de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200413</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200413/pl035.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200413/pl035.pdf</t>
   </si>
   <si>
     <t>200414</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200414/pl036.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200414/pl036.pdf</t>
   </si>
   <si>
     <t>200415</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200415/pl037.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200415/pl037.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a renovação da autorização para cessão na forma de permissão de uso de bem público visando o fomento de emprego e da industrialização no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200416</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200416/pl038.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200416/pl038.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e abertura de crédito adicional suplementar ao orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200419</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200419/pl039.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200419/pl039.pdf</t>
   </si>
   <si>
     <t>200420</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200420/pl040.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200420/pl040.pdf</t>
   </si>
   <si>
     <t>200424</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200424/projetoexecutivo041.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200424/projetoexecutivo041.pdf</t>
   </si>
   <si>
     <t>200425</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200425/projetoexecutivo042.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200425/projetoexecutivo042.pdf</t>
   </si>
   <si>
     <t>200426</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200426/projetoexecutivo043.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200426/projetoexecutivo043.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e a abertura de crédito adicional especial e suplementar ao orçamento de 2023 e dá outras peovidências.</t>
   </si>
   <si>
     <t>200428</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200428/pl044.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200428/pl044.pdf</t>
   </si>
   <si>
     <t>Autoriza cessão de uso de equipamentos de segurança coletiva à Escola Estadual Graciema Baganha Ribeiro.</t>
   </si>
   <si>
     <t>200429</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200429/projetoexecutivo045.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200429/projetoexecutivo045.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atribuição das funções aos empregos públicos criados pelo regime Jurídico Único da Prefeitura do Município de Gália previsto na Lei nº 1.212/91 e posteriores alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>200430</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200430/projetoexecutivo046.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200430/projetoexecutivo046.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da lei nº 2.771/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>200432</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200432/projetoexecutivo047.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200432/projetoexecutivo047.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 2.766/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200444</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200444/pl048.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200444/pl048.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal nº 2.777/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>200447</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200447/pl049-2023.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200447/pl049-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de área de zona de expansão urbana no município de Gália e dá outras providências.</t>
   </si>
   <si>
     <t>200465</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200465/projetoexecutivo050.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200465/projetoexecutivo050.pdf</t>
   </si>
   <si>
     <t>200471</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200471/projetoexecutivo051.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200471/projetoexecutivo051.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de complementação salarial aos profissionais de enfermagem, técnico e auxiliar de enfermagem da prefeitura municipal de Gália e de entidades filantrópicas que atendam no mínimo 60% de pacientes pelos SUS, alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023, e a abertura de crédito adicional especial ao orçamento de 2023 e autorização para concessão de repasses a entidades do terceiro setor e dá outras providências.</t>
   </si>
   <si>
     <t>200483</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200483/projetoexecutivo052.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200483/projetoexecutivo052.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração, inclusão de metas e valores, definidos no Plano Plurianual PPA 2022/2025, na Lei de Diretrizes Orçamnetárias para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>200484</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200484/projetoexecutivo053.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200484/projetoexecutivo053.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Gália, para o exercício financeiro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>200485</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200485/projetoexecutivo054.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200485/projetoexecutivo054.pdf</t>
   </si>
   <si>
     <t>200494</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200494/projetoexecutivo055.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200494/projetoexecutivo055.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre sanções administrativas derivadas de condutas e atividades consideradas lesivas à saúde pública e ao meio ambiente; institui e adere em âmbito municipal, em convênio com o Estado de São Paulo, ao Programa Estadual de universalização do acesso ao saneamento básico, destinado às Localidades de Pequeno Porte Predominantemente Ocupadas por Populações de Baixa renda - Programa  água é Vida, nas condições gerais e específicas do decreto Estadual nº 57.479, de 01 de novembro de 2011, e decorrentes Resoluções e Plano de Trabalho, oriundos da Secretaria de Saneamento e Recursos Hídricos: autoriza o Poder Executivo a celebrar referido convênio; e dá outras providências.</t>
   </si>
   <si>
     <t>200514</t>
   </si>
   <si>
     <t>Dispoe sobre a alteração metas e valores e diretrizes ao PPA 2022/2025, LDO para 2023 e abertura de credito adicional especial suplementar ao Orçamento de 20.23 e dá ouras providencias</t>
   </si>
   <si>
     <t>200515</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200515/projeto_de_lei_057.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200515/projeto_de_lei_057.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para concessão de repasses a entidades do terceiro setor e dá outras providencias</t>
   </si>
   <si>
     <t>200516</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200516/projetoexecutivo058.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200516/projetoexecutivo058.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a ceder, a título de permissão de uso de bem público, cumpridos os encargos, bem imóvel com benfeitorias de propriedade do Município de Gália à empresa particular, mediante processo licitatório e dá outras providências.</t>
   </si>
   <si>
     <t>200517</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200517/projetoexecutivo059.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200517/projetoexecutivo059.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo Municipal a ceder, a título de permissão de uso de bem público, cumpridos os encargos, bem imóvel com benfeitorias de propriedade do Município de Gália à empresa particular, mediante processo licitatório e dá outras providências.</t>
   </si>
   <si>
     <t>200519</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200519/projetoexecutivo060.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200519/projetoexecutivo060.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação lei nº 2.539/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>200520</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200520/projetoexecutivo061.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200520/projetoexecutivo061.pdf</t>
   </si>
   <si>
     <t>200521</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200521/projetoexecutivo062.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200521/projetoexecutivo062.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Anexo I da Lei nº 2.478/2.019, e dá outras providências.</t>
   </si>
   <si>
     <t>200529</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200529/projetodelei063.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200529/projetodelei063.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal ceder, a título de concessão de direito real de uso de bem público, cumpridos os encargos, bem imóvel com benfeitorias de propriedade do Município de Gália à empresa particular, mediante processo licitatório e dá outras providências.</t>
   </si>
   <si>
     <t>200530</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200530/projetodelei064.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200530/projetodelei064.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a ceder, a título de concessão de direito real de uso de bem público, cumpridos os encargos, bem imóvel com benfeitorias de propriedade do Município de Gália à empresa particular, mediante processo licitatório e dá outras providências.</t>
   </si>
   <si>
     <t>200531</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200531/projetodelei065.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200531/projetodelei065.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para concessão de repasses a entidades do terceiro setor  e dá outras providências.</t>
   </si>
   <si>
     <t>200482</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200482/parecerjuridico.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200482/parecerjuridico.pdf</t>
   </si>
   <si>
     <t>Solicita Parecer Jurídico.</t>
   </si>
   <si>
     <t>200486</t>
   </si>
   <si>
     <t>Juliano Quito Ferreira - Assessoria Administrativa</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200486/parecer01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200486/parecer01.pdf</t>
   </si>
   <si>
     <t>Parecer do Processo de Dispensa de Licitação, instalação e configuração da mesa de som, cabeamento de som e cabeamento dos microfones no Prédio da Câmara Municipal.</t>
   </si>
   <si>
     <t>200487</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200487/parecer2.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200487/parecer2.pdf</t>
   </si>
   <si>
     <t>Parecer do Processo de Dispensa de Licitação, para aquisição de placas a serem instaladas no novo prédio da Câmara Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>200513</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200513/plcomplementarex01.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200513/plcomplementarex01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste (atualização) a ser aplicado na cobrança do Imposto e Territorial Urbano e Outros tributos e taxas municipais, para o exercício de 2024 e dá providências.</t>
   </si>
   <si>
     <t>200363</t>
   </si>
   <si>
     <t>PDRET</t>
   </si>
   <si>
     <t>Pedido de Retirada</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200363/retirada.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200363/retirada.pdf</t>
   </si>
   <si>
     <t>Solicita retirada de Projeto de lei nº007/2023 em curso na Câmara.</t>
   </si>
   <si>
     <t>200384</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200384/retiradapl022.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200384/retiradapl022.pdf</t>
   </si>
   <si>
     <t>Solicita pedido de retirada de Projeto de Lei nº 022/2023 em curso na Câmara.</t>
   </si>
   <si>
     <t>200310</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
     <t>Resposta aos Requerimentos nº 015/2023, 016/2023, 017/2023, 018/2023 e 019/2023.</t>
   </si>
   <si>
     <t>200319</t>
   </si>
   <si>
     <t>200320</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 020/2023</t>
   </si>
@@ -2963,144 +2963,144 @@
   <si>
     <t>200368</t>
   </si>
   <si>
     <t>200412</t>
   </si>
   <si>
     <t>Resposta aos Requerimentos nº 050/2023, 051/2023, 052/2023, 053/2023, 054/2023, 055/2023, 056/2023 e 057/2023.</t>
   </si>
   <si>
     <t>200431</t>
   </si>
   <si>
     <t>Resposta aos requerimentos nº 058/2023, 059/2023, 061/2023, 062/2023, 063/2023, 064/2023, 065/2023, 066/2023, 067/2023, 068/2023, 069/2023, 070/2023, 071/2023, 072/2023 e 075/2023.</t>
   </si>
   <si>
     <t>200433</t>
   </si>
   <si>
     <t>Encaminha Respostas aos Requerimentos nº 060/2023, 073/2023 e 074/2023.</t>
   </si>
   <si>
     <t>200461</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200461/respostaderequerimentos.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200461/respostaderequerimentos.pdf</t>
   </si>
   <si>
     <t>Respostas aos Requerimentos Parlamentares nº 076/2023, 077/2023, 078/2023 e 079/2023.</t>
   </si>
   <si>
     <t>200468</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200468/resposta084.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200468/resposta084.pdf</t>
   </si>
   <si>
     <t>Resposta de Requerimento nº 084/2023.</t>
   </si>
   <si>
     <t>200469</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200469/resposta085.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200469/resposta085.pdf</t>
   </si>
   <si>
     <t>Resposta de Requerimento nº 85/2023.</t>
   </si>
   <si>
     <t>200470</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200470/resposta086.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200470/resposta086.pdf</t>
   </si>
   <si>
     <t>Resposta de Requerimento nº086/2023.</t>
   </si>
   <si>
     <t>200489</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 089/2023.</t>
   </si>
   <si>
     <t>200490</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 093/2023.</t>
   </si>
   <si>
     <t>200491</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 094/2023.</t>
   </si>
   <si>
     <t>200492</t>
   </si>
   <si>
     <t>Resposta ao Requerimento nº 095/2023.</t>
   </si>
   <si>
     <t>200493</t>
   </si>
   <si>
     <t>Encaminha Respostas aos Requerimentos nº 087/2023, 088/2023, 090/2023, 091/2023, 092/2023, 096/2023, 097/2023 e 098/2023.</t>
   </si>
   <si>
     <t>200509</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200509/protocolo_3749.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200509/protocolo_3749.pdf</t>
   </si>
   <si>
     <t>oficio encaminhando resposta ao requerimento de nº 107/2023</t>
   </si>
   <si>
     <t>200510</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200510/protocolo_3748.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200510/protocolo_3748.pdf</t>
   </si>
   <si>
     <t>oficio encaminhando resposta ao requerimento de nº 106/2023</t>
   </si>
   <si>
     <t>200511</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200511/protocolo_3747.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200511/protocolo_3747.pdf</t>
   </si>
   <si>
     <t>oficio encaminhando resposta aos requerimentos de nº 099/2023 100/2023, 101/2023, 102/2023, 103/2023, 104/2023 e 105/2023</t>
   </si>
   <si>
     <t>200512</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200512/respostarequerimento.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200512/respostarequerimento.pdf</t>
   </si>
   <si>
     <t>Resposta dos Requerimentos nº 108/2023, 109/2023, 110/2023, 111/2023, 112/2023, 113/2023 e 114/2023.</t>
   </si>
   <si>
     <t>200518</t>
   </si>
   <si>
     <t>Resposta dos Requerimentos nº 115/2023, 116/2023 e 117/2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -3413,68 +3413,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200252/projetodelei01cm.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200264/projeto02cm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200265/projeto03cm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200266/projeto04cm.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200267/projetodelei05cm.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200299/pl06-cm.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200337/projeto07cm.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200364/projeto08cm.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200365/projeto09cm.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200379/pl010cm.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200393/pl011cm.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200398/pl012cm.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200410/pl014cm_2.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200449/pl015cm.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200528/pl016-cm.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200296/plc01-cm.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200308/plc02-cm.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200380/plcomplementar03.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200392/projetoderesolucao02.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200535/projetoderesolucao003.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200329/propostadeemendalom02.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200395/vetoplcomplementar02cm.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200508/veto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200427/tce.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200460/recurso.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200536/emendaimpositiva01.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200537/emenda_impositiva02.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200538/emendaimpositiva03.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200539/emendaimpositiva04.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200540/emendaimpositiva05.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200541/emendaimpositiva06.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200542/emendaimpositiva07.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200543/emendaimpositiva08.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200254/indicacao01.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200255/indicacao02.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200256/indicacao03.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200282/indicacao04.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200294/indicacao05.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200295/indicacao06.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200306/indicacao07.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200307/indicacao08.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200323/indicacao09.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200324/indicacao010.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200325/indicacao011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200326/indicacao012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200394/indicacao014.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200397/indicacao015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200439/indicacao019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200472/indicacao020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200503/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200271/mocao01.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200300/mocao02.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200314/mocao003.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200411/mocao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200418/mocao05.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200436/mocao006.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200450/mocao007.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200464/mocao08.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200467/mocao09.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200488/mocao010.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200507/mocao_011.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200257/requerimento01.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200259/requerimento02.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200260/requerimento03.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200261/requerimento04.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200262/requerimento05.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200263/requerimento06.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200268/requerimento07.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200269/requerimento08.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200272/requerimento09.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200273/requerimento10.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200274/requerimento11.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200275/requerimento12.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200276/requerimento13.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200278/requerimento014.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200279/requerimento015.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200280/requerimento016.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200281/requerimento017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200283/requerimento18.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200284/requerimento19.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200291/requerimento020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200292/requerimento021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200293/requerimento022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200301/requerimento023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200302/requerimento024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200303/requerimento025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200304/requerimento026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200305/requerimento027.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200311/requerimento028.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200312/requerimento029.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200313/requerimento030.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200315/requerimento031.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200316/requerimento032.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200317/requerimento033.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200318/requerimento034.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200330/requerimento035.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200331/requerimento036.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200332/requerimento037.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200334/requerimento038.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200335/requerimento039.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200336/requerimento040.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200342/requerimento041.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200343/requerimento042.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200344/requerimento043.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200345/requerimento044.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200346/requerimento045.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200347/requerimento046.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200348/requerimento047.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200349/requerimento048.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200360/requerimento50.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200361/requerimento051.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200362/requerimento052.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200369/requerimento053.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200370/requerimento054.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200371/requerimento055.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200377/requerimento056.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200378/requerimento057.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200386/requerimento058.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200387/requerimento059.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200388/requerimento060.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200389/requerimento061.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200390/requerimento062.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200391/requerimento063.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200396/requerimento064.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200402/requerimento065.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200404/requerimento066.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200405/requerimento067.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200406/requerimento068.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200407/requerimento069.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200408/requerimento070.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200409/requerimento071.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200417/requerimento072.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200421/requerimento073.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200422/requerimento074.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200423/requerimento075.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200434/requerimento076.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200435/requerimento077.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200437/requerimento078.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200438/requerimento79.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200440/requerimento080.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200441/requerimento081.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200442/requerimento082.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200443/requerimento083.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200445/requerimento084.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200446/requerimento085.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200448/requerimento086.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200451/requerimento087.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200452/requerimento088.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200453/requerimento089.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200454/requerimento090.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200455/requerimento091.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200456/requerimento092.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200457/requerimento093.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200458/requerimento094.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200459/requerimento095.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200462/requerimento096.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200463/requerimento097.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200466/requerimento098.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200473/requerimento099.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200474/requerimento100.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200475/requerimento101.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200476/requerimento102.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200477/requerimento103.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200478/requerimento104.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200479/requerimento105.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200480/requerimento106.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200481/requerimento107.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200495/requerimento108.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200496/requerimento109.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200497/requerimento110.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200498/requerimento111.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200499/requerimento112.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200500/requerimento113.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200501/requerimento114.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200504/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200506/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200522/requerimento118.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200523/requerimento119.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200524/requerimento120.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200525/requerimento121.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200526/requerimento122.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200527/requerimento123.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200532/requerimento124.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200533/requerimento125.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200534/requrimento126.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200250/projetoexecutivo01.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200251/projetodelei02.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200253/projeto_de_lei_do_executivo03.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200258/projetodelei04.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200270/projeto_de_lei_do_executivo_05.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200277/projetoexecutivo06.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200285/projetoexecutivo07.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200286/projeto_de_lei_executivo08.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200287/projetoexecutivo09.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200288/projetoexecutivo010.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200289/projetoexecutivo011.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200290/projetoexecutivo012.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200297/projetoexecutivo013.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200298/projetoexecutivo014.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200309/projetoexecutivo015.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200340/projetodelei016.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200341/projetodelei017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200351/projetodelei018.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200352/projetodelei019.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200353/projetodelei020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200355/projeto021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200356/projetodelei022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200357/projeto023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200358/projetodelei024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200359/projeto025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200372/pl026.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200381/pl027.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200373/projeto028.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200374/projeto029.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200375/projeto030.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200376/pl031.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200382/pl032.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200383/pl033.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200385/pl034.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200413/pl035.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200414/pl036.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200415/pl037.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200416/pl038.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200419/pl039.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200420/pl040.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200424/projetoexecutivo041.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200425/projetoexecutivo042.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200426/projetoexecutivo043.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200428/pl044.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200429/projetoexecutivo045.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200430/projetoexecutivo046.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200432/projetoexecutivo047.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200444/pl048.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200447/pl049-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200465/projetoexecutivo050.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200471/projetoexecutivo051.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200483/projetoexecutivo052.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200484/projetoexecutivo053.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200485/projetoexecutivo054.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200494/projetoexecutivo055.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200515/projeto_de_lei_057.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200516/projetoexecutivo058.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200517/projetoexecutivo059.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200519/projetoexecutivo060.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200520/projetoexecutivo061.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200521/projetoexecutivo062.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200529/projetodelei063.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200530/projetodelei064.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200531/projetodelei065.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200482/parecerjuridico.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200486/parecer01.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200487/parecer2.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200513/plcomplementarex01.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200363/retirada.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200384/retiradapl022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200461/respostaderequerimentos.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200468/resposta084.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200469/resposta085.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200470/resposta086.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200509/protocolo_3749.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200510/protocolo_3748.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200511/protocolo_3747.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200512/respostarequerimento.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200252/projetodelei01cm.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200264/projeto02cm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200265/projeto03cm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200266/projeto04cm.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200267/projetodelei05cm.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200299/pl06-cm.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200337/projeto07cm.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200364/projeto08cm.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200365/projeto09cm.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200379/pl010cm.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200393/pl011cm.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200398/pl012cm.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200410/pl014cm_2.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200449/pl015cm.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200528/pl016-cm.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200296/plc01-cm.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200308/plc02-cm.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200380/plcomplementar03.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200392/projetoderesolucao02.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200535/projetoderesolucao003.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200329/propostadeemendalom02.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200395/vetoplcomplementar02cm.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200508/veto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200427/tce.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200460/recurso.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200536/emendaimpositiva01.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200537/emenda_impositiva02.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200538/emendaimpositiva03.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200539/emendaimpositiva04.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200540/emendaimpositiva05.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200541/emendaimpositiva06.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200542/emendaimpositiva07.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200543/emendaimpositiva08.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200254/indicacao01.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200255/indicacao02.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200256/indicacao03.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200282/indicacao04.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200294/indicacao05.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200295/indicacao06.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200306/indicacao07.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200307/indicacao08.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200323/indicacao09.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200324/indicacao010.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200325/indicacao011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200326/indicacao012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200394/indicacao014.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200397/indicacao015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200439/indicacao019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200472/indicacao020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200503/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200271/mocao01.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200300/mocao02.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200314/mocao003.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200411/mocao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200418/mocao05.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200436/mocao006.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200450/mocao007.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200464/mocao08.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200467/mocao09.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200488/mocao010.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200507/mocao_011.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200257/requerimento01.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200259/requerimento02.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200260/requerimento03.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200261/requerimento04.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200262/requerimento05.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200263/requerimento06.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200268/requerimento07.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200269/requerimento08.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200272/requerimento09.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200273/requerimento10.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200274/requerimento11.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200275/requerimento12.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200276/requerimento13.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200278/requerimento014.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200279/requerimento015.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200280/requerimento016.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200281/requerimento017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200283/requerimento18.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200284/requerimento19.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200291/requerimento020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200292/requerimento021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200293/requerimento022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200301/requerimento023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200302/requerimento024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200303/requerimento025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200304/requerimento026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200305/requerimento027.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200311/requerimento028.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200312/requerimento029.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200313/requerimento030.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200315/requerimento031.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200316/requerimento032.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200317/requerimento033.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200318/requerimento034.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200330/requerimento035.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200331/requerimento036.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200332/requerimento037.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200334/requerimento038.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200335/requerimento039.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200336/requerimento040.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200342/requerimento041.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200343/requerimento042.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200344/requerimento043.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200345/requerimento044.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200346/requerimento045.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200347/requerimento046.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200348/requerimento047.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200349/requerimento048.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200360/requerimento50.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200361/requerimento051.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200362/requerimento052.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200369/requerimento053.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200370/requerimento054.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200371/requerimento055.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200377/requerimento056.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200378/requerimento057.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200386/requerimento058.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200387/requerimento059.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200388/requerimento060.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200389/requerimento061.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200390/requerimento062.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200391/requerimento063.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200396/requerimento064.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200402/requerimento065.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200404/requerimento066.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200405/requerimento067.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200406/requerimento068.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200407/requerimento069.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200408/requerimento070.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200409/requerimento071.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200417/requerimento072.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200421/requerimento073.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200422/requerimento074.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200423/requerimento075.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200434/requerimento076.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200435/requerimento077.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200437/requerimento078.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200438/requerimento79.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200440/requerimento080.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200441/requerimento081.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200442/requerimento082.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200443/requerimento083.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200445/requerimento084.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200446/requerimento085.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200448/requerimento086.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200451/requerimento087.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200452/requerimento088.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200453/requerimento089.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200454/requerimento090.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200455/requerimento091.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200456/requerimento092.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200457/requerimento093.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200458/requerimento094.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200459/requerimento095.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200462/requerimento096.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200463/requerimento097.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200466/requerimento098.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200473/requerimento099.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200474/requerimento100.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200475/requerimento101.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200476/requerimento102.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200477/requerimento103.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200478/requerimento104.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200479/requerimento105.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200480/requerimento106.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200481/requerimento107.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200495/requerimento108.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200496/requerimento109.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200497/requerimento110.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200498/requerimento111.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200499/requerimento112.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200500/requerimento113.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200501/requerimento114.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200504/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200506/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200522/requerimento118.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200523/requerimento119.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200524/requerimento120.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200525/requerimento121.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200526/requerimento122.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200527/requerimento123.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200532/requerimento124.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200533/requerimento125.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200534/requrimento126.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200250/projetoexecutivo01.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200251/projetodelei02.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200253/projeto_de_lei_do_executivo03.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200258/projetodelei04.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200270/projeto_de_lei_do_executivo_05.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200277/projetoexecutivo06.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200285/projetoexecutivo07.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200286/projeto_de_lei_executivo08.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200287/projetoexecutivo09.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200288/projetoexecutivo010.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200289/projetoexecutivo011.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200290/projetoexecutivo012.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200297/projetoexecutivo013.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200298/projetoexecutivo014.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200309/projetoexecutivo015.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200340/projetodelei016.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200341/projetodelei017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200351/projetodelei018.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200352/projetodelei019.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200353/projetodelei020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200355/projeto021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200356/projetodelei022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200357/projeto023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200358/projetodelei024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200359/projeto025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200372/pl026.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200381/pl027.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200373/projeto028.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200374/projeto029.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200375/projeto030.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200376/pl031.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200382/pl032.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200383/pl033.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200385/pl034.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200413/pl035.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200414/pl036.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200415/pl037.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200416/pl038.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200419/pl039.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200420/pl040.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200424/projetoexecutivo041.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200425/projetoexecutivo042.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200426/projetoexecutivo043.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200428/pl044.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200429/projetoexecutivo045.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200430/projetoexecutivo046.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200432/projetoexecutivo047.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200444/pl048.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200447/pl049-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200465/projetoexecutivo050.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200471/projetoexecutivo051.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200483/projetoexecutivo052.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200484/projetoexecutivo053.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200485/projetoexecutivo054.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200494/projetoexecutivo055.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200515/projeto_de_lei_057.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200516/projetoexecutivo058.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200517/projetoexecutivo059.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200519/projetoexecutivo060.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200520/projetoexecutivo061.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200521/projetoexecutivo062.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200529/projetodelei063.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200530/projetodelei064.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200531/projetodelei065.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200482/parecerjuridico.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200486/parecer01.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200487/parecer2.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200513/plcomplementarex01.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200363/retirada.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200384/retiradapl022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200461/respostaderequerimentos.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200468/resposta084.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200469/resposta085.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200470/resposta086.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200509/protocolo_3749.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200510/protocolo_3748.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200511/protocolo_3747.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2023/200512/respostarequerimento.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H294"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="150" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>