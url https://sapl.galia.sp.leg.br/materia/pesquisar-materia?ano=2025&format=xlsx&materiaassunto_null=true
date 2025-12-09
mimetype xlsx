--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1552" uniqueCount="680">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1744" uniqueCount="751">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -357,50 +357,131 @@
   <si>
     <t>Regulamenta a cessão uso dos espaços Públicos da Câmara Municipal de Gália/SP a outros poderes, bem como a terceiros, e dá outras providências.</t>
   </si>
   <si>
     <t>200935</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200935/projeto_de_resolucao_n._05-2025_-_fiscalziacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO TEXTO DA ALÍNEA “B”, DO INCISO II, DO ART. 78, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200794</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
     <t>Altera o texto do art. 70 da Lei Orgânica do Município de Gália/SP.</t>
   </si>
   <si>
+    <t>200937</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200937/emenda_ao_plc_n._03-2205_-_jose_eduardo_sanavio.pdf</t>
+  </si>
+  <si>
+    <t>Emenda ao Projeto de Lei Complementar n.º 03/2025</t>
+  </si>
+  <si>
+    <t>200948</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200948/emenda_impositiva_n_01-2025_-_jose_augusto_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>Aloca recursos de Emenda Parlamentar Impositiva.</t>
+  </si>
+  <si>
+    <t>200949</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200949/emenda_impositiva_n_02-2025_-_chico.pdf</t>
+  </si>
+  <si>
+    <t>Aloca recursos de Emenda Parlamentar Impositiva</t>
+  </si>
+  <si>
+    <t>200950</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200950/emenda_impositiva_n_03-2025_-_priscila.pdf</t>
+  </si>
+  <si>
+    <t>200951</t>
+  </si>
+  <si>
+    <t>Ricardo Gonçalves Gutierrez</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200951/emenda_impositiva_n_04-2025_-_ricardo.pdf</t>
+  </si>
+  <si>
+    <t>200952</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200952/emenda_impositiva_n_05-2025_-_pretinho.pdf</t>
+  </si>
+  <si>
+    <t>200953</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200953/emenda_impositiva_n_06-2025_-_jose_eduardo.pdf</t>
+  </si>
+  <si>
+    <t>200954</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200954/emenda_impositiva_n_07-2025_-_pepinelli_e_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>200955</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200955/emenda_impositiva_n_08-2025_-_gui.pdf</t>
+  </si>
+  <si>
+    <t>200956</t>
+  </si>
+  <si>
+    <t>Emerson Wander Cazzo</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200956/emenda_impositiva_n_09-2025_-_emerson.pdf</t>
+  </si>
+  <si>
     <t>200763</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200763/indicacao_parlmentar_01-202520250131_10224989.pdf</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DO PROJETO “EU MISSIONÁRIO NAS RUAS DE SUA CIDADE”.</t>
   </si>
   <si>
     <t>200774</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200774/indicacao_parlamentar_n_02-202520250207_08385580.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de uma empresa de auditoria independente para auditar os recursos dispendidos pelo Poder Público do Município de Gália/SP a Unidade de Saúde Hospital São Vicente.</t>
   </si>
   <si>
     <t>200775</t>
@@ -411,53 +492,50 @@
   <si>
     <t>Indica a aquisição de Máquina de fazer fraldas descartáveis.</t>
   </si>
   <si>
     <t>200779</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200779/indicacao_parlamentar_n_04-202520250207_10091577.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção da iluminação pública do trecho que liga o Município ao Núcleo Habitacional Bruno Barneze Inácio Gonçalves.</t>
   </si>
   <si>
     <t>200780</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200780/indicacao_parlamentar_n_05-202520250207_10103623.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de redutores de velocidade em ruas do Núcleo Habitacional Bruno Barneze Inácio Gonçalves.</t>
   </si>
   <si>
     <t>200782</t>
   </si>
   <si>
-    <t>Ricardo Gonçalves Gutierrez</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200782/indicacao_parlamentar_n_06-202520250207_11004822.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias no trecho compreendido entre o Portal de entrada do Município de Gália/SP e a lateral da Praça da Bíblia.</t>
   </si>
   <si>
     <t>200790</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200790/indicacao_parlamentar_n_07-202520250220_15145999.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de redutor de velocidade em via pública.</t>
   </si>
   <si>
     <t>200791</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200791/indicacao_parlamentar_n_08-202520250220_15161453.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias na Rua José Bassan Filho e outros.</t>
   </si>
   <si>
     <t>200793</t>
@@ -486,53 +564,50 @@
   <si>
     <t>INDICA A REALIZAÇÃO DE CASTRAÇÃO DE ANIMAIS DOMÉSTICOS EM CLÍNICAS SEDIADAS NO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200801</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200801/indicacao_parlamentar_n._012-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NO ATENDIMENTO NA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
     <t>200802</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200802/indicacao_parlamentar_n._013-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NO CAMPO DE FUTEBOL DO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>200804</t>
   </si>
   <si>
-    <t>Emerson Wander Cazzo</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200804/indicacao_parlamentar_n._014-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NAS VIAS DE TRÂNSITO INTERNO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>200806</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200806/indicacao_parlamentar_n._015-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A AQUISIÇÃO DE VEÍCULO AUTOMOTOR PARA A EQUIPE DA SAÚDE QUE DESEMPENHA SUAS ATIVIDADES NA ZONA RURAL.</t>
   </si>
   <si>
     <t>200807</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200807/indicacao_parlamentar_n.o_016-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NA RUA JOSÉ BASSAN FILHO.</t>
   </si>
   <si>
     <t>200813</t>
@@ -1102,71 +1177,113 @@
     <t>INDICA A REALIZAÇÃO DE MELHORIAS NOS ASSENTAMENTOS RURAIS DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200932</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200932/indicacao_parlamentar_n._067-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NO SISTEMA DE VAGAS DE ESTACIONAMENTO DA AVENIDA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>200933</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200933/indicacao_parlamentar_n._068-2025.pdf</t>
   </si>
   <si>
     <t>INDICA O ENVIO DE PROJETO DE LEI PARA À CÂMARA MUNICIPAL DE GÁLIA/SP.</t>
+  </si>
+  <si>
+    <t>200939</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200939/indicacao_parlamentar_n_069-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICA A DISPONIBILIDADE DE ATIVIDADES ESPORTIVAS E OUTRAS ÀS CRIANÇAS RESIDENTES NA ZONA RURAL DE GÁLIA/SP.</t>
+  </si>
+  <si>
+    <t>200945</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200945/indicacao_parlamentar_n_070-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica a intervenção da Defesa Civil em área específica.</t>
   </si>
   <si>
     <t>200873</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
     <t>Guilherme Ferrarezi Altran, Ana Priscila Nunes Cervelin, Antonio Carlos Pepinelle, Dr. José Augusto da Silva, Emerson Wander Cazzo, Francisco Martins Saraiva, José Eduardo Sanavio, Ricardo Gonçalves Gutierrez, Rinaldo Pinheiro de Carvalho</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200873/mocao_02-2025_-_apoio.pdf</t>
   </si>
   <si>
     <t>CONCEDE MOÇÃO DE APOIO AOS FUNCIONÁRIOS DE CARREIRA DE APOIO AGROPECUÁRIO DE COORDENADORIA DE DEFESA AGROPECUÁRIA (CD),_x000D_
 DA SECRETARIA DE AGRICULTURA E ABASTECIMENTO DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
+    <t>200943</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200943/mocao_n_03-2025_-_louvor.pdf</t>
+  </si>
+  <si>
+    <t>Concede moção de louvor às estudantes Maria Laura Ribeiro Simões e Ana Lívia de Souza Claudino, e outros.</t>
+  </si>
+  <si>
+    <t>200946</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200946/mocao_n_04-2025_-_pesar.pdf</t>
+  </si>
+  <si>
+    <t>Concede moção de pesar à família do saudoso Senhor Ilson Ferreira</t>
+  </si>
+  <si>
     <t>200777</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Ana Priscila Nunes Cervelin, Rinaldo Pinheiro de Carvalho</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200777/requerimento_parlamentar_n_01-202520250207_10023356.pdf</t>
   </si>
   <si>
     <t>Requer o envio de cálculo contendo impacto orçamentário e financeiro para o fim que se destina.</t>
   </si>
   <si>
     <t>200778</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200778/requerimento_parlamentar_n_02-202520250207_10032861.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do fornecimento de medicamentos manipulados por parte da Administração Municipal de Gália/SP.</t>
@@ -1283,50 +1400,56 @@
     <t>200868</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200868/requerimento_parlamentar_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Pede informações acerca de correção de erosão do solo.</t>
   </si>
   <si>
     <t>200898</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200898/requerimento_parlamentar_n_016-2025.pdf</t>
   </si>
   <si>
     <t>Indagada acerca da realização de manutenção e/ou melhorias em áreas de lazer infantil do município de Gália/SP.</t>
   </si>
   <si>
     <t>200903</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200903/requerimento_parlamentar_n._017.pdf</t>
   </si>
   <si>
     <t>LANÇA INDAGAÇÕES ACERCA DO CANIL MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>200944</t>
+  </si>
+  <si>
+    <t>Concede Moção de Pesar à família do saudoso Sr. Ilson Ferreira.</t>
   </si>
   <si>
     <t>200744</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200744/projeto_de_lei_n001-25gratificacoes.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 005/2025 - GP. Encaminha Projeto de Lei n. 001/2025. Dispõe sobre a craão, regulamentação e readequação do regime de pagamento de gratificações, funções gratificadas e retribuições aos empregados públicos da prefeitura do município de Gália/SP e dá outras providências.</t>
   </si>
   <si>
     <t>200748</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200748/projeto_de_lei_n002-25cria_referencia_pgm.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 08/2025 - GP. Projeto de Lei 02/2025. Dispõe sobre a revogação e substituição do Anexo I da Lei Municipal nº. 2.695/22.</t>
   </si>
@@ -1643,51 +1766,51 @@
     <t>OFICIO Nº140-25. DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025,  E A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>200916</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200916/oficio_no141-25projeto_de_lei_037-25-assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 141/2025 - GP. ENCAMINHA PROJETO DE LEI Nº 037-2025. DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CREDITO ADICIOAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200920</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200920/projeto.pdf</t>
   </si>
   <si>
     <t>“CONCEDE REVISÃO GERAL ANUAL AO SUBSÍDIO DOS_x000D_
 SECRETÁRIOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.” Oficio n.º 143/2025 encaminha Projeto de Lei n.º 038/2025</t>
   </si>
   <si>
     <t>200922</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200922/oficio_no144-25camara-encaminha_projeto_de_lei_-assinado.pdf</t>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200922/projeto_loa_2026_1.pdf</t>
   </si>
   <si>
     <t>dispõe sobre o Orçamento do Município de Gália/SP, para o exercício financeiro do ano de 2026.</t>
   </si>
   <si>
     <t>200923</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200923/projeto_de_lei_n040-25sistema_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>OFCIO Nº150/2025 - GP. ENCAMINHA PROJETO DE LEI 040/2025. INSTTUI O SISTEMA MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>200924</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200924/projeto_de_lei_n041-25plano_municipal_primeira_infancia_-_pmpi.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº151/2025 - GP. ENCAMINHA PROJETO DE LEI 041/2025.INSTITUI O PLANO MUNICIPAL PELA PRIMEIRA INFÂNCIA.</t>
   </si>
   <si>
     <t>200925</t>
   </si>
@@ -1721,93 +1844,165 @@
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200928/projeto_de_lei_n044-25honorarios_sucumbencia.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº155/2025 - GP. ENCAMINHA PROJETO DE LEI Nº 045/2025. DISCIPLINA O SISTEMA DE VIDEOMONITORAMENTODE VIAS E PRÉDIOS PÚBLICOS DO MUNICÍPIO DE GÁLIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200934</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200934/projeto_de_lei_046-25abertura_de_credito_especial_e_suplementar.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 157/2025 - GP. ENCAMINHA PROJETO DE LEI Nº046/2025.“DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>200936</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200936/projeto_de_lei_047-25assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 160/2025 - GP. ENCAMINHA PROJETO DE LEI Nº 047-25. DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 1974-2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>200940</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200940/oficio_no163-25-projeto_de_lei_no048-25-assinado.pdf</t>
+  </si>
+  <si>
+    <t>OFICIO Nº 163-2025 - GP. ENCAMINHA PROJETO DE LEI 048/2025. Institui o concurso " Natal na minha rua - luzes que se unen" para decoração natalina de residências no município e a abertura de credito adicional especial ao orçamento de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>200941</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200941/oficio_no164-25-encaminha_projeto_de_lei_049-25-assinado.pdf</t>
+  </si>
+  <si>
+    <t>OFICIO Nº164-25 - GP. ENCAMINHA PROJETO DE LEI Nº 049/2025. Dispõe sobre a alteraçãode metas e valores e diretrzes ao PPA 2022/2025, LDO para 2025 e a abertura de credito adiconal suplementar ao orçamento de 2025.</t>
+  </si>
+  <si>
+    <t>200942</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200942/projeto_de_lei_no050-25-assinado.pdf</t>
+  </si>
+  <si>
+    <t>OFICIO Nº. 166/2025 - GP. ENCAMINHA PROJETO DE LEI 050/2025. DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>200957</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200957/projeto_051_1.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS” - PROJETO DE LEI N.º 051/2025 - Oficio nº. 169/2025 – GP</t>
+  </si>
+  <si>
+    <t>200959</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200959/projeto_de_lei_no_052-25abono_natalinoassinado.pdf</t>
+  </si>
+  <si>
+    <t>OFICIO Nº 176/2025 - GP. ENCAMINHA PROJETO DE LEI 052/2025.“Disciplina a concessão de Abono Natalino aos empregados públicos municipais ativos, efetivos, comissionados, Secretários Municipais, ocupantes de cargo público permanente ou função de confiança, aos contratados por prazo determinado (temporários) e aos membros do Conselho Tutelar do município de Gália, e a Alteração de Metas e Valores e Diretrizes ao PPA 2022/2025, e a Abertura de Crédito Adicional Suplementar ao Orçamento de 2025 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>200960</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200960/oficio177-25-projetodelei053-25-assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>OFICIO Nº 177/2025 - GP. ENCAMINHA PROJETO DE LEI 053/2025. Revoga integralmente a Lei Municipal nº. 2239/2013, de 07 de novembro de 2013.</t>
+  </si>
+  <si>
     <t>200759</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>JOÃO SARDI JUNIOR</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200759/parecer_juridico_n_01-2025_-_funcoes_gratificadas_-_retificado.pdf</t>
   </si>
   <si>
     <t>Parecer Jurídico em relação ao Projeto de Lei n.º 001/2025, de autoria do Exmo. Sr. Prefeito do Município de Gália/SP, que regulamenta e readequa o regime de pagamento das gratificações e retribuições aos empregados públicos da Prefeitura do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200746</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200746/projeto_de_lei_complementar_no_01-25_muda_a_nomenclatura_da_secretaria_mun._cultura_e_revoga_artigos.pdf</t>
   </si>
   <si>
     <t>Oficio nº. 006/2025 - GP. Encaminha Projeto de Lei Complementar nº. 001/2025.  Dispõe sobre a alteração da nomenclatura da Secretaria Municipal de Cultura e Turismo e dá outras providências.</t>
   </si>
   <si>
     <t>200765</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200765/projeto_de_lei_complementar_02-2025.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 40/2025 - GP. Encaminha Projeto de Lei Complementar 02/2025. Dispõe sobre o parcelamento de débitos não tributários  e dá outras providências.</t>
   </si>
   <si>
     <t>200931</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200931/projeto_de_lei_complementar_no_03-25_novo_codigo_tributario_de_galia_1.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 156/2025 - GP. ENCAMINHA PROJETO DE LEI COMPLEMENTAR 003/2025. INSTITUI O NOVO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE GÁLIA/SP.</t>
+  </si>
+  <si>
+    <t>200938</t>
+  </si>
+  <si>
+    <t>RF</t>
+  </si>
+  <si>
+    <t>Redação Final</t>
+  </si>
+  <si>
+    <t>CCJ - Comissão de Constituição e Justiça</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200938/redacao_final__plc_03-2025.pdf</t>
+  </si>
+  <si>
+    <t>REDAÇÃO FINAL DO PLC N.º 03/2025</t>
   </si>
   <si>
     <t>200795</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200795/resposta_requerimento_no_01_000241.pdf</t>
   </si>
   <si>
     <t>Encaminha Resposta de Requerimentos.</t>
   </si>
   <si>
     <t>200810</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200810/oficio_no66-25camara-encaminha_resposta_ao_requerimento_parlamentar_003-25.pdf</t>
   </si>
@@ -2065,50 +2260,68 @@
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200876/2025_-_lrf_executivo_2_bimestre_oficio_requisitorio_da_camara.pdf</t>
   </si>
   <si>
     <t>Solicita o plenario para a audiencia de metas fiscais</t>
   </si>
   <si>
     <t>200877</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200877/pedido_plenario_saude.pdf</t>
   </si>
   <si>
     <t>Solicita o plenário para a realização da Audiência da Prestação de Contas da Saúde referente ao 1º quadrimestre de 2025, no dia 29/05/2025 as 15 horas</t>
   </si>
   <si>
     <t>200921</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200921/microsoft_word_-_2025_-_lrf_executivo_4_bimestre_oficio_requisitorio_da_camara.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita Cessão do Plenário - data de 29 de setembro de 2025, às 09:00h - Audiência Pública para demonstração e avaliação do cumprimento das metas_x000D_
 fiscais, referente ao 2º quadrimestre de 2025</t>
+  </si>
+  <si>
+    <t>200947</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200947/camscanner_11-26-2025_13.57.33meus_docs.pdf</t>
+  </si>
+  <si>
+    <t>Agradecimento pela parceira à Educação Municipal de Gália - OF 304/2025</t>
+  </si>
+  <si>
+    <t>200958</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200958/chapa_mesa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta Chapa que concorrerá nas eleições dos cargos da Mesa Diretora - Exercício de 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2412,56 +2625,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200769/projeto_de_lei_n_01-2025_-_cm_20250206_13240090.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200770/projeto_de_lei_n_02-2025_-_cm_20250206_13312455.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200771/projeto_de_lei_n_03-2025_-_cm_20250207_08174346.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200772/projeto_de_lei_n_04-2025_-_cm_20250207_08265731.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200781/projeto_de_lei_n_05-2025_-_cm20250207_10162176.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200787/projeto_de_lei_n_06-2025_-_cm_20250220_15012654.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200788/projeto_de_lei_n_07-2025_-_cm_20250220_15042543.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200792/projeto_de_lei_n_08-2025_-_cm20250220_15305338.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200815/projeto_de_lei_n._010-2025_-_revogacao_art_lei_receitas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200824/projeto_de_lei_n._012-2025_-_cm_-_programa_farmacia_continua.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200845/projeto_de_lei_n._013-2025_-_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200846/projeto_de_lei_n._014-2025_-_ruidos_de_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200847/projeto_de_lei_n._015-2025_-_inauguracao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200863/projeto_de_lei_n._16-2025_-_vandalismo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200882/projeto_de_lei_n._017-2025_-_dia_das_forcas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200890/projeto_de_lei_n._018-2025_-_multa_-_estradas_municipais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200914/projeto_de_lei_n._019-2025_-_prestacao_de_contas_-_entidades_subvencionadas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200768/projeto_de_resolucao_n_01-202520250206_13171509.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200776/projeto_de_resolucao_n_02-2025_-_comissao_de_assuntos_relevantes20250207_08500292.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200904/projeto_de_resolucao_n._03-_2025_-_votacao_eletronica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200935/projeto_de_resolucao_n._05-2025_-_fiscalziacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200763/indicacao_parlmentar_01-202520250131_10224989.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200774/indicacao_parlamentar_n_02-202520250207_08385580.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200775/indicacao_parlamentar_n_03-202520250207_08445692.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200779/indicacao_parlamentar_n_04-202520250207_10091577.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200780/indicacao_parlamentar_n_05-202520250207_10103623.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200782/indicacao_parlamentar_n_06-202520250207_11004822.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200790/indicacao_parlamentar_n_07-202520250220_15145999.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200791/indicacao_parlamentar_n_08-202520250220_15161453.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200793/indicacao_parlamentar_n_09-202520250220_15335858.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200799/indicacao_parlamentar_n._010-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200800/indicacao_parlamentar_n._011-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200801/indicacao_parlamentar_n._012-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200802/indicacao_parlamentar_n._013-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200804/indicacao_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200806/indicacao_parlamentar_n._015-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200807/indicacao_parlamentar_n.o_016-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200813/indicacao_parlamentar_n._017-2025_-_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200816/indicacao_parlamentar_n._018-2025_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200822/indicacao_parlamentar_n._019-2025_-_cobertura_na_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200823/indicacao_parlamentar_n._020-2025_-_cobertura_creche_ruth_coelho.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200830/indicacao_parlamentar_n._025-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200831/indicacao_parlamentar_n._026-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200832/indicacao_parlamentar_n._027-2025_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200833/indicacao_parlamentar_n._028-2025_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200834/indicacao_parlamentar_n._029-2025_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200835/indicacao_parlamentar_n._030-2025_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200836/indicacao_parlamentar_n._031-2025_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200837/indicacao_parlamentar_n._032-2025_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200838/indicacao_parlamentar_n._033-2025_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200848/indicacao_parlamentar_n._034-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200849/indicacao_parlamentar_n._035-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200850/indicacao_parlamentar_n._036-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200851/indicacao_parlamentar_n._037-2025_-_microchipagem_de_animais.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200852/indicacao_parlamentar_n._038-2025_-_reocao_de_veiculos_abandonados.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200853/indicacao_parlamentar_n._039-2025_-_censo_de_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200854/indicacao_parlamentar_n._040-2025_-_contratacao_de_veterinario.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200855/indicacao_parlamentar_n._041-2025_-_ambulancia_semi-uti.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200858/indicacao_parlamentar_n._042-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200859/indicacao_parlamentar_n._043-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200864/indicacao_parlamentar_n._044-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200865/indicacao_parlamentar_n._045-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200866/indicacao_parlamentar_n._046-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200878/indicacao_parlamentar_n_047-2025_-_centro_de_especilialidades_medicas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200879/indicacao_parlamentar_n._048-2025_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200880/indicacao_parlamentar_n._049-2025_-_garagem_das_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200881/indicacao_parlamentar_n._050-2025_-_balanca.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200883/indicacao_parlamentar_n._051-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200889/indicacao_parlamentar_n._052-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200891/indicacao_parlamentar_n._053-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200897/indicacao_parlamentar_n._054-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200899/indicacao_parlamentar_n._055-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200900/indicacao_parlamentar_n._056-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200901/indicacao_parlamentar_n._057-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200902/indicacao_parlamentar_n._058-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200909/indicacao_parlamentar_n._059-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200910/indicacao_parlamentar_n._060-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200911/indicacao_parlamentar_n._061-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200917/indicacao_parlamentar_n._062-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200918/indicacao_parlamentar_n._063-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200919/indicacao_parlamentar_n._64-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200929/indicacao_parlamentar_n._065-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200930/indicacao_parlamentar_n._066-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200932/indicacao_parlamentar_n._067-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200933/indicacao_parlamentar_n._068-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200873/mocao_02-2025_-_apoio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200777/requerimento_parlamentar_n_01-202520250207_10023356.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200778/requerimento_parlamentar_n_02-202520250207_10032861.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200789/requerimento_parlamentar_n_03-202520250220_15120606.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200803/requerimento_parlamentar_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200805/requerimento_parlamentar_n._05-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200812/requerimento_parlamentar_n._06-2025_-_isencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200814/requerimento_parlamantar_n._07-2025_-_exames_de_imagem_.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200818/requerimento_parlamentar_n._08-2025_-_auditoria_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200819/requerimento_parlamentar_n._09-2025_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200820/requerimento_parlamentar_n._010-2025_-_coordeandor_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200821/requerimento_parlamentar_n._011-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200856/requerimento_parlamentar_n._12-2025_-_insalubridade_dos_ambulanceiros.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200857/requerimento_parlamentar_n._013-2025_-_insalubridade_servidores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200860/requerimento_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200868/requerimento_parlamentar_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200898/requerimento_parlamentar_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200903/requerimento_parlamentar_n._017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200744/projeto_de_lei_n001-25gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200748/projeto_de_lei_n002-25cria_referencia_pgm.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200749/projeto_de_lei_n003-25autoriza_pagamento_vale_agentes_politicos_e_comissionados.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200750/projeto_de_lei_n004-25revoga_a_lei_2412-17.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200752/projeto_de_lei_n005-25reajuste_empregados_10_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200757/projeto_de_lei_n006-25altera_art.1o_lei_2706-22_permissao_camara.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200758/projeto_de_lei_n007-25revoga_a_lei_2.830-24.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200760/projeto_de_lei_n008-25rga_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200762/projeto_de_lei_n009-25altera_lei_1461-91_membros_cmdr.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200764/projeto_de_lei_n010-25amplia_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200766/oficiono41-25-projleino11-25.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200767/oficio_no042-25-encaminha_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200784/projeto_de_lei_n013-25cria_04_vagas_auxiliar_servicos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200785/projeto_de_lei_n014-25altera_lei_2.862-25_funcoes.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200797/projeto_de_lei_n15.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200825/oficio_no73-25-encaminha_projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200842/oficiono77-25-projeto_de_lei_17-25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200861/brn30055ce9a6b1_107486.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200867/brn30055ce9a6b1_107900.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200871/projeto_020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200872/pl_21_2.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200874/pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200884/projeto_de_lei_023-25.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200885/projeto_de_lei_024-25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200886/projeto_de_lei_025-25-oficio_107-assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200887/projeto_de_lei_no026-25-oficio_108-assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200888/projeto_de_lei_n027-25desafetacao_area_sistema_viario_mat._3.825_-_jose_praxedes_final.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200892/projeto_de_lei_n028-25altera_lei_2.862-25_funcoes_-_lgpd_1-3.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200893/projeto_de_lei_no029-25assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200894/projeto_de_lei_n030-25desafetacao_areas_antiga_base_pm_e_terreno_saraiva.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200895/projeto_de_lei_no31-25cria_funcao_gratificada.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200896/projeto_de_lei_no_32-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200907/oficio_no136-25-encaminha_projeto_de_lei_033-25-ppa.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200908/oficio_no137-25-encaminha_projeto_de_lei_034-25-ldo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200912/oficiono139-25-encaminha_projeto_de_lei035-25.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200913/oficio_no140-25-encaminha_projeto_de_lei036-25_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200916/oficio_no141-25projeto_de_lei_037-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200920/projeto.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200922/oficio_no144-25camara-encaminha_projeto_de_lei_-assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200923/projeto_de_lei_n040-25sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200924/projeto_de_lei_n041-25plano_municipal_primeira_infancia_-_pmpi.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200925/projeto_de_lei_n042-25criacao_brigada_de_incendio_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200926/projeto_de_lei_n043-25pad_e_regime_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200927/projeto_de_lei_n045-25videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200928/projeto_de_lei_n044-25honorarios_sucumbencia.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200934/projeto_de_lei_046-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200936/projeto_de_lei_047-25assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200759/parecer_juridico_n_01-2025_-_funcoes_gratificadas_-_retificado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200746/projeto_de_lei_complementar_no_01-25_muda_a_nomenclatura_da_secretaria_mun._cultura_e_revoga_artigos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200765/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200931/projeto_de_lei_complementar_no_03-25_novo_codigo_tributario_de_galia_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200795/resposta_requerimento_no_01_000241.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200810/oficio_no66-25camara-encaminha_resposta_ao_requerimento_parlamentar_003-25.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200839/oficio_no75-25camaraencaminha_resposta_ao_requerimento_parlamentar_04_e_05.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200840/oficio_076-25_-_resposta_requerimento_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200844/oficio_no80-25respostas_dos_requerimentos_parlamentares_060709_e_011-25.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200870/oficio_084-25.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200875/oficiono90-25resposta_ao_requerimento_015-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200905/oficio_133-25_-_resposta_requerimento_parlamentar_016-25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200906/oficio_134-25_-_resposta_requerimento_parlamentar_017-25.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200741/oficio_01-2025_gp_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200742/oficio_004-25_retirada_pl_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200747/oficio_no07-2025-gp.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200751/oficio_011-25_solicita_revisao_remun._secretarios.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200753/oficio_no014_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200754/oficiono015_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200755/oficiono016_2025_gp_encaminha_inormacoes.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200756/oficiono017_2025_gp_encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200761/oficio_32_2025_gp.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200783/oficio_no43_2025-gp.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200786/lrf_executivo_6_bimestre_oficio_reuisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200796/oficio_057-25_retirada_pl_hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200798/oficio_056-25_encaminha_pl_altera_pro_labore_pm.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200809/oficio_059-25_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200811/junior_sardi_-_req_teto_salarial.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200841/prestacao_anual_2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200843/oficio_079-25_encaminha_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200862/oficio_encaminhamento_a_camara.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200869/oficio_083-25_encaminha_veto.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200876/2025_-_lrf_executivo_2_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200877/pedido_plenario_saude.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200921/microsoft_word_-_2025_-_lrf_executivo_4_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200769/projeto_de_lei_n_01-2025_-_cm_20250206_13240090.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200770/projeto_de_lei_n_02-2025_-_cm_20250206_13312455.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200771/projeto_de_lei_n_03-2025_-_cm_20250207_08174346.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200772/projeto_de_lei_n_04-2025_-_cm_20250207_08265731.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200781/projeto_de_lei_n_05-2025_-_cm20250207_10162176.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200787/projeto_de_lei_n_06-2025_-_cm_20250220_15012654.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200788/projeto_de_lei_n_07-2025_-_cm_20250220_15042543.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200792/projeto_de_lei_n_08-2025_-_cm20250220_15305338.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200815/projeto_de_lei_n._010-2025_-_revogacao_art_lei_receitas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200824/projeto_de_lei_n._012-2025_-_cm_-_programa_farmacia_continua.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200845/projeto_de_lei_n._013-2025_-_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200846/projeto_de_lei_n._014-2025_-_ruidos_de_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200847/projeto_de_lei_n._015-2025_-_inauguracao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200863/projeto_de_lei_n._16-2025_-_vandalismo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200882/projeto_de_lei_n._017-2025_-_dia_das_forcas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200890/projeto_de_lei_n._018-2025_-_multa_-_estradas_municipais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200914/projeto_de_lei_n._019-2025_-_prestacao_de_contas_-_entidades_subvencionadas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200768/projeto_de_resolucao_n_01-202520250206_13171509.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200776/projeto_de_resolucao_n_02-2025_-_comissao_de_assuntos_relevantes20250207_08500292.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200904/projeto_de_resolucao_n._03-_2025_-_votacao_eletronica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200935/projeto_de_resolucao_n._05-2025_-_fiscalziacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200937/emenda_ao_plc_n._03-2205_-_jose_eduardo_sanavio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200948/emenda_impositiva_n_01-2025_-_jose_augusto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200949/emenda_impositiva_n_02-2025_-_chico.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200950/emenda_impositiva_n_03-2025_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200951/emenda_impositiva_n_04-2025_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200952/emenda_impositiva_n_05-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200953/emenda_impositiva_n_06-2025_-_jose_eduardo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200954/emenda_impositiva_n_07-2025_-_pepinelli_e_guilherme.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200955/emenda_impositiva_n_08-2025_-_gui.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200956/emenda_impositiva_n_09-2025_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200763/indicacao_parlmentar_01-202520250131_10224989.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200774/indicacao_parlamentar_n_02-202520250207_08385580.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200775/indicacao_parlamentar_n_03-202520250207_08445692.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200779/indicacao_parlamentar_n_04-202520250207_10091577.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200780/indicacao_parlamentar_n_05-202520250207_10103623.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200782/indicacao_parlamentar_n_06-202520250207_11004822.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200790/indicacao_parlamentar_n_07-202520250220_15145999.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200791/indicacao_parlamentar_n_08-202520250220_15161453.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200793/indicacao_parlamentar_n_09-202520250220_15335858.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200799/indicacao_parlamentar_n._010-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200800/indicacao_parlamentar_n._011-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200801/indicacao_parlamentar_n._012-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200802/indicacao_parlamentar_n._013-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200804/indicacao_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200806/indicacao_parlamentar_n._015-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200807/indicacao_parlamentar_n.o_016-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200813/indicacao_parlamentar_n._017-2025_-_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200816/indicacao_parlamentar_n._018-2025_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200822/indicacao_parlamentar_n._019-2025_-_cobertura_na_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200823/indicacao_parlamentar_n._020-2025_-_cobertura_creche_ruth_coelho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200830/indicacao_parlamentar_n._025-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200831/indicacao_parlamentar_n._026-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200832/indicacao_parlamentar_n._027-2025_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200833/indicacao_parlamentar_n._028-2025_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200834/indicacao_parlamentar_n._029-2025_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200835/indicacao_parlamentar_n._030-2025_1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200836/indicacao_parlamentar_n._031-2025_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200837/indicacao_parlamentar_n._032-2025_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200838/indicacao_parlamentar_n._033-2025_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200848/indicacao_parlamentar_n._034-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200849/indicacao_parlamentar_n._035-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200850/indicacao_parlamentar_n._036-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200851/indicacao_parlamentar_n._037-2025_-_microchipagem_de_animais.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200852/indicacao_parlamentar_n._038-2025_-_reocao_de_veiculos_abandonados.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200853/indicacao_parlamentar_n._039-2025_-_censo_de_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200854/indicacao_parlamentar_n._040-2025_-_contratacao_de_veterinario.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200855/indicacao_parlamentar_n._041-2025_-_ambulancia_semi-uti.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200858/indicacao_parlamentar_n._042-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200859/indicacao_parlamentar_n._043-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200864/indicacao_parlamentar_n._044-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200865/indicacao_parlamentar_n._045-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200866/indicacao_parlamentar_n._046-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200878/indicacao_parlamentar_n_047-2025_-_centro_de_especilialidades_medicas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200879/indicacao_parlamentar_n._048-2025_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200880/indicacao_parlamentar_n._049-2025_-_garagem_das_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200881/indicacao_parlamentar_n._050-2025_-_balanca.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200883/indicacao_parlamentar_n._051-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200889/indicacao_parlamentar_n._052-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200891/indicacao_parlamentar_n._053-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200897/indicacao_parlamentar_n._054-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200899/indicacao_parlamentar_n._055-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200900/indicacao_parlamentar_n._056-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200901/indicacao_parlamentar_n._057-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200902/indicacao_parlamentar_n._058-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200909/indicacao_parlamentar_n._059-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200910/indicacao_parlamentar_n._060-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200911/indicacao_parlamentar_n._061-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200917/indicacao_parlamentar_n._062-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200918/indicacao_parlamentar_n._063-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200919/indicacao_parlamentar_n._64-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200929/indicacao_parlamentar_n._065-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200930/indicacao_parlamentar_n._066-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200932/indicacao_parlamentar_n._067-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200933/indicacao_parlamentar_n._068-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200939/indicacao_parlamentar_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200945/indicacao_parlamentar_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200873/mocao_02-2025_-_apoio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200943/mocao_n_03-2025_-_louvor.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200946/mocao_n_04-2025_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200777/requerimento_parlamentar_n_01-202520250207_10023356.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200778/requerimento_parlamentar_n_02-202520250207_10032861.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200789/requerimento_parlamentar_n_03-202520250220_15120606.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200803/requerimento_parlamentar_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200805/requerimento_parlamentar_n._05-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200812/requerimento_parlamentar_n._06-2025_-_isencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200814/requerimento_parlamantar_n._07-2025_-_exames_de_imagem_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200818/requerimento_parlamentar_n._08-2025_-_auditoria_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200819/requerimento_parlamentar_n._09-2025_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200820/requerimento_parlamentar_n._010-2025_-_coordeandor_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200821/requerimento_parlamentar_n._011-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200856/requerimento_parlamentar_n._12-2025_-_insalubridade_dos_ambulanceiros.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200857/requerimento_parlamentar_n._013-2025_-_insalubridade_servidores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200860/requerimento_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200868/requerimento_parlamentar_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200898/requerimento_parlamentar_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200903/requerimento_parlamentar_n._017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200744/projeto_de_lei_n001-25gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200748/projeto_de_lei_n002-25cria_referencia_pgm.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200749/projeto_de_lei_n003-25autoriza_pagamento_vale_agentes_politicos_e_comissionados.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200750/projeto_de_lei_n004-25revoga_a_lei_2412-17.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200752/projeto_de_lei_n005-25reajuste_empregados_10_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200757/projeto_de_lei_n006-25altera_art.1o_lei_2706-22_permissao_camara.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200758/projeto_de_lei_n007-25revoga_a_lei_2.830-24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200760/projeto_de_lei_n008-25rga_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200762/projeto_de_lei_n009-25altera_lei_1461-91_membros_cmdr.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200764/projeto_de_lei_n010-25amplia_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200766/oficiono41-25-projleino11-25.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200767/oficio_no042-25-encaminha_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200784/projeto_de_lei_n013-25cria_04_vagas_auxiliar_servicos.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200785/projeto_de_lei_n014-25altera_lei_2.862-25_funcoes.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200797/projeto_de_lei_n15.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200825/oficio_no73-25-encaminha_projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200842/oficiono77-25-projeto_de_lei_17-25.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200861/brn30055ce9a6b1_107486.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200867/brn30055ce9a6b1_107900.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200871/projeto_020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200872/pl_21_2.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200874/pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200884/projeto_de_lei_023-25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200885/projeto_de_lei_024-25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200886/projeto_de_lei_025-25-oficio_107-assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200887/projeto_de_lei_no026-25-oficio_108-assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200888/projeto_de_lei_n027-25desafetacao_area_sistema_viario_mat._3.825_-_jose_praxedes_final.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200892/projeto_de_lei_n028-25altera_lei_2.862-25_funcoes_-_lgpd_1-3.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200893/projeto_de_lei_no029-25assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200894/projeto_de_lei_n030-25desafetacao_areas_antiga_base_pm_e_terreno_saraiva.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200895/projeto_de_lei_no31-25cria_funcao_gratificada.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200896/projeto_de_lei_no_32-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200907/oficio_no136-25-encaminha_projeto_de_lei_033-25-ppa.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200908/oficio_no137-25-encaminha_projeto_de_lei_034-25-ldo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200912/oficiono139-25-encaminha_projeto_de_lei035-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200913/oficio_no140-25-encaminha_projeto_de_lei036-25_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200916/oficio_no141-25projeto_de_lei_037-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200920/projeto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200922/projeto_loa_2026_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200923/projeto_de_lei_n040-25sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200924/projeto_de_lei_n041-25plano_municipal_primeira_infancia_-_pmpi.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200925/projeto_de_lei_n042-25criacao_brigada_de_incendio_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200926/projeto_de_lei_n043-25pad_e_regime_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200927/projeto_de_lei_n045-25videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200928/projeto_de_lei_n044-25honorarios_sucumbencia.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200934/projeto_de_lei_046-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200936/projeto_de_lei_047-25assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200940/oficio_no163-25-projeto_de_lei_no048-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200941/oficio_no164-25-encaminha_projeto_de_lei_049-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200942/projeto_de_lei_no050-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200957/projeto_051_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200959/projeto_de_lei_no_052-25abono_natalinoassinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200960/oficio177-25-projetodelei053-25-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200759/parecer_juridico_n_01-2025_-_funcoes_gratificadas_-_retificado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200746/projeto_de_lei_complementar_no_01-25_muda_a_nomenclatura_da_secretaria_mun._cultura_e_revoga_artigos.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200765/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200931/projeto_de_lei_complementar_no_03-25_novo_codigo_tributario_de_galia_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200938/redacao_final__plc_03-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200795/resposta_requerimento_no_01_000241.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200810/oficio_no66-25camara-encaminha_resposta_ao_requerimento_parlamentar_003-25.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200839/oficio_no75-25camaraencaminha_resposta_ao_requerimento_parlamentar_04_e_05.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200840/oficio_076-25_-_resposta_requerimento_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200844/oficio_no80-25respostas_dos_requerimentos_parlamentares_060709_e_011-25.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200870/oficio_084-25.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200875/oficiono90-25resposta_ao_requerimento_015-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200905/oficio_133-25_-_resposta_requerimento_parlamentar_016-25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200906/oficio_134-25_-_resposta_requerimento_parlamentar_017-25.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200741/oficio_01-2025_gp_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200742/oficio_004-25_retirada_pl_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200747/oficio_no07-2025-gp.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200751/oficio_011-25_solicita_revisao_remun._secretarios.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200753/oficio_no014_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200754/oficiono015_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200755/oficiono016_2025_gp_encaminha_inormacoes.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200756/oficiono017_2025_gp_encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200761/oficio_32_2025_gp.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200783/oficio_no43_2025-gp.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200786/lrf_executivo_6_bimestre_oficio_reuisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200796/oficio_057-25_retirada_pl_hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200798/oficio_056-25_encaminha_pl_altera_pro_labore_pm.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200809/oficio_059-25_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200811/junior_sardi_-_req_teto_salarial.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200841/prestacao_anual_2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200843/oficio_079-25_encaminha_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200862/oficio_encaminhamento_a_camara.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200869/oficio_083-25_encaminha_veto.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200876/2025_-_lrf_executivo_2_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200877/pedido_plenario_saude.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200921/microsoft_word_-_2025_-_lrf_executivo_4_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200947/camscanner_11-26-2025_13.57.33meus_docs.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200958/chapa_mesa_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H194"/>
+  <dimension ref="A1:H218"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="212.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="173.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3126,77 +3339,77 @@
       </c>
       <c r="G26" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H26" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>115</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
         <v>116</v>
       </c>
       <c r="E27" t="s">
         <v>117</v>
       </c>
       <c r="F27" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>118</v>
       </c>
       <c r="H27" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>120</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>116</v>
       </c>
       <c r="E28" t="s">
         <v>117</v>
       </c>
       <c r="F28" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>121</v>
       </c>
       <c r="H28" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>21</v>
       </c>
       <c r="D29" t="s">
         <v>116</v>
       </c>
       <c r="E29" t="s">
         <v>117</v>
       </c>
       <c r="F29" t="s">
@@ -3204,4321 +3417,4945 @@
       </c>
       <c r="G29" s="1" t="s">
         <v>124</v>
       </c>
       <c r="H29" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>126</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>116</v>
       </c>
       <c r="E30" t="s">
         <v>117</v>
       </c>
       <c r="F30" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>127</v>
       </c>
       <c r="H30" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>30</v>
       </c>
       <c r="D31" t="s">
         <v>116</v>
       </c>
       <c r="E31" t="s">
         <v>117</v>
       </c>
       <c r="F31" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>130</v>
       </c>
       <c r="H31" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>35</v>
       </c>
       <c r="D32" t="s">
         <v>116</v>
       </c>
       <c r="E32" t="s">
         <v>117</v>
       </c>
       <c r="F32" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="H32" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>40</v>
       </c>
       <c r="D33" t="s">
         <v>116</v>
       </c>
       <c r="E33" t="s">
         <v>117</v>
       </c>
       <c r="F33" t="s">
         <v>84</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="H33" t="s">
-        <v>138</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>45</v>
       </c>
       <c r="D34" t="s">
         <v>116</v>
       </c>
       <c r="E34" t="s">
         <v>117</v>
       </c>
       <c r="F34" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="H34" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>50</v>
       </c>
       <c r="D35" t="s">
         <v>116</v>
       </c>
       <c r="E35" t="s">
         <v>117</v>
       </c>
       <c r="F35" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="H35" t="s">
-        <v>144</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>55</v>
       </c>
       <c r="D36" t="s">
         <v>116</v>
       </c>
       <c r="E36" t="s">
         <v>117</v>
       </c>
       <c r="F36" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="H36" t="s">
-        <v>147</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E37" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F37" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="H37" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="D38" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E38" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F38" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="H38" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>66</v>
+        <v>21</v>
       </c>
       <c r="D39" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E39" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F39" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="H39" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="D40" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E40" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F40" t="s">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="H40" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="D41" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E41" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="H41" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="D42" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E42" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F42" t="s">
-        <v>26</v>
+        <v>129</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="H42" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>83</v>
+        <v>40</v>
       </c>
       <c r="D43" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E43" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F43" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="H43" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>88</v>
+        <v>45</v>
       </c>
       <c r="D44" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E44" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F44" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="H44" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>92</v>
+        <v>50</v>
       </c>
       <c r="D45" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E45" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="H45" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="D46" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E46" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="H46" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>181</v>
+        <v>59</v>
       </c>
       <c r="D47" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E47" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F47" t="s">
-        <v>158</v>
+        <v>41</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>52</v>
+        <v>175</v>
       </c>
       <c r="H47" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>184</v>
+        <v>62</v>
       </c>
       <c r="D48" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E48" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F48" t="s">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>52</v>
+        <v>178</v>
       </c>
       <c r="H48" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>187</v>
+        <v>66</v>
       </c>
       <c r="D49" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E49" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F49" t="s">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>52</v>
+        <v>181</v>
       </c>
       <c r="H49" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>189</v>
+        <v>71</v>
       </c>
       <c r="D50" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E50" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F50" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>52</v>
+        <v>184</v>
       </c>
       <c r="H50" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>191</v>
+        <v>75</v>
       </c>
       <c r="D51" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E51" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F51" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="H51" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D52" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E52" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F52" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="H52" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>199</v>
+        <v>83</v>
       </c>
       <c r="D53" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E53" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F53" t="s">
-        <v>158</v>
+        <v>46</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="H53" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>203</v>
+        <v>88</v>
       </c>
       <c r="D54" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E54" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F54" t="s">
-        <v>158</v>
+        <v>46</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="H54" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>207</v>
+        <v>92</v>
       </c>
       <c r="D55" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E55" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F55" t="s">
-        <v>158</v>
+        <v>13</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="H55" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="D56" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E56" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F56" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="H56" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="D57" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E57" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F57" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>216</v>
+        <v>52</v>
       </c>
       <c r="H57" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D58" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E58" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F58" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>220</v>
+        <v>52</v>
       </c>
       <c r="H58" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="D59" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E59" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F59" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>224</v>
+        <v>52</v>
       </c>
       <c r="H59" t="s">
-        <v>225</v>
+        <v>207</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="D60" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E60" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F60" t="s">
         <v>31</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>228</v>
+        <v>52</v>
       </c>
       <c r="H60" t="s">
-        <v>229</v>
+        <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>230</v>
+        <v>215</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>231</v>
+        <v>216</v>
       </c>
       <c r="D61" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E61" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F61" t="s">
-        <v>31</v>
+        <v>84</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>232</v>
+        <v>217</v>
       </c>
       <c r="H61" t="s">
-        <v>233</v>
+        <v>218</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>234</v>
+        <v>219</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>235</v>
+        <v>220</v>
       </c>
       <c r="D62" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E62" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F62" t="s">
-        <v>31</v>
+        <v>84</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="H62" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>238</v>
+        <v>223</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="D63" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E63" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F63" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>240</v>
+        <v>225</v>
       </c>
       <c r="H63" t="s">
-        <v>241</v>
+        <v>226</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>242</v>
+        <v>227</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>243</v>
+        <v>228</v>
       </c>
       <c r="D64" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E64" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F64" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>244</v>
+        <v>229</v>
       </c>
       <c r="H64" t="s">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>246</v>
+        <v>231</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
       <c r="D65" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E65" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F65" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>248</v>
+        <v>233</v>
       </c>
       <c r="H65" t="s">
-        <v>249</v>
+        <v>234</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>251</v>
+        <v>236</v>
       </c>
       <c r="D66" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E66" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F66" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>252</v>
+        <v>237</v>
       </c>
       <c r="H66" t="s">
-        <v>253</v>
+        <v>238</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>254</v>
+        <v>239</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>255</v>
+        <v>240</v>
       </c>
       <c r="D67" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E67" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F67" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>256</v>
+        <v>241</v>
       </c>
       <c r="H67" t="s">
-        <v>257</v>
+        <v>242</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>258</v>
+        <v>243</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>259</v>
+        <v>244</v>
       </c>
       <c r="D68" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E68" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F68" t="s">
-        <v>158</v>
+        <v>31</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>260</v>
+        <v>245</v>
       </c>
       <c r="H68" t="s">
-        <v>261</v>
+        <v>246</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>262</v>
+        <v>247</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>263</v>
+        <v>248</v>
       </c>
       <c r="D69" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E69" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F69" t="s">
-        <v>158</v>
+        <v>31</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>264</v>
+        <v>249</v>
       </c>
       <c r="H69" t="s">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>266</v>
+        <v>251</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>267</v>
+        <v>252</v>
       </c>
       <c r="D70" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E70" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>268</v>
+        <v>253</v>
       </c>
       <c r="H70" t="s">
-        <v>269</v>
+        <v>254</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>271</v>
+        <v>256</v>
       </c>
       <c r="D71" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E71" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F71" t="s">
         <v>31</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>272</v>
+        <v>257</v>
       </c>
       <c r="H71" t="s">
-        <v>273</v>
+        <v>258</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>274</v>
+        <v>259</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>275</v>
+        <v>260</v>
       </c>
       <c r="D72" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E72" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F72" t="s">
         <v>31</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>276</v>
+        <v>261</v>
       </c>
       <c r="H72" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>278</v>
+        <v>263</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>279</v>
+        <v>264</v>
       </c>
       <c r="D73" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E73" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F73" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>280</v>
+        <v>265</v>
       </c>
       <c r="H73" t="s">
-        <v>281</v>
+        <v>266</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>282</v>
+        <v>267</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>283</v>
+        <v>268</v>
       </c>
       <c r="D74" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E74" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F74" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>284</v>
+        <v>269</v>
       </c>
       <c r="H74" t="s">
-        <v>285</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>286</v>
+        <v>271</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>287</v>
+        <v>272</v>
       </c>
       <c r="D75" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E75" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F75" t="s">
         <v>41</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>288</v>
+        <v>273</v>
       </c>
       <c r="H75" t="s">
-        <v>289</v>
+        <v>274</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>290</v>
+        <v>275</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>291</v>
+        <v>276</v>
       </c>
       <c r="D76" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E76" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F76" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>292</v>
+        <v>277</v>
       </c>
       <c r="H76" t="s">
-        <v>293</v>
+        <v>278</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>295</v>
+        <v>280</v>
       </c>
       <c r="D77" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E77" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F77" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>296</v>
+        <v>281</v>
       </c>
       <c r="H77" t="s">
-        <v>297</v>
+        <v>282</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>298</v>
+        <v>283</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>299</v>
+        <v>284</v>
       </c>
       <c r="D78" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E78" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F78" t="s">
-        <v>84</v>
+        <v>140</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>300</v>
+        <v>285</v>
       </c>
       <c r="H78" t="s">
-        <v>301</v>
+        <v>286</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>302</v>
+        <v>287</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
       <c r="D79" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E79" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F79" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="H79" t="s">
-        <v>305</v>
+        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>306</v>
+        <v>291</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="D80" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E80" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F80" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>308</v>
+        <v>293</v>
       </c>
       <c r="H80" t="s">
-        <v>309</v>
+        <v>294</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>310</v>
+        <v>295</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>311</v>
+        <v>296</v>
       </c>
       <c r="D81" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E81" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F81" t="s">
-        <v>158</v>
+        <v>31</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>312</v>
+        <v>297</v>
       </c>
       <c r="H81" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="D82" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E82" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F82" t="s">
-        <v>158</v>
+        <v>31</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>316</v>
+        <v>301</v>
       </c>
       <c r="H82" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>318</v>
+        <v>303</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="D83" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E83" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F83" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="H83" t="s">
-        <v>321</v>
+        <v>306</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>322</v>
+        <v>307</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>323</v>
+        <v>308</v>
       </c>
       <c r="D84" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E84" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F84" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>324</v>
+        <v>309</v>
       </c>
       <c r="H84" t="s">
-        <v>325</v>
+        <v>310</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>326</v>
+        <v>311</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>327</v>
+        <v>312</v>
       </c>
       <c r="D85" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E85" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F85" t="s">
         <v>41</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>328</v>
+        <v>313</v>
       </c>
       <c r="H85" t="s">
-        <v>329</v>
+        <v>314</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>330</v>
+        <v>315</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="D86" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E86" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F86" t="s">
-        <v>41</v>
+        <v>84</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>332</v>
+        <v>317</v>
       </c>
       <c r="H86" t="s">
-        <v>333</v>
+        <v>318</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>334</v>
+        <v>319</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>335</v>
+        <v>320</v>
       </c>
       <c r="D87" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E87" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F87" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>336</v>
+        <v>321</v>
       </c>
       <c r="H87" t="s">
-        <v>337</v>
+        <v>322</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>338</v>
+        <v>323</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>339</v>
+        <v>324</v>
       </c>
       <c r="D88" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E88" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F88" t="s">
-        <v>31</v>
+        <v>84</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>340</v>
+        <v>325</v>
       </c>
       <c r="H88" t="s">
-        <v>341</v>
+        <v>326</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>343</v>
+        <v>328</v>
       </c>
       <c r="D89" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E89" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F89" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>344</v>
+        <v>329</v>
       </c>
       <c r="H89" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="D90" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E90" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F90" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>347</v>
+        <v>333</v>
       </c>
       <c r="H90" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>348</v>
+        <v>335</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="D91" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E91" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F91" t="s">
-        <v>158</v>
+        <v>140</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="H91" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="D92" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E92" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="H92" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>356</v>
+        <v>343</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>357</v>
+        <v>344</v>
       </c>
       <c r="D93" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E93" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F93" t="s">
-        <v>41</v>
+        <v>84</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="H93" t="s">
-        <v>359</v>
+        <v>346</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>361</v>
+        <v>348</v>
       </c>
       <c r="D94" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="E94" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F94" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>362</v>
+        <v>349</v>
       </c>
       <c r="H94" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>364</v>
+        <v>351</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>17</v>
+        <v>352</v>
       </c>
       <c r="D95" t="s">
-        <v>365</v>
+        <v>143</v>
       </c>
       <c r="E95" t="s">
-        <v>366</v>
+        <v>144</v>
       </c>
       <c r="F95" t="s">
-        <v>367</v>
+        <v>41</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>368</v>
+        <v>353</v>
       </c>
       <c r="H95" t="s">
-        <v>369</v>
+        <v>354</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>370</v>
+        <v>355</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>10</v>
+        <v>356</v>
       </c>
       <c r="D96" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E96" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="F96" t="s">
-        <v>373</v>
+        <v>41</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>374</v>
+        <v>357</v>
       </c>
       <c r="H96" t="s">
-        <v>375</v>
+        <v>358</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>376</v>
+        <v>359</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>17</v>
+        <v>360</v>
       </c>
       <c r="D97" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E97" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="F97" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>377</v>
+        <v>361</v>
       </c>
       <c r="H97" t="s">
-        <v>378</v>
+        <v>362</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>21</v>
+        <v>364</v>
       </c>
       <c r="D98" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E98" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="F98" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>380</v>
+        <v>365</v>
       </c>
       <c r="H98" t="s">
-        <v>381</v>
+        <v>366</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>382</v>
+        <v>367</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>25</v>
+        <v>368</v>
       </c>
       <c r="D99" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E99" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="F99" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>383</v>
+        <v>369</v>
       </c>
       <c r="H99" t="s">
-        <v>384</v>
+        <v>366</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>385</v>
+        <v>370</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>30</v>
+        <v>371</v>
       </c>
       <c r="D100" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E100" t="s">
+        <v>144</v>
+      </c>
+      <c r="F100" t="s">
+        <v>84</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H100" t="s">
-        <v>387</v>
+        <v>366</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>388</v>
+        <v>373</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>35</v>
+        <v>374</v>
       </c>
       <c r="D101" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E101" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="F101" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>389</v>
+        <v>375</v>
       </c>
       <c r="H101" t="s">
-        <v>390</v>
+        <v>376</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>391</v>
+        <v>377</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>40</v>
+        <v>378</v>
       </c>
       <c r="D102" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E102" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="F102" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>392</v>
+        <v>379</v>
       </c>
       <c r="H102" t="s">
-        <v>393</v>
+        <v>380</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>394</v>
+        <v>381</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>45</v>
+        <v>382</v>
       </c>
       <c r="D103" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E103" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="F103" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="H103" t="s">
-        <v>396</v>
+        <v>384</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>397</v>
+        <v>385</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>50</v>
+        <v>386</v>
       </c>
       <c r="D104" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E104" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="F104" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>398</v>
+        <v>387</v>
       </c>
       <c r="H104" t="s">
-        <v>399</v>
+        <v>388</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>400</v>
+        <v>389</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>55</v>
+        <v>390</v>
       </c>
       <c r="D105" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E105" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="F105" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="H105" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>59</v>
+        <v>394</v>
       </c>
       <c r="D106" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
       <c r="E106" t="s">
-        <v>372</v>
+        <v>144</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="H106" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="D107" t="s">
-        <v>371</v>
+        <v>398</v>
       </c>
       <c r="E107" t="s">
-        <v>372</v>
+        <v>399</v>
       </c>
       <c r="F107" t="s">
-        <v>84</v>
+        <v>400</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="H107" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>66</v>
+        <v>21</v>
       </c>
       <c r="D108" t="s">
-        <v>371</v>
+        <v>398</v>
       </c>
       <c r="E108" t="s">
-        <v>372</v>
+        <v>399</v>
       </c>
       <c r="F108" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="H108" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="D109" t="s">
-        <v>371</v>
+        <v>398</v>
       </c>
       <c r="E109" t="s">
-        <v>372</v>
+        <v>399</v>
       </c>
       <c r="F109" t="s">
-        <v>84</v>
+        <v>140</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="H109" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="D110" t="s">
-        <v>371</v>
+        <v>410</v>
       </c>
       <c r="E110" t="s">
-        <v>372</v>
+        <v>411</v>
       </c>
       <c r="F110" t="s">
-        <v>46</v>
+        <v>412</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="H110" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>79</v>
+        <v>17</v>
       </c>
       <c r="D111" t="s">
-        <v>371</v>
+        <v>410</v>
       </c>
       <c r="E111" t="s">
-        <v>372</v>
+        <v>411</v>
       </c>
       <c r="F111" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="H111" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="D112" t="s">
-        <v>371</v>
+        <v>410</v>
       </c>
       <c r="E112" t="s">
-        <v>372</v>
+        <v>411</v>
       </c>
       <c r="F112" t="s">
         <v>84</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="H112" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D113" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E113" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F113" t="s">
-        <v>189</v>
+        <v>84</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="H113" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="D114" t="s">
+        <v>410</v>
+      </c>
+      <c r="E114" t="s">
+        <v>411</v>
+      </c>
+      <c r="F114" t="s">
+        <v>140</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="E114" t="s">
+      <c r="H114" t="s">
         <v>426</v>
-      </c>
-[...7 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="D115" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E115" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F115" t="s">
-        <v>189</v>
+        <v>26</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="H115" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="D116" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E116" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F116" t="s">
-        <v>189</v>
+        <v>26</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="H116" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="D117" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E117" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F117" t="s">
-        <v>189</v>
+        <v>67</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="H117" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D118" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E118" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F118" t="s">
-        <v>189</v>
+        <v>67</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="H118" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="D119" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E119" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F119" t="s">
-        <v>189</v>
+        <v>67</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="H119" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="D120" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E120" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F120" t="s">
-        <v>189</v>
+        <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="H120" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="D121" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E121" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F121" t="s">
-        <v>189</v>
+        <v>84</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="H121" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="D122" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E122" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F122" t="s">
-        <v>189</v>
+        <v>84</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="H122" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="D123" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E123" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F123" t="s">
-        <v>189</v>
+        <v>84</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="H123" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="D124" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E124" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F124" t="s">
-        <v>189</v>
+        <v>46</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="H124" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="D125" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E125" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F125" t="s">
-        <v>189</v>
+        <v>46</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="H125" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="D126" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E126" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F126" t="s">
-        <v>189</v>
+        <v>84</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="H126" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="D127" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="E127" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="F127" t="s">
-        <v>189</v>
+        <v>140</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>469</v>
+        <v>52</v>
       </c>
       <c r="H127" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="D128" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E128" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F128" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="H128" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="D129" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E129" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F129" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="H129" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="D130" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E130" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F130" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="H130" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="D131" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E131" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F131" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="H131" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>177</v>
+        <v>30</v>
       </c>
       <c r="D132" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E132" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F132" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="H132" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>181</v>
+        <v>35</v>
       </c>
       <c r="D133" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E133" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F133" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="H133" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>184</v>
+        <v>40</v>
       </c>
       <c r="D134" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E134" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F134" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="H134" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>187</v>
+        <v>45</v>
       </c>
       <c r="D135" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E135" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F135" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="H135" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>189</v>
+        <v>50</v>
       </c>
       <c r="D136" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E136" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F136" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="H136" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>191</v>
+        <v>55</v>
       </c>
       <c r="D137" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E137" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F137" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="H137" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>195</v>
+        <v>59</v>
       </c>
       <c r="D138" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E138" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F138" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="H138" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>199</v>
+        <v>62</v>
       </c>
       <c r="D139" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E139" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F139" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="H139" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>203</v>
+        <v>66</v>
       </c>
       <c r="D140" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E140" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F140" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="H140" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>207</v>
+        <v>71</v>
       </c>
       <c r="D141" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E141" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F141" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="H141" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>211</v>
+        <v>75</v>
       </c>
       <c r="D142" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E142" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F142" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="H142" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>215</v>
+        <v>79</v>
       </c>
       <c r="D143" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E143" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F143" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="H143" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>219</v>
+        <v>83</v>
       </c>
       <c r="D144" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E144" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F144" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="H144" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>223</v>
+        <v>88</v>
       </c>
       <c r="D145" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E145" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F145" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="H145" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>227</v>
+        <v>92</v>
       </c>
       <c r="D146" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E146" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F146" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="H146" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>231</v>
+        <v>202</v>
       </c>
       <c r="D147" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E147" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F147" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="H147" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>235</v>
+        <v>206</v>
       </c>
       <c r="D148" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E148" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F148" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="H148" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>239</v>
+        <v>209</v>
       </c>
       <c r="D149" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E149" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F149" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="H149" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="D150" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E150" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F150" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="H150" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>247</v>
+        <v>214</v>
       </c>
       <c r="D151" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E151" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F151" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="H151" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>251</v>
+        <v>216</v>
       </c>
       <c r="D152" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E152" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F152" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="H152" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>255</v>
+        <v>220</v>
       </c>
       <c r="D153" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E153" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F153" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="H153" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>259</v>
+        <v>224</v>
       </c>
       <c r="D154" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E154" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F154" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="H154" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>263</v>
+        <v>228</v>
       </c>
       <c r="D155" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E155" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F155" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="H155" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>267</v>
+        <v>232</v>
       </c>
       <c r="D156" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E156" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F156" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="H156" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>271</v>
+        <v>236</v>
       </c>
       <c r="D157" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E157" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F157" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="H157" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>275</v>
+        <v>240</v>
       </c>
       <c r="D158" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E158" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F158" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="H158" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>279</v>
+        <v>244</v>
       </c>
       <c r="D159" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E159" t="s">
-        <v>426</v>
+        <v>467</v>
       </c>
       <c r="F159" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="H159" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>10</v>
+        <v>248</v>
       </c>
       <c r="D160" t="s">
-        <v>96</v>
+        <v>466</v>
       </c>
       <c r="E160" t="s">
-        <v>568</v>
+        <v>467</v>
       </c>
       <c r="F160" t="s">
-        <v>569</v>
+        <v>214</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="H160" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>10</v>
+        <v>252</v>
       </c>
       <c r="D161" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E161" t="s">
-        <v>573</v>
+        <v>467</v>
       </c>
       <c r="F161" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="H161" t="s">
-        <v>575</v>
+        <v>568</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>17</v>
+        <v>256</v>
       </c>
       <c r="D162" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E162" t="s">
-        <v>573</v>
+        <v>467</v>
       </c>
       <c r="F162" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="H162" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="D163" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="E163" t="s">
+        <v>467</v>
+      </c>
+      <c r="F163" t="s">
+        <v>214</v>
+      </c>
+      <c r="G163" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="F163" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H163" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>582</v>
+        <v>575</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>10</v>
+        <v>264</v>
       </c>
       <c r="D164" t="s">
-        <v>583</v>
+        <v>466</v>
       </c>
       <c r="E164" t="s">
-        <v>584</v>
+        <v>467</v>
       </c>
       <c r="F164" t="s">
-        <v>585</v>
+        <v>214</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="H164" t="s">
-        <v>587</v>
+        <v>577</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>588</v>
+        <v>578</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>255</v>
+        <v>268</v>
       </c>
       <c r="D165" t="s">
-        <v>583</v>
+        <v>466</v>
       </c>
       <c r="E165" t="s">
-        <v>584</v>
+        <v>467</v>
       </c>
       <c r="F165" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="H165" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>591</v>
+        <v>581</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="D166" t="s">
+        <v>466</v>
+      </c>
+      <c r="E166" t="s">
+        <v>467</v>
+      </c>
+      <c r="F166" t="s">
+        <v>214</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="H166" t="s">
         <v>583</v>
-      </c>
-[...10 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>594</v>
+        <v>584</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="D167" t="s">
-        <v>583</v>
+        <v>466</v>
       </c>
       <c r="E167" t="s">
-        <v>584</v>
+        <v>467</v>
       </c>
       <c r="F167" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="H167" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>597</v>
+        <v>587</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="D168" t="s">
-        <v>583</v>
+        <v>466</v>
       </c>
       <c r="E168" t="s">
-        <v>584</v>
+        <v>467</v>
       </c>
       <c r="F168" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>598</v>
+        <v>588</v>
       </c>
       <c r="H168" t="s">
-        <v>599</v>
+        <v>589</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
       <c r="D169" t="s">
-        <v>583</v>
+        <v>466</v>
       </c>
       <c r="E169" t="s">
-        <v>584</v>
+        <v>467</v>
       </c>
       <c r="F169" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="H169" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="D170" t="s">
-        <v>583</v>
+        <v>466</v>
       </c>
       <c r="E170" t="s">
-        <v>584</v>
+        <v>467</v>
       </c>
       <c r="F170" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
       <c r="H170" t="s">
-        <v>605</v>
+        <v>595</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>606</v>
+        <v>596</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>279</v>
+        <v>292</v>
       </c>
       <c r="D171" t="s">
-        <v>583</v>
+        <v>466</v>
       </c>
       <c r="E171" t="s">
-        <v>584</v>
+        <v>467</v>
       </c>
       <c r="F171" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="H171" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="D172" t="s">
-        <v>583</v>
+        <v>466</v>
       </c>
       <c r="E172" t="s">
-        <v>584</v>
+        <v>467</v>
       </c>
       <c r="F172" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>610</v>
+        <v>600</v>
       </c>
       <c r="H172" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="D173" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="E173" t="s">
-        <v>614</v>
+        <v>467</v>
       </c>
       <c r="F173" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>615</v>
+        <v>603</v>
       </c>
       <c r="H173" t="s">
-        <v>616</v>
+        <v>604</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>617</v>
+        <v>605</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>17</v>
+        <v>304</v>
       </c>
       <c r="D174" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="E174" t="s">
-        <v>614</v>
+        <v>467</v>
       </c>
       <c r="F174" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>618</v>
+        <v>606</v>
       </c>
       <c r="H174" t="s">
-        <v>619</v>
+        <v>607</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>21</v>
+        <v>308</v>
       </c>
       <c r="D175" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="E175" t="s">
-        <v>614</v>
+        <v>467</v>
       </c>
       <c r="F175" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>621</v>
+        <v>609</v>
       </c>
       <c r="H175" t="s">
-        <v>622</v>
+        <v>610</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>623</v>
+        <v>611</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>25</v>
+        <v>312</v>
       </c>
       <c r="D176" t="s">
+        <v>466</v>
+      </c>
+      <c r="E176" t="s">
+        <v>467</v>
+      </c>
+      <c r="F176" t="s">
+        <v>214</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H176" t="s">
         <v>613</v>
-      </c>
-[...10 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>626</v>
+        <v>614</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>30</v>
+        <v>316</v>
       </c>
       <c r="D177" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="E177" t="s">
-        <v>614</v>
+        <v>467</v>
       </c>
       <c r="F177" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>627</v>
+        <v>615</v>
       </c>
       <c r="H177" t="s">
-        <v>628</v>
+        <v>616</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>629</v>
+        <v>617</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>35</v>
+        <v>320</v>
       </c>
       <c r="D178" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="E178" t="s">
-        <v>614</v>
+        <v>467</v>
       </c>
       <c r="F178" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>630</v>
+        <v>618</v>
       </c>
       <c r="H178" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>632</v>
+        <v>620</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>40</v>
+        <v>324</v>
       </c>
       <c r="D179" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="E179" t="s">
-        <v>614</v>
+        <v>467</v>
       </c>
       <c r="F179" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>633</v>
+        <v>621</v>
       </c>
       <c r="H179" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>45</v>
+        <v>328</v>
       </c>
       <c r="D180" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="E180" t="s">
-        <v>614</v>
+        <v>467</v>
       </c>
       <c r="F180" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>636</v>
+        <v>624</v>
       </c>
       <c r="H180" t="s">
-        <v>637</v>
+        <v>625</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>638</v>
+        <v>626</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="D181" t="s">
-        <v>613</v>
+        <v>96</v>
       </c>
       <c r="E181" t="s">
-        <v>614</v>
+        <v>627</v>
       </c>
       <c r="F181" t="s">
-        <v>189</v>
+        <v>628</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>639</v>
+        <v>629</v>
       </c>
       <c r="H181" t="s">
-        <v>640</v>
+        <v>630</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>641</v>
+        <v>631</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="D182" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="E182" t="s">
-        <v>614</v>
+        <v>632</v>
       </c>
       <c r="F182" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>642</v>
+        <v>633</v>
       </c>
       <c r="H182" t="s">
-        <v>643</v>
+        <v>634</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>644</v>
+        <v>635</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="D183" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="E183" t="s">
-        <v>614</v>
+        <v>632</v>
       </c>
       <c r="F183" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>645</v>
+        <v>636</v>
       </c>
       <c r="H183" t="s">
-        <v>646</v>
+        <v>637</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>647</v>
+        <v>638</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="D184" t="s">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="E184" t="s">
-        <v>614</v>
+        <v>632</v>
       </c>
       <c r="F184" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="H184" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="D185" t="s">
-        <v>613</v>
+        <v>642</v>
       </c>
       <c r="E185" t="s">
-        <v>614</v>
+        <v>643</v>
       </c>
       <c r="F185" t="s">
-        <v>189</v>
+        <v>644</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
       <c r="H185" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="D186" t="s">
-        <v>613</v>
+        <v>648</v>
       </c>
       <c r="E186" t="s">
-        <v>614</v>
+        <v>649</v>
       </c>
       <c r="F186" t="s">
-        <v>189</v>
+        <v>650</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="H186" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>75</v>
+        <v>280</v>
       </c>
       <c r="D187" t="s">
-        <v>613</v>
+        <v>648</v>
       </c>
       <c r="E187" t="s">
-        <v>614</v>
+        <v>649</v>
       </c>
       <c r="F187" t="s">
-        <v>569</v>
+        <v>214</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="H187" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>79</v>
+        <v>284</v>
       </c>
       <c r="D188" t="s">
-        <v>613</v>
+        <v>648</v>
       </c>
       <c r="E188" t="s">
-        <v>614</v>
+        <v>649</v>
       </c>
       <c r="F188" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="H188" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>83</v>
+        <v>288</v>
       </c>
       <c r="D189" t="s">
-        <v>613</v>
+        <v>648</v>
       </c>
       <c r="E189" t="s">
-        <v>614</v>
+        <v>649</v>
       </c>
       <c r="F189" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="H189" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>88</v>
+        <v>292</v>
       </c>
       <c r="D190" t="s">
-        <v>613</v>
+        <v>648</v>
       </c>
       <c r="E190" t="s">
-        <v>614</v>
+        <v>649</v>
       </c>
       <c r="F190" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="H190" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>92</v>
+        <v>296</v>
       </c>
       <c r="D191" t="s">
-        <v>613</v>
+        <v>648</v>
       </c>
       <c r="E191" t="s">
-        <v>614</v>
+        <v>649</v>
       </c>
       <c r="F191" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="H191" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>177</v>
+        <v>300</v>
       </c>
       <c r="D192" t="s">
-        <v>613</v>
+        <v>648</v>
       </c>
       <c r="E192" t="s">
-        <v>614</v>
+        <v>649</v>
       </c>
       <c r="F192" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="H192" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>181</v>
+        <v>304</v>
       </c>
       <c r="D193" t="s">
-        <v>613</v>
+        <v>648</v>
       </c>
       <c r="E193" t="s">
-        <v>614</v>
+        <v>649</v>
       </c>
       <c r="F193" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="H193" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
+        <v>674</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>308</v>
+      </c>
+      <c r="D194" t="s">
+        <v>648</v>
+      </c>
+      <c r="E194" t="s">
+        <v>649</v>
+      </c>
+      <c r="F194" t="s">
+        <v>214</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H194" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
         <v>677</v>
       </c>
-      <c r="B194" t="s">
-[...14 lines deleted...]
-      <c r="G194" s="1" t="s">
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>10</v>
+      </c>
+      <c r="D195" t="s">
         <v>678</v>
       </c>
-      <c r="H194" t="s">
+      <c r="E195" t="s">
         <v>679</v>
+      </c>
+      <c r="F195" t="s">
+        <v>214</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H195" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>682</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>17</v>
+      </c>
+      <c r="D196" t="s">
+        <v>678</v>
+      </c>
+      <c r="E196" t="s">
+        <v>679</v>
+      </c>
+      <c r="F196" t="s">
+        <v>214</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H196" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>685</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>21</v>
+      </c>
+      <c r="D197" t="s">
+        <v>678</v>
+      </c>
+      <c r="E197" t="s">
+        <v>679</v>
+      </c>
+      <c r="F197" t="s">
+        <v>214</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H197" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>688</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>25</v>
+      </c>
+      <c r="D198" t="s">
+        <v>678</v>
+      </c>
+      <c r="E198" t="s">
+        <v>679</v>
+      </c>
+      <c r="F198" t="s">
+        <v>214</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H198" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>691</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>30</v>
+      </c>
+      <c r="D199" t="s">
+        <v>678</v>
+      </c>
+      <c r="E199" t="s">
+        <v>679</v>
+      </c>
+      <c r="F199" t="s">
+        <v>214</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="H199" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>694</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>35</v>
+      </c>
+      <c r="D200" t="s">
+        <v>678</v>
+      </c>
+      <c r="E200" t="s">
+        <v>679</v>
+      </c>
+      <c r="F200" t="s">
+        <v>214</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="H200" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>697</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>40</v>
+      </c>
+      <c r="D201" t="s">
+        <v>678</v>
+      </c>
+      <c r="E201" t="s">
+        <v>679</v>
+      </c>
+      <c r="F201" t="s">
+        <v>214</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="H201" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>700</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>45</v>
+      </c>
+      <c r="D202" t="s">
+        <v>678</v>
+      </c>
+      <c r="E202" t="s">
+        <v>679</v>
+      </c>
+      <c r="F202" t="s">
+        <v>214</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H202" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>703</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>50</v>
+      </c>
+      <c r="D203" t="s">
+        <v>678</v>
+      </c>
+      <c r="E203" t="s">
+        <v>679</v>
+      </c>
+      <c r="F203" t="s">
+        <v>214</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="H203" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>706</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>55</v>
+      </c>
+      <c r="D204" t="s">
+        <v>678</v>
+      </c>
+      <c r="E204" t="s">
+        <v>679</v>
+      </c>
+      <c r="F204" t="s">
+        <v>214</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="H204" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>709</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>59</v>
+      </c>
+      <c r="D205" t="s">
+        <v>678</v>
+      </c>
+      <c r="E205" t="s">
+        <v>679</v>
+      </c>
+      <c r="F205" t="s">
+        <v>214</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="H205" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>712</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>62</v>
+      </c>
+      <c r="D206" t="s">
+        <v>678</v>
+      </c>
+      <c r="E206" t="s">
+        <v>679</v>
+      </c>
+      <c r="F206" t="s">
+        <v>214</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H206" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>715</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>66</v>
+      </c>
+      <c r="D207" t="s">
+        <v>678</v>
+      </c>
+      <c r="E207" t="s">
+        <v>679</v>
+      </c>
+      <c r="F207" t="s">
+        <v>214</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="H207" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>718</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>71</v>
+      </c>
+      <c r="D208" t="s">
+        <v>678</v>
+      </c>
+      <c r="E208" t="s">
+        <v>679</v>
+      </c>
+      <c r="F208" t="s">
+        <v>214</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="H208" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>721</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>75</v>
+      </c>
+      <c r="D209" t="s">
+        <v>678</v>
+      </c>
+      <c r="E209" t="s">
+        <v>679</v>
+      </c>
+      <c r="F209" t="s">
+        <v>628</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="H209" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>724</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>79</v>
+      </c>
+      <c r="D210" t="s">
+        <v>678</v>
+      </c>
+      <c r="E210" t="s">
+        <v>679</v>
+      </c>
+      <c r="F210" t="s">
+        <v>214</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H210" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>727</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>83</v>
+      </c>
+      <c r="D211" t="s">
+        <v>678</v>
+      </c>
+      <c r="E211" t="s">
+        <v>679</v>
+      </c>
+      <c r="F211" t="s">
+        <v>214</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H211" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>730</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>88</v>
+      </c>
+      <c r="D212" t="s">
+        <v>678</v>
+      </c>
+      <c r="E212" t="s">
+        <v>679</v>
+      </c>
+      <c r="F212" t="s">
+        <v>214</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H212" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>733</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>92</v>
+      </c>
+      <c r="D213" t="s">
+        <v>678</v>
+      </c>
+      <c r="E213" t="s">
+        <v>679</v>
+      </c>
+      <c r="F213" t="s">
+        <v>214</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H213" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>736</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>202</v>
+      </c>
+      <c r="D214" t="s">
+        <v>678</v>
+      </c>
+      <c r="E214" t="s">
+        <v>679</v>
+      </c>
+      <c r="F214" t="s">
+        <v>214</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H214" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>739</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>206</v>
+      </c>
+      <c r="D215" t="s">
+        <v>678</v>
+      </c>
+      <c r="E215" t="s">
+        <v>679</v>
+      </c>
+      <c r="F215" t="s">
+        <v>214</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="H215" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>742</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>209</v>
+      </c>
+      <c r="D216" t="s">
+        <v>678</v>
+      </c>
+      <c r="E216" t="s">
+        <v>679</v>
+      </c>
+      <c r="F216" t="s">
+        <v>214</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H216" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>745</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>212</v>
+      </c>
+      <c r="D217" t="s">
+        <v>678</v>
+      </c>
+      <c r="E217" t="s">
+        <v>679</v>
+      </c>
+      <c r="F217" t="s">
+        <v>214</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="H217" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>748</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>214</v>
+      </c>
+      <c r="D218" t="s">
+        <v>678</v>
+      </c>
+      <c r="E218" t="s">
+        <v>679</v>
+      </c>
+      <c r="F218" t="s">
+        <v>13</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H218" t="s">
+        <v>750</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7672,50 +8509,74 @@
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>