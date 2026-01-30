--- v1 (2025-12-09)
+++ v2 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1744" uniqueCount="751">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1760" uniqueCount="757">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -297,50 +297,62 @@
   <si>
     <t>200890</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200890/projeto_de_lei_n._018-2025_-_multa_-_estradas_municipais.pdf</t>
   </si>
   <si>
     <t>VEDA A UTILIZAÇÃO DAS ESTRADAS MUNICIPAIS RURAIS COMO ESTACIONAMENTO DE VEÍCULOS AUTOMOTORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200914</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200914/projeto_de_lei_n._019-2025_-_prestacao_de_contas_-_entidades_subvencionadas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de todas as entidades que recebam subvenção municipal, a prestarem contas dos valores recebidos à Câmara Municipal de Gália/SP, e dá outras providências</t>
   </si>
   <si>
+    <t>200961</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200961/projeto_de_lei_n._020-2025_-_abono_natalino.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE ABONO NATALINO AOS EMPREGADOS PÚBLICOS MUNICIPAIS VINCULADOS AO PODER LEGISLATIVO DO MUNICÍPIO DE GÁLIA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>200768</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200768/projeto_de_resolucao_n_01-202520250206_13171509.pdf</t>
   </si>
   <si>
     <t>Regulamenta o disposto no art. 23, VI, do Regimento Interno da Câmara Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>200776</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200776/projeto_de_resolucao_n_02-2025_-_comissao_de_assuntos_relevantes20250207_08500292.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da COMISSÃO DE ASSUNTOS RELEVANTES, exclusivamente para acompanhar e fiscalizar as atividades da Unidade de Saúde HOSPITAL SÃO VICENTE DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200904</t>
@@ -616,53 +628,50 @@
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200813/indicacao_parlamentar_n._017-2025_-_fisioterapia.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE MELHORIAS NO IMÓVEL DA NAS QUAIS SÃO DISPONIBILIZADOS OS ATENDIMENTOS DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>200816</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200816/indicacao_parlamentar_n._018-2025_-_rodoviaria.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE MANUTENÇÃO E LIMPEZA SEMANAL DA RODOVIÁRIA ARI BERALDIN.</t>
   </si>
   <si>
     <t>200822</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200822/indicacao_parlamentar_n._019-2025_-_cobertura_na_praca_da_biblia.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE COBERTURA MAIOR NA PRAÇA DA BÍBLIA EM PROL DOS ESTUDANTES.</t>
   </si>
   <si>
     <t>200823</t>
-  </si>
-[...1 lines deleted...]
-    <t>20</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200823/indicacao_parlamentar_n._020-2025_-_cobertura_creche_ruth_coelho.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE COBERTURA NA CRECHE PROF.ª RUTH COELHO.</t>
   </si>
   <si>
     <t>200826</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Indica...</t>
   </si>
   <si>
     <t>200827</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Indica</t>
   </si>
@@ -1896,50 +1905,59 @@
     <t>200957</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200957/projeto_051_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS” - PROJETO DE LEI N.º 051/2025 - Oficio nº. 169/2025 – GP</t>
   </si>
   <si>
     <t>200959</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200959/projeto_de_lei_no_052-25abono_natalinoassinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 176/2025 - GP. ENCAMINHA PROJETO DE LEI 052/2025.“Disciplina a concessão de Abono Natalino aos empregados públicos municipais ativos, efetivos, comissionados, Secretários Municipais, ocupantes de cargo público permanente ou função de confiança, aos contratados por prazo determinado (temporários) e aos membros do Conselho Tutelar do município de Gália, e a Alteração de Metas e Valores e Diretrizes ao PPA 2022/2025, e a Abertura de Crédito Adicional Suplementar ao Orçamento de 2025 e dá outras providências.”</t>
   </si>
   <si>
     <t>200960</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200960/oficio177-25-projetodelei053-25-assinado_1.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 177/2025 - GP. ENCAMINHA PROJETO DE LEI 053/2025. Revoga integralmente a Lei Municipal nº. 2239/2013, de 07 de novembro de 2013.</t>
+  </si>
+  <si>
+    <t>200962</t>
+  </si>
+  <si>
+    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200962/projeto_de_lei_n054-25revisao_e_atualizacao_pdt_24-25.pdf</t>
+  </si>
+  <si>
+    <t>OFICIO Nº 178/2025 - GP. ENCAMINHA PROJETO DE LEI Nº 054/2025.“Dispõe sobre a Revisão e Atualização – 2025 do Plano Diretor de Turismo de Gália (SP).”</t>
   </si>
   <si>
     <t>200759</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>JOÃO SARDI JUNIOR</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200759/parecer_juridico_n_01-2025_-_funcoes_gratificadas_-_retificado.pdf</t>
   </si>
   <si>
     <t>Parecer Jurídico em relação ao Projeto de Lei n.º 001/2025, de autoria do Exmo. Sr. Prefeito do Município de Gália/SP, que regulamenta e readequa o regime de pagamento das gratificações e retribuições aos empregados públicos da Prefeitura do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200746</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200746/projeto_de_lei_complementar_no_01-25_muda_a_nomenclatura_da_secretaria_mun._cultura_e_revoga_artigos.pdf</t>
   </si>
@@ -2625,56 +2643,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200769/projeto_de_lei_n_01-2025_-_cm_20250206_13240090.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200770/projeto_de_lei_n_02-2025_-_cm_20250206_13312455.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200771/projeto_de_lei_n_03-2025_-_cm_20250207_08174346.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200772/projeto_de_lei_n_04-2025_-_cm_20250207_08265731.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200781/projeto_de_lei_n_05-2025_-_cm20250207_10162176.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200787/projeto_de_lei_n_06-2025_-_cm_20250220_15012654.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200788/projeto_de_lei_n_07-2025_-_cm_20250220_15042543.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200792/projeto_de_lei_n_08-2025_-_cm20250220_15305338.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200815/projeto_de_lei_n._010-2025_-_revogacao_art_lei_receitas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200824/projeto_de_lei_n._012-2025_-_cm_-_programa_farmacia_continua.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200845/projeto_de_lei_n._013-2025_-_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200846/projeto_de_lei_n._014-2025_-_ruidos_de_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200847/projeto_de_lei_n._015-2025_-_inauguracao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200863/projeto_de_lei_n._16-2025_-_vandalismo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200882/projeto_de_lei_n._017-2025_-_dia_das_forcas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200890/projeto_de_lei_n._018-2025_-_multa_-_estradas_municipais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200914/projeto_de_lei_n._019-2025_-_prestacao_de_contas_-_entidades_subvencionadas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200768/projeto_de_resolucao_n_01-202520250206_13171509.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200776/projeto_de_resolucao_n_02-2025_-_comissao_de_assuntos_relevantes20250207_08500292.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200904/projeto_de_resolucao_n._03-_2025_-_votacao_eletronica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200935/projeto_de_resolucao_n._05-2025_-_fiscalziacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200937/emenda_ao_plc_n._03-2205_-_jose_eduardo_sanavio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200948/emenda_impositiva_n_01-2025_-_jose_augusto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200949/emenda_impositiva_n_02-2025_-_chico.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200950/emenda_impositiva_n_03-2025_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200951/emenda_impositiva_n_04-2025_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200952/emenda_impositiva_n_05-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200953/emenda_impositiva_n_06-2025_-_jose_eduardo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200954/emenda_impositiva_n_07-2025_-_pepinelli_e_guilherme.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200955/emenda_impositiva_n_08-2025_-_gui.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200956/emenda_impositiva_n_09-2025_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200763/indicacao_parlmentar_01-202520250131_10224989.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200774/indicacao_parlamentar_n_02-202520250207_08385580.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200775/indicacao_parlamentar_n_03-202520250207_08445692.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200779/indicacao_parlamentar_n_04-202520250207_10091577.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200780/indicacao_parlamentar_n_05-202520250207_10103623.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200782/indicacao_parlamentar_n_06-202520250207_11004822.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200790/indicacao_parlamentar_n_07-202520250220_15145999.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200791/indicacao_parlamentar_n_08-202520250220_15161453.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200793/indicacao_parlamentar_n_09-202520250220_15335858.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200799/indicacao_parlamentar_n._010-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200800/indicacao_parlamentar_n._011-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200801/indicacao_parlamentar_n._012-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200802/indicacao_parlamentar_n._013-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200804/indicacao_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200806/indicacao_parlamentar_n._015-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200807/indicacao_parlamentar_n.o_016-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200813/indicacao_parlamentar_n._017-2025_-_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200816/indicacao_parlamentar_n._018-2025_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200822/indicacao_parlamentar_n._019-2025_-_cobertura_na_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200823/indicacao_parlamentar_n._020-2025_-_cobertura_creche_ruth_coelho.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200830/indicacao_parlamentar_n._025-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200831/indicacao_parlamentar_n._026-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200832/indicacao_parlamentar_n._027-2025_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200833/indicacao_parlamentar_n._028-2025_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200834/indicacao_parlamentar_n._029-2025_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200835/indicacao_parlamentar_n._030-2025_1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200836/indicacao_parlamentar_n._031-2025_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200837/indicacao_parlamentar_n._032-2025_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200838/indicacao_parlamentar_n._033-2025_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200848/indicacao_parlamentar_n._034-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200849/indicacao_parlamentar_n._035-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200850/indicacao_parlamentar_n._036-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200851/indicacao_parlamentar_n._037-2025_-_microchipagem_de_animais.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200852/indicacao_parlamentar_n._038-2025_-_reocao_de_veiculos_abandonados.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200853/indicacao_parlamentar_n._039-2025_-_censo_de_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200854/indicacao_parlamentar_n._040-2025_-_contratacao_de_veterinario.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200855/indicacao_parlamentar_n._041-2025_-_ambulancia_semi-uti.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200858/indicacao_parlamentar_n._042-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200859/indicacao_parlamentar_n._043-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200864/indicacao_parlamentar_n._044-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200865/indicacao_parlamentar_n._045-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200866/indicacao_parlamentar_n._046-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200878/indicacao_parlamentar_n_047-2025_-_centro_de_especilialidades_medicas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200879/indicacao_parlamentar_n._048-2025_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200880/indicacao_parlamentar_n._049-2025_-_garagem_das_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200881/indicacao_parlamentar_n._050-2025_-_balanca.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200883/indicacao_parlamentar_n._051-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200889/indicacao_parlamentar_n._052-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200891/indicacao_parlamentar_n._053-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200897/indicacao_parlamentar_n._054-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200899/indicacao_parlamentar_n._055-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200900/indicacao_parlamentar_n._056-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200901/indicacao_parlamentar_n._057-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200902/indicacao_parlamentar_n._058-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200909/indicacao_parlamentar_n._059-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200910/indicacao_parlamentar_n._060-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200911/indicacao_parlamentar_n._061-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200917/indicacao_parlamentar_n._062-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200918/indicacao_parlamentar_n._063-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200919/indicacao_parlamentar_n._64-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200929/indicacao_parlamentar_n._065-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200930/indicacao_parlamentar_n._066-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200932/indicacao_parlamentar_n._067-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200933/indicacao_parlamentar_n._068-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200939/indicacao_parlamentar_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200945/indicacao_parlamentar_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200873/mocao_02-2025_-_apoio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200943/mocao_n_03-2025_-_louvor.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200946/mocao_n_04-2025_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200777/requerimento_parlamentar_n_01-202520250207_10023356.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200778/requerimento_parlamentar_n_02-202520250207_10032861.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200789/requerimento_parlamentar_n_03-202520250220_15120606.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200803/requerimento_parlamentar_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200805/requerimento_parlamentar_n._05-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200812/requerimento_parlamentar_n._06-2025_-_isencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200814/requerimento_parlamantar_n._07-2025_-_exames_de_imagem_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200818/requerimento_parlamentar_n._08-2025_-_auditoria_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200819/requerimento_parlamentar_n._09-2025_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200820/requerimento_parlamentar_n._010-2025_-_coordeandor_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200821/requerimento_parlamentar_n._011-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200856/requerimento_parlamentar_n._12-2025_-_insalubridade_dos_ambulanceiros.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200857/requerimento_parlamentar_n._013-2025_-_insalubridade_servidores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200860/requerimento_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200868/requerimento_parlamentar_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200898/requerimento_parlamentar_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200903/requerimento_parlamentar_n._017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200744/projeto_de_lei_n001-25gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200748/projeto_de_lei_n002-25cria_referencia_pgm.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200749/projeto_de_lei_n003-25autoriza_pagamento_vale_agentes_politicos_e_comissionados.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200750/projeto_de_lei_n004-25revoga_a_lei_2412-17.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200752/projeto_de_lei_n005-25reajuste_empregados_10_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200757/projeto_de_lei_n006-25altera_art.1o_lei_2706-22_permissao_camara.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200758/projeto_de_lei_n007-25revoga_a_lei_2.830-24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200760/projeto_de_lei_n008-25rga_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200762/projeto_de_lei_n009-25altera_lei_1461-91_membros_cmdr.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200764/projeto_de_lei_n010-25amplia_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200766/oficiono41-25-projleino11-25.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200767/oficio_no042-25-encaminha_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200784/projeto_de_lei_n013-25cria_04_vagas_auxiliar_servicos.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200785/projeto_de_lei_n014-25altera_lei_2.862-25_funcoes.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200797/projeto_de_lei_n15.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200825/oficio_no73-25-encaminha_projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200842/oficiono77-25-projeto_de_lei_17-25.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200861/brn30055ce9a6b1_107486.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200867/brn30055ce9a6b1_107900.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200871/projeto_020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200872/pl_21_2.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200874/pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200884/projeto_de_lei_023-25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200885/projeto_de_lei_024-25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200886/projeto_de_lei_025-25-oficio_107-assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200887/projeto_de_lei_no026-25-oficio_108-assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200888/projeto_de_lei_n027-25desafetacao_area_sistema_viario_mat._3.825_-_jose_praxedes_final.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200892/projeto_de_lei_n028-25altera_lei_2.862-25_funcoes_-_lgpd_1-3.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200893/projeto_de_lei_no029-25assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200894/projeto_de_lei_n030-25desafetacao_areas_antiga_base_pm_e_terreno_saraiva.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200895/projeto_de_lei_no31-25cria_funcao_gratificada.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200896/projeto_de_lei_no_32-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200907/oficio_no136-25-encaminha_projeto_de_lei_033-25-ppa.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200908/oficio_no137-25-encaminha_projeto_de_lei_034-25-ldo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200912/oficiono139-25-encaminha_projeto_de_lei035-25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200913/oficio_no140-25-encaminha_projeto_de_lei036-25_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200916/oficio_no141-25projeto_de_lei_037-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200920/projeto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200922/projeto_loa_2026_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200923/projeto_de_lei_n040-25sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200924/projeto_de_lei_n041-25plano_municipal_primeira_infancia_-_pmpi.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200925/projeto_de_lei_n042-25criacao_brigada_de_incendio_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200926/projeto_de_lei_n043-25pad_e_regime_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200927/projeto_de_lei_n045-25videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200928/projeto_de_lei_n044-25honorarios_sucumbencia.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200934/projeto_de_lei_046-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200936/projeto_de_lei_047-25assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200940/oficio_no163-25-projeto_de_lei_no048-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200941/oficio_no164-25-encaminha_projeto_de_lei_049-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200942/projeto_de_lei_no050-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200957/projeto_051_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200959/projeto_de_lei_no_052-25abono_natalinoassinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200960/oficio177-25-projetodelei053-25-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200759/parecer_juridico_n_01-2025_-_funcoes_gratificadas_-_retificado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200746/projeto_de_lei_complementar_no_01-25_muda_a_nomenclatura_da_secretaria_mun._cultura_e_revoga_artigos.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200765/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200931/projeto_de_lei_complementar_no_03-25_novo_codigo_tributario_de_galia_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200938/redacao_final__plc_03-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200795/resposta_requerimento_no_01_000241.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200810/oficio_no66-25camara-encaminha_resposta_ao_requerimento_parlamentar_003-25.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200839/oficio_no75-25camaraencaminha_resposta_ao_requerimento_parlamentar_04_e_05.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200840/oficio_076-25_-_resposta_requerimento_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200844/oficio_no80-25respostas_dos_requerimentos_parlamentares_060709_e_011-25.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200870/oficio_084-25.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200875/oficiono90-25resposta_ao_requerimento_015-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200905/oficio_133-25_-_resposta_requerimento_parlamentar_016-25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200906/oficio_134-25_-_resposta_requerimento_parlamentar_017-25.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200741/oficio_01-2025_gp_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200742/oficio_004-25_retirada_pl_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200747/oficio_no07-2025-gp.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200751/oficio_011-25_solicita_revisao_remun._secretarios.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200753/oficio_no014_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200754/oficiono015_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200755/oficiono016_2025_gp_encaminha_inormacoes.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200756/oficiono017_2025_gp_encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200761/oficio_32_2025_gp.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200783/oficio_no43_2025-gp.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200786/lrf_executivo_6_bimestre_oficio_reuisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200796/oficio_057-25_retirada_pl_hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200798/oficio_056-25_encaminha_pl_altera_pro_labore_pm.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200809/oficio_059-25_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200811/junior_sardi_-_req_teto_salarial.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200841/prestacao_anual_2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200843/oficio_079-25_encaminha_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200862/oficio_encaminhamento_a_camara.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200869/oficio_083-25_encaminha_veto.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200876/2025_-_lrf_executivo_2_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200877/pedido_plenario_saude.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200921/microsoft_word_-_2025_-_lrf_executivo_4_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200947/camscanner_11-26-2025_13.57.33meus_docs.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200958/chapa_mesa_2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200769/projeto_de_lei_n_01-2025_-_cm_20250206_13240090.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200770/projeto_de_lei_n_02-2025_-_cm_20250206_13312455.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200771/projeto_de_lei_n_03-2025_-_cm_20250207_08174346.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200772/projeto_de_lei_n_04-2025_-_cm_20250207_08265731.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200781/projeto_de_lei_n_05-2025_-_cm20250207_10162176.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200787/projeto_de_lei_n_06-2025_-_cm_20250220_15012654.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200788/projeto_de_lei_n_07-2025_-_cm_20250220_15042543.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200792/projeto_de_lei_n_08-2025_-_cm20250220_15305338.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200815/projeto_de_lei_n._010-2025_-_revogacao_art_lei_receitas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200824/projeto_de_lei_n._012-2025_-_cm_-_programa_farmacia_continua.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200845/projeto_de_lei_n._013-2025_-_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200846/projeto_de_lei_n._014-2025_-_ruidos_de_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200847/projeto_de_lei_n._015-2025_-_inauguracao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200863/projeto_de_lei_n._16-2025_-_vandalismo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200882/projeto_de_lei_n._017-2025_-_dia_das_forcas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200890/projeto_de_lei_n._018-2025_-_multa_-_estradas_municipais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200914/projeto_de_lei_n._019-2025_-_prestacao_de_contas_-_entidades_subvencionadas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200961/projeto_de_lei_n._020-2025_-_abono_natalino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200768/projeto_de_resolucao_n_01-202520250206_13171509.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200776/projeto_de_resolucao_n_02-2025_-_comissao_de_assuntos_relevantes20250207_08500292.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200904/projeto_de_resolucao_n._03-_2025_-_votacao_eletronica.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200935/projeto_de_resolucao_n._05-2025_-_fiscalziacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200937/emenda_ao_plc_n._03-2205_-_jose_eduardo_sanavio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200948/emenda_impositiva_n_01-2025_-_jose_augusto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200949/emenda_impositiva_n_02-2025_-_chico.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200950/emenda_impositiva_n_03-2025_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200951/emenda_impositiva_n_04-2025_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200952/emenda_impositiva_n_05-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200953/emenda_impositiva_n_06-2025_-_jose_eduardo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200954/emenda_impositiva_n_07-2025_-_pepinelli_e_guilherme.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200955/emenda_impositiva_n_08-2025_-_gui.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200956/emenda_impositiva_n_09-2025_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200763/indicacao_parlmentar_01-202520250131_10224989.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200774/indicacao_parlamentar_n_02-202520250207_08385580.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200775/indicacao_parlamentar_n_03-202520250207_08445692.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200779/indicacao_parlamentar_n_04-202520250207_10091577.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200780/indicacao_parlamentar_n_05-202520250207_10103623.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200782/indicacao_parlamentar_n_06-202520250207_11004822.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200790/indicacao_parlamentar_n_07-202520250220_15145999.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200791/indicacao_parlamentar_n_08-202520250220_15161453.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200793/indicacao_parlamentar_n_09-202520250220_15335858.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200799/indicacao_parlamentar_n._010-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200800/indicacao_parlamentar_n._011-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200801/indicacao_parlamentar_n._012-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200802/indicacao_parlamentar_n._013-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200804/indicacao_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200806/indicacao_parlamentar_n._015-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200807/indicacao_parlamentar_n.o_016-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200813/indicacao_parlamentar_n._017-2025_-_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200816/indicacao_parlamentar_n._018-2025_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200822/indicacao_parlamentar_n._019-2025_-_cobertura_na_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200823/indicacao_parlamentar_n._020-2025_-_cobertura_creche_ruth_coelho.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200830/indicacao_parlamentar_n._025-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200831/indicacao_parlamentar_n._026-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200832/indicacao_parlamentar_n._027-2025_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200833/indicacao_parlamentar_n._028-2025_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200834/indicacao_parlamentar_n._029-2025_1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200835/indicacao_parlamentar_n._030-2025_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200836/indicacao_parlamentar_n._031-2025_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200837/indicacao_parlamentar_n._032-2025_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200838/indicacao_parlamentar_n._033-2025_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200848/indicacao_parlamentar_n._034-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200849/indicacao_parlamentar_n._035-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200850/indicacao_parlamentar_n._036-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200851/indicacao_parlamentar_n._037-2025_-_microchipagem_de_animais.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200852/indicacao_parlamentar_n._038-2025_-_reocao_de_veiculos_abandonados.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200853/indicacao_parlamentar_n._039-2025_-_censo_de_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200854/indicacao_parlamentar_n._040-2025_-_contratacao_de_veterinario.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200855/indicacao_parlamentar_n._041-2025_-_ambulancia_semi-uti.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200858/indicacao_parlamentar_n._042-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200859/indicacao_parlamentar_n._043-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200864/indicacao_parlamentar_n._044-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200865/indicacao_parlamentar_n._045-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200866/indicacao_parlamentar_n._046-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200878/indicacao_parlamentar_n_047-2025_-_centro_de_especilialidades_medicas.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200879/indicacao_parlamentar_n._048-2025_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200880/indicacao_parlamentar_n._049-2025_-_garagem_das_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200881/indicacao_parlamentar_n._050-2025_-_balanca.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200883/indicacao_parlamentar_n._051-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200889/indicacao_parlamentar_n._052-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200891/indicacao_parlamentar_n._053-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200897/indicacao_parlamentar_n._054-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200899/indicacao_parlamentar_n._055-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200900/indicacao_parlamentar_n._056-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200901/indicacao_parlamentar_n._057-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200902/indicacao_parlamentar_n._058-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200909/indicacao_parlamentar_n._059-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200910/indicacao_parlamentar_n._060-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200911/indicacao_parlamentar_n._061-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200917/indicacao_parlamentar_n._062-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200918/indicacao_parlamentar_n._063-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200919/indicacao_parlamentar_n._64-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200929/indicacao_parlamentar_n._065-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200930/indicacao_parlamentar_n._066-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200932/indicacao_parlamentar_n._067-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200933/indicacao_parlamentar_n._068-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200939/indicacao_parlamentar_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200945/indicacao_parlamentar_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200873/mocao_02-2025_-_apoio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200943/mocao_n_03-2025_-_louvor.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200946/mocao_n_04-2025_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200777/requerimento_parlamentar_n_01-202520250207_10023356.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200778/requerimento_parlamentar_n_02-202520250207_10032861.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200789/requerimento_parlamentar_n_03-202520250220_15120606.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200803/requerimento_parlamentar_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200805/requerimento_parlamentar_n._05-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200812/requerimento_parlamentar_n._06-2025_-_isencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200814/requerimento_parlamantar_n._07-2025_-_exames_de_imagem_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200818/requerimento_parlamentar_n._08-2025_-_auditoria_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200819/requerimento_parlamentar_n._09-2025_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200820/requerimento_parlamentar_n._010-2025_-_coordeandor_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200821/requerimento_parlamentar_n._011-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200856/requerimento_parlamentar_n._12-2025_-_insalubridade_dos_ambulanceiros.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200857/requerimento_parlamentar_n._013-2025_-_insalubridade_servidores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200860/requerimento_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200868/requerimento_parlamentar_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200898/requerimento_parlamentar_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200903/requerimento_parlamentar_n._017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200744/projeto_de_lei_n001-25gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200748/projeto_de_lei_n002-25cria_referencia_pgm.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200749/projeto_de_lei_n003-25autoriza_pagamento_vale_agentes_politicos_e_comissionados.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200750/projeto_de_lei_n004-25revoga_a_lei_2412-17.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200752/projeto_de_lei_n005-25reajuste_empregados_10_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200757/projeto_de_lei_n006-25altera_art.1o_lei_2706-22_permissao_camara.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200758/projeto_de_lei_n007-25revoga_a_lei_2.830-24.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200760/projeto_de_lei_n008-25rga_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200762/projeto_de_lei_n009-25altera_lei_1461-91_membros_cmdr.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200764/projeto_de_lei_n010-25amplia_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200766/oficiono41-25-projleino11-25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200767/oficio_no042-25-encaminha_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200784/projeto_de_lei_n013-25cria_04_vagas_auxiliar_servicos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200785/projeto_de_lei_n014-25altera_lei_2.862-25_funcoes.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200797/projeto_de_lei_n15.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200825/oficio_no73-25-encaminha_projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200842/oficiono77-25-projeto_de_lei_17-25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200861/brn30055ce9a6b1_107486.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200867/brn30055ce9a6b1_107900.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200871/projeto_020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200872/pl_21_2.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200874/pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200884/projeto_de_lei_023-25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200885/projeto_de_lei_024-25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200886/projeto_de_lei_025-25-oficio_107-assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200887/projeto_de_lei_no026-25-oficio_108-assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200888/projeto_de_lei_n027-25desafetacao_area_sistema_viario_mat._3.825_-_jose_praxedes_final.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200892/projeto_de_lei_n028-25altera_lei_2.862-25_funcoes_-_lgpd_1-3.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200893/projeto_de_lei_no029-25assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200894/projeto_de_lei_n030-25desafetacao_areas_antiga_base_pm_e_terreno_saraiva.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200895/projeto_de_lei_no31-25cria_funcao_gratificada.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200896/projeto_de_lei_no_32-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200907/oficio_no136-25-encaminha_projeto_de_lei_033-25-ppa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200908/oficio_no137-25-encaminha_projeto_de_lei_034-25-ldo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200912/oficiono139-25-encaminha_projeto_de_lei035-25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200913/oficio_no140-25-encaminha_projeto_de_lei036-25_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200916/oficio_no141-25projeto_de_lei_037-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200920/projeto.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200922/projeto_loa_2026_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200923/projeto_de_lei_n040-25sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200924/projeto_de_lei_n041-25plano_municipal_primeira_infancia_-_pmpi.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200925/projeto_de_lei_n042-25criacao_brigada_de_incendio_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200926/projeto_de_lei_n043-25pad_e_regime_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200927/projeto_de_lei_n045-25videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200928/projeto_de_lei_n044-25honorarios_sucumbencia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200934/projeto_de_lei_046-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200936/projeto_de_lei_047-25assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200940/oficio_no163-25-projeto_de_lei_no048-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200941/oficio_no164-25-encaminha_projeto_de_lei_049-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200942/projeto_de_lei_no050-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200957/projeto_051_1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200959/projeto_de_lei_no_052-25abono_natalinoassinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200960/oficio177-25-projetodelei053-25-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200962/projeto_de_lei_n054-25revisao_e_atualizacao_pdt_24-25.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200759/parecer_juridico_n_01-2025_-_funcoes_gratificadas_-_retificado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200746/projeto_de_lei_complementar_no_01-25_muda_a_nomenclatura_da_secretaria_mun._cultura_e_revoga_artigos.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200765/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200931/projeto_de_lei_complementar_no_03-25_novo_codigo_tributario_de_galia_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200938/redacao_final__plc_03-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200795/resposta_requerimento_no_01_000241.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200810/oficio_no66-25camara-encaminha_resposta_ao_requerimento_parlamentar_003-25.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200839/oficio_no75-25camaraencaminha_resposta_ao_requerimento_parlamentar_04_e_05.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200840/oficio_076-25_-_resposta_requerimento_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200844/oficio_no80-25respostas_dos_requerimentos_parlamentares_060709_e_011-25.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200870/oficio_084-25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200875/oficiono90-25resposta_ao_requerimento_015-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200905/oficio_133-25_-_resposta_requerimento_parlamentar_016-25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200906/oficio_134-25_-_resposta_requerimento_parlamentar_017-25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200741/oficio_01-2025_gp_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200742/oficio_004-25_retirada_pl_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200747/oficio_no07-2025-gp.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200751/oficio_011-25_solicita_revisao_remun._secretarios.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200753/oficio_no014_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200754/oficiono015_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200755/oficiono016_2025_gp_encaminha_inormacoes.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200756/oficiono017_2025_gp_encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200761/oficio_32_2025_gp.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200783/oficio_no43_2025-gp.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200786/lrf_executivo_6_bimestre_oficio_reuisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200796/oficio_057-25_retirada_pl_hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200798/oficio_056-25_encaminha_pl_altera_pro_labore_pm.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200809/oficio_059-25_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200811/junior_sardi_-_req_teto_salarial.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200841/prestacao_anual_2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200843/oficio_079-25_encaminha_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200862/oficio_encaminhamento_a_camara.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200869/oficio_083-25_encaminha_veto.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200876/2025_-_lrf_executivo_2_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200877/pedido_plenario_saude.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200921/microsoft_word_-_2025_-_lrf_executivo_4_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200947/camscanner_11-26-2025_13.57.33meus_docs.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200958/chapa_mesa_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H218"/>
+  <dimension ref="A1:H220"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="212.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="173.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3174,5188 +3192,5240 @@
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>67</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H20" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="D21" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>51</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="1" t="s">
+      <c r="H21" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
         <v>100</v>
       </c>
-      <c r="B22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H22" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D23" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="E23" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F23" t="s">
-        <v>67</v>
+        <v>46</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H23" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D24" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="E24" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F24" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>52</v>
+        <v>108</v>
       </c>
       <c r="H24" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D25" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="E25" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F25" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>109</v>
+        <v>52</v>
       </c>
       <c r="H25" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D26" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="E26" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="F26" t="s">
         <v>67</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="H26" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>115</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
         <v>116</v>
       </c>
       <c r="E27" t="s">
         <v>117</v>
       </c>
       <c r="F27" t="s">
         <v>67</v>
       </c>
       <c r="G27" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H27" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="s">
         <v>120</v>
       </c>
-      <c r="B28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F28" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H28" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D29" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E29" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F29" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H29" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D30" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E30" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F30" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H30" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D31" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E31" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F31" t="s">
+        <v>26</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H31" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D32" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E32" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H32" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D33" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E33" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F33" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H33" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D34" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E34" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F34" t="s">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="H34" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D35" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E35" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F35" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H35" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D36" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E36" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F36" t="s">
-        <v>140</v>
+        <v>31</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H36" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="D37" t="s">
-        <v>143</v>
+        <v>120</v>
       </c>
       <c r="E37" t="s">
+        <v>121</v>
+      </c>
+      <c r="F37" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>145</v>
       </c>
       <c r="H37" t="s">
-        <v>146</v>
+        <v>129</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>146</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
         <v>147</v>
       </c>
-      <c r="B38" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E38" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F38" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H38" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D39" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E39" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F39" t="s">
         <v>46</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H39" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D40" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E40" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F40" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H40" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D41" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E41" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F41" t="s">
         <v>84</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H41" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D42" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E42" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F42" t="s">
-        <v>129</v>
+        <v>84</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H42" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D43" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E43" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F43" t="s">
-        <v>84</v>
+        <v>133</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H43" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D44" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E44" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F44" t="s">
-        <v>41</v>
+        <v>84</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H44" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D45" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E45" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F45" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H45" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D46" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E46" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F46" t="s">
-        <v>41</v>
+        <v>84</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H46" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D47" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E47" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F47" t="s">
         <v>41</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H47" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D48" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E48" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F48" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H48" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D49" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E49" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F49" t="s">
         <v>84</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H49" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D50" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E50" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F50" t="s">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H50" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D51" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E51" t="s">
+        <v>148</v>
+      </c>
+      <c r="F51" t="s">
         <v>144</v>
       </c>
-      <c r="F51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H51" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D52" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E52" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F52" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H52" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D53" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E53" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F53" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H53" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D54" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E54" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F54" t="s">
         <v>46</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H54" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D55" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E55" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H55" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>202</v>
+        <v>92</v>
       </c>
       <c r="D56" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E56" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H56" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>205</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
+        <v>96</v>
+      </c>
+      <c r="D57" t="s">
+        <v>147</v>
+      </c>
+      <c r="E57" t="s">
+        <v>148</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>206</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
       <c r="H57" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>208</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>209</v>
       </c>
       <c r="D58" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E58" t="s">
+        <v>148</v>
+      </c>
+      <c r="F58" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H58" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>211</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>212</v>
       </c>
       <c r="D59" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E59" t="s">
+        <v>148</v>
+      </c>
+      <c r="F59" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H59" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D60" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E60" t="s">
+        <v>148</v>
+      </c>
+      <c r="F60" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H60" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D61" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E61" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F61" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>217</v>
+        <v>52</v>
       </c>
       <c r="H61" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>218</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>219</v>
       </c>
-      <c r="B62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E62" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F62" t="s">
         <v>84</v>
       </c>
       <c r="G62" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H62" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>222</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
         <v>223</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>147</v>
+      </c>
+      <c r="E63" t="s">
+        <v>148</v>
+      </c>
+      <c r="F63" t="s">
+        <v>84</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="D63" t="s">
-[...8 lines deleted...]
-      <c r="G63" s="1" t="s">
+      <c r="H63" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>226</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>227</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>147</v>
+      </c>
+      <c r="E64" t="s">
+        <v>148</v>
+      </c>
+      <c r="F64" t="s">
+        <v>144</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>230</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>231</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>147</v>
+      </c>
+      <c r="E65" t="s">
+        <v>148</v>
+      </c>
+      <c r="F65" t="s">
+        <v>144</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="D65" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="1" t="s">
+      <c r="H65" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>234</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
         <v>235</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>147</v>
+      </c>
+      <c r="E66" t="s">
+        <v>148</v>
+      </c>
+      <c r="F66" t="s">
+        <v>144</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="D66" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>238</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
         <v>239</v>
       </c>
-      <c r="B67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E67" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F67" t="s">
         <v>31</v>
       </c>
       <c r="G67" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H67" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>242</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
         <v>243</v>
       </c>
-      <c r="B68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D68" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E68" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F68" t="s">
         <v>31</v>
       </c>
       <c r="G68" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H68" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>246</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>247</v>
       </c>
-      <c r="B69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D69" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E69" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F69" t="s">
         <v>31</v>
       </c>
       <c r="G69" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H69" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>250</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
         <v>251</v>
       </c>
-      <c r="B70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D70" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E70" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F70" t="s">
         <v>31</v>
       </c>
       <c r="G70" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H70" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>254</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
         <v>255</v>
       </c>
-      <c r="B71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D71" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E71" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F71" t="s">
         <v>31</v>
       </c>
       <c r="G71" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H71" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>258</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
         <v>259</v>
       </c>
-      <c r="B72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E72" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F72" t="s">
         <v>31</v>
       </c>
       <c r="G72" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H72" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>262</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>263</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>147</v>
+      </c>
+      <c r="E73" t="s">
+        <v>148</v>
+      </c>
+      <c r="F73" t="s">
+        <v>31</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="D73" t="s">
-[...8 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>266</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
         <v>267</v>
       </c>
-      <c r="B74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E74" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F74" t="s">
         <v>41</v>
       </c>
       <c r="G74" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H74" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>270</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>271</v>
       </c>
-      <c r="B75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D75" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E75" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F75" t="s">
         <v>41</v>
       </c>
       <c r="G75" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H75" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>274</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>275</v>
       </c>
-      <c r="B76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D76" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E76" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F76" t="s">
         <v>41</v>
       </c>
       <c r="G76" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H76" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>278</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>279</v>
       </c>
-      <c r="B77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D77" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E77" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F77" t="s">
         <v>41</v>
       </c>
       <c r="G77" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H77" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>282</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
         <v>283</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>147</v>
+      </c>
+      <c r="E78" t="s">
+        <v>148</v>
+      </c>
+      <c r="F78" t="s">
+        <v>41</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="D78" t="s">
-[...8 lines deleted...]
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>286</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
         <v>287</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>147</v>
+      </c>
+      <c r="E79" t="s">
+        <v>148</v>
+      </c>
+      <c r="F79" t="s">
+        <v>144</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="1" t="s">
+      <c r="H79" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>290</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
         <v>291</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>147</v>
+      </c>
+      <c r="E80" t="s">
+        <v>148</v>
+      </c>
+      <c r="F80" t="s">
+        <v>144</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="G80" s="1" t="s">
+      <c r="H80" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>294</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
         <v>295</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>147</v>
+      </c>
+      <c r="E81" t="s">
+        <v>148</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="D81" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="1" t="s">
+      <c r="H81" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>298</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
         <v>299</v>
       </c>
-      <c r="B82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D82" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E82" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F82" t="s">
         <v>31</v>
       </c>
       <c r="G82" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H82" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>302</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>303</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>147</v>
+      </c>
+      <c r="E83" t="s">
+        <v>148</v>
+      </c>
+      <c r="F83" t="s">
+        <v>31</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="D83" t="s">
-[...8 lines deleted...]
-      <c r="G83" s="1" t="s">
+      <c r="H83" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>306</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>307</v>
       </c>
-      <c r="B84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D84" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E84" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F84" t="s">
         <v>26</v>
       </c>
       <c r="G84" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H84" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>310</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
         <v>311</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>147</v>
+      </c>
+      <c r="E85" t="s">
+        <v>148</v>
+      </c>
+      <c r="F85" t="s">
+        <v>26</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="D85" t="s">
-[...8 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>314</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>315</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>147</v>
+      </c>
+      <c r="E86" t="s">
+        <v>148</v>
+      </c>
+      <c r="F86" t="s">
+        <v>41</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="D86" t="s">
-[...8 lines deleted...]
-      <c r="G86" s="1" t="s">
+      <c r="H86" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>318</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
         <v>319</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>147</v>
+      </c>
+      <c r="E87" t="s">
+        <v>148</v>
+      </c>
+      <c r="F87" t="s">
+        <v>84</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="D87" t="s">
-[...8 lines deleted...]
-      <c r="G87" s="1" t="s">
+      <c r="H87" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>322</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
         <v>323</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>147</v>
+      </c>
+      <c r="E88" t="s">
+        <v>148</v>
+      </c>
+      <c r="F88" t="s">
+        <v>31</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="D88" t="s">
-[...8 lines deleted...]
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>326</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>327</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>147</v>
+      </c>
+      <c r="E89" t="s">
+        <v>148</v>
+      </c>
+      <c r="F89" t="s">
+        <v>84</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="D89" t="s">
-[...8 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>330</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
         <v>331</v>
       </c>
-      <c r="B90" t="s">
-[...2 lines deleted...]
-      <c r="C90" t="s">
+      <c r="D90" t="s">
+        <v>147</v>
+      </c>
+      <c r="E90" t="s">
+        <v>148</v>
+      </c>
+      <c r="F90" t="s">
+        <v>31</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="D90" t="s">
-[...8 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>334</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>335</v>
       </c>
-      <c r="B91" t="s">
-[...2 lines deleted...]
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>147</v>
+      </c>
+      <c r="E91" t="s">
+        <v>148</v>
+      </c>
+      <c r="F91" t="s">
+        <v>41</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="D91" t="s">
-[...8 lines deleted...]
-      <c r="G91" s="1" t="s">
+      <c r="H91" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>338</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
         <v>339</v>
       </c>
-      <c r="B92" t="s">
-[...2 lines deleted...]
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>147</v>
+      </c>
+      <c r="E92" t="s">
+        <v>148</v>
+      </c>
+      <c r="F92" t="s">
+        <v>144</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="D92" t="s">
-[...8 lines deleted...]
-      <c r="G92" s="1" t="s">
+      <c r="H92" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>342</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
         <v>343</v>
       </c>
-      <c r="B93" t="s">
-[...2 lines deleted...]
-      <c r="C93" t="s">
+      <c r="D93" t="s">
+        <v>147</v>
+      </c>
+      <c r="E93" t="s">
+        <v>148</v>
+      </c>
+      <c r="F93" t="s">
+        <v>144</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="D93" t="s">
-[...8 lines deleted...]
-      <c r="G93" s="1" t="s">
+      <c r="H93" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>346</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>347</v>
       </c>
-      <c r="B94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D94" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E94" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F94" t="s">
         <v>84</v>
       </c>
       <c r="G94" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H94" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>350</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
         <v>351</v>
       </c>
-      <c r="B95" t="s">
-[...2 lines deleted...]
-      <c r="C95" t="s">
+      <c r="D95" t="s">
+        <v>147</v>
+      </c>
+      <c r="E95" t="s">
+        <v>148</v>
+      </c>
+      <c r="F95" t="s">
+        <v>84</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="D95" t="s">
-[...8 lines deleted...]
-      <c r="G95" s="1" t="s">
+      <c r="H95" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>354</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
         <v>355</v>
       </c>
-      <c r="B96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D96" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E96" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F96" t="s">
         <v>41</v>
       </c>
       <c r="G96" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H96" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>358</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>359</v>
       </c>
-      <c r="B97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D97" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E97" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F97" t="s">
         <v>41</v>
       </c>
       <c r="G97" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H97" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>362</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
         <v>363</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>147</v>
+      </c>
+      <c r="E98" t="s">
+        <v>148</v>
+      </c>
+      <c r="F98" t="s">
+        <v>41</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="D98" t="s">
-[...8 lines deleted...]
-      <c r="G98" s="1" t="s">
+      <c r="H98" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>366</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
         <v>367</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>147</v>
+      </c>
+      <c r="E99" t="s">
+        <v>148</v>
+      </c>
+      <c r="F99" t="s">
+        <v>31</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="D99" t="s">
-[...8 lines deleted...]
-      <c r="G99" s="1" t="s">
+      <c r="H99" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>370</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>371</v>
       </c>
       <c r="D100" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E100" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F100" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H100" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>373</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>374</v>
       </c>
       <c r="D101" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E101" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F101" t="s">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>375</v>
       </c>
       <c r="H101" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>376</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
         <v>377</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>147</v>
+      </c>
+      <c r="E102" t="s">
+        <v>148</v>
+      </c>
+      <c r="F102" t="s">
+        <v>144</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="D102" t="s">
-[...8 lines deleted...]
-      <c r="G102" s="1" t="s">
+      <c r="H102" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>380</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
         <v>381</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="D103" t="s">
+        <v>147</v>
+      </c>
+      <c r="E103" t="s">
+        <v>148</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="D103" t="s">
-[...8 lines deleted...]
-      <c r="G103" s="1" t="s">
+      <c r="H103" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>384</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
         <v>385</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="D104" t="s">
+        <v>147</v>
+      </c>
+      <c r="E104" t="s">
+        <v>148</v>
+      </c>
+      <c r="F104" t="s">
+        <v>41</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="D104" t="s">
-[...8 lines deleted...]
-      <c r="G104" s="1" t="s">
+      <c r="H104" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>388</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
         <v>389</v>
       </c>
-      <c r="B105" t="s">
-[...2 lines deleted...]
-      <c r="C105" t="s">
+      <c r="D105" t="s">
+        <v>147</v>
+      </c>
+      <c r="E105" t="s">
+        <v>148</v>
+      </c>
+      <c r="F105" t="s">
+        <v>26</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="D105" t="s">
-[...8 lines deleted...]
-      <c r="G105" s="1" t="s">
+      <c r="H105" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>392</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
         <v>393</v>
       </c>
-      <c r="B106" t="s">
-[...2 lines deleted...]
-      <c r="C106" t="s">
+      <c r="D106" t="s">
+        <v>147</v>
+      </c>
+      <c r="E106" t="s">
+        <v>148</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="D106" t="s">
-[...8 lines deleted...]
-      <c r="G106" s="1" t="s">
+      <c r="H106" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>396</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
         <v>397</v>
       </c>
-      <c r="B107" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D107" t="s">
+        <v>147</v>
+      </c>
+      <c r="E107" t="s">
+        <v>148</v>
+      </c>
+      <c r="F107" t="s">
+        <v>144</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="E107" t="s">
+      <c r="H107" t="s">
         <v>399</v>
-      </c>
-[...7 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>400</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>17</v>
+      </c>
+      <c r="D108" t="s">
+        <v>401</v>
+      </c>
+      <c r="E108" t="s">
+        <v>402</v>
+      </c>
+      <c r="F108" t="s">
         <v>403</v>
-      </c>
-[...13 lines deleted...]
-        <v>129</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>404</v>
       </c>
       <c r="H108" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>406</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D109" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="E109" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="F109" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>407</v>
       </c>
       <c r="H109" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>409</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D110" t="s">
+        <v>401</v>
+      </c>
+      <c r="E110" t="s">
+        <v>402</v>
+      </c>
+      <c r="F110" t="s">
+        <v>144</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="E110" t="s">
+      <c r="H110" t="s">
         <v>411</v>
-      </c>
-[...7 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>412</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>10</v>
+      </c>
+      <c r="D111" t="s">
+        <v>413</v>
+      </c>
+      <c r="E111" t="s">
+        <v>414</v>
+      </c>
+      <c r="F111" t="s">
         <v>415</v>
-      </c>
-[...13 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>416</v>
       </c>
       <c r="H111" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>418</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D112" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E112" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F112" t="s">
         <v>84</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>419</v>
       </c>
       <c r="H112" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>421</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D113" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E113" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F113" t="s">
         <v>84</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>422</v>
       </c>
       <c r="H113" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>424</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D114" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E114" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F114" t="s">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>425</v>
       </c>
       <c r="H114" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>427</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D115" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E115" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F115" t="s">
-        <v>26</v>
+        <v>144</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H115" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>430</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D116" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E116" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F116" t="s">
         <v>26</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>431</v>
       </c>
       <c r="H116" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>433</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D117" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E117" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F117" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>434</v>
       </c>
       <c r="H117" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>436</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D118" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E118" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F118" t="s">
         <v>67</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>437</v>
       </c>
       <c r="H118" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>439</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D119" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E119" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F119" t="s">
         <v>67</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>440</v>
       </c>
       <c r="H119" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>442</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D120" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E120" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F120" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>443</v>
       </c>
       <c r="H120" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>445</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D121" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E121" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F121" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>446</v>
       </c>
       <c r="H121" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>448</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D122" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E122" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F122" t="s">
         <v>84</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>449</v>
       </c>
       <c r="H122" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>451</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D123" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E123" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F123" t="s">
         <v>84</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>452</v>
       </c>
       <c r="H123" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>454</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D124" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E124" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F124" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H124" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>457</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D125" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E125" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F125" t="s">
         <v>46</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>458</v>
       </c>
       <c r="H125" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>460</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D126" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E126" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F126" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>461</v>
       </c>
       <c r="H126" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>463</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D127" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E127" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F127" t="s">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>52</v>
+        <v>464</v>
       </c>
       <c r="H127" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="D128" t="s">
-        <v>466</v>
+        <v>413</v>
       </c>
       <c r="E128" t="s">
+        <v>414</v>
+      </c>
+      <c r="F128" t="s">
+        <v>144</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H128" t="s">
         <v>467</v>
-      </c>
-[...7 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>468</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>10</v>
+      </c>
+      <c r="D129" t="s">
+        <v>469</v>
+      </c>
+      <c r="E129" t="s">
         <v>470</v>
       </c>
-      <c r="B129" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F129" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>471</v>
       </c>
       <c r="H129" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>473</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D130" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E130" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F130" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>474</v>
       </c>
       <c r="H130" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>476</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D131" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E131" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F131" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H131" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>479</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D132" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E132" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F132" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>480</v>
       </c>
       <c r="H132" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>482</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D133" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E133" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F133" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>483</v>
       </c>
       <c r="H133" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>485</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D134" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E134" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F134" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>486</v>
       </c>
       <c r="H134" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>488</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D135" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E135" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F135" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>489</v>
       </c>
       <c r="H135" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>491</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D136" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E136" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F136" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>492</v>
       </c>
       <c r="H136" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>494</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D137" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E137" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F137" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>495</v>
       </c>
       <c r="H137" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>497</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D138" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E138" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F138" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>498</v>
       </c>
       <c r="H138" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>500</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D139" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E139" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F139" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>501</v>
       </c>
       <c r="H139" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>503</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D140" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E140" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F140" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>504</v>
       </c>
       <c r="H140" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>506</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D141" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E141" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F141" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>507</v>
       </c>
       <c r="H141" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>509</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D142" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E142" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F142" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>510</v>
       </c>
       <c r="H142" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>512</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D143" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E143" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F143" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>513</v>
       </c>
       <c r="H143" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>515</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D144" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E144" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F144" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>516</v>
       </c>
       <c r="H144" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>518</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D145" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E145" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F145" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>519</v>
       </c>
       <c r="H145" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>521</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D146" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E146" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F146" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>522</v>
       </c>
       <c r="H146" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>524</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>202</v>
+        <v>92</v>
       </c>
       <c r="D147" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E147" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F147" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>525</v>
       </c>
       <c r="H147" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>527</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>206</v>
+        <v>96</v>
       </c>
       <c r="D148" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E148" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F148" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H148" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>530</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>209</v>
       </c>
       <c r="D149" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E149" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F149" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>531</v>
       </c>
       <c r="H149" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>533</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>212</v>
       </c>
       <c r="D150" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E150" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F150" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>534</v>
       </c>
       <c r="H150" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>536</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D151" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E151" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F151" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>537</v>
       </c>
       <c r="H151" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>539</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D152" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E152" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F152" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>540</v>
       </c>
       <c r="H152" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>542</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D153" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E153" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F153" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>543</v>
       </c>
       <c r="H153" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>545</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D154" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E154" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F154" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>546</v>
       </c>
       <c r="H154" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>548</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="D155" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E155" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F155" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>549</v>
       </c>
       <c r="H155" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>551</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="D156" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E156" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F156" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>552</v>
       </c>
       <c r="H156" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>554</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="D157" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E157" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F157" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>555</v>
       </c>
       <c r="H157" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>557</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D158" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E158" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F158" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>558</v>
       </c>
       <c r="H158" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>560</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D159" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E159" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F159" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>561</v>
       </c>
       <c r="H159" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>563</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D160" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E160" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F160" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>564</v>
       </c>
       <c r="H160" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>566</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="D161" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E161" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F161" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>567</v>
       </c>
       <c r="H161" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>569</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D162" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E162" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F162" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>570</v>
       </c>
       <c r="H162" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>572</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="D163" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E163" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F163" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>573</v>
       </c>
       <c r="H163" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>575</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="D164" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E164" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F164" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>576</v>
       </c>
       <c r="H164" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>578</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D165" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E165" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F165" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>579</v>
       </c>
       <c r="H165" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>581</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="D166" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E166" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F166" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>582</v>
       </c>
       <c r="H166" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>584</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D167" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E167" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F167" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>585</v>
       </c>
       <c r="H167" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>587</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="D168" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E168" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F168" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>588</v>
       </c>
       <c r="H168" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>590</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D169" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E169" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F169" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>591</v>
       </c>
       <c r="H169" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>593</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="D170" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E170" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F170" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>594</v>
       </c>
       <c r="H170" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>596</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D171" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E171" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F171" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>597</v>
       </c>
       <c r="H171" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>599</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="D172" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E172" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F172" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>600</v>
       </c>
       <c r="H172" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>602</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="D173" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E173" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F173" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>603</v>
       </c>
       <c r="H173" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>605</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="D174" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E174" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F174" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>606</v>
       </c>
       <c r="H174" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>608</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="D175" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E175" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F175" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>609</v>
       </c>
       <c r="H175" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>611</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="D176" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E176" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F176" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>612</v>
       </c>
       <c r="H176" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>614</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="D177" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E177" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F177" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>615</v>
       </c>
       <c r="H177" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>617</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="D178" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E178" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F178" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>618</v>
       </c>
       <c r="H178" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>620</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="D179" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E179" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F179" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>621</v>
       </c>
       <c r="H179" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>623</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="D180" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E180" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F180" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>624</v>
       </c>
       <c r="H180" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>626</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>10</v>
+        <v>331</v>
       </c>
       <c r="D181" t="s">
-        <v>96</v>
+        <v>469</v>
       </c>
       <c r="E181" t="s">
+        <v>470</v>
+      </c>
+      <c r="F181" t="s">
+        <v>217</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="F181" t="s">
+      <c r="H181" t="s">
         <v>628</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>629</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>335</v>
+      </c>
+      <c r="D182" t="s">
+        <v>469</v>
+      </c>
+      <c r="E182" t="s">
+        <v>470</v>
+      </c>
+      <c r="F182" t="s">
+        <v>217</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H182" t="s">
         <v>631</v>
-      </c>
-[...19 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>632</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>10</v>
+      </c>
+      <c r="D183" t="s">
+        <v>100</v>
+      </c>
+      <c r="E183" t="s">
+        <v>633</v>
+      </c>
+      <c r="F183" t="s">
+        <v>634</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="B183" t="s">
-[...14 lines deleted...]
-      <c r="G183" s="1" t="s">
+      <c r="H183" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>637</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>10</v>
+      </c>
+      <c r="D184" t="s">
+        <v>469</v>
+      </c>
+      <c r="E184" t="s">
         <v>638</v>
       </c>
-      <c r="B184" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F184" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>639</v>
       </c>
       <c r="H184" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>641</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D185" t="s">
+        <v>469</v>
+      </c>
+      <c r="E185" t="s">
+        <v>638</v>
+      </c>
+      <c r="F185" t="s">
+        <v>217</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="E185" t="s">
+      <c r="H185" t="s">
         <v>643</v>
-      </c>
-[...7 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D186" t="s">
-        <v>648</v>
+        <v>469</v>
       </c>
       <c r="E186" t="s">
-        <v>649</v>
+        <v>638</v>
       </c>
       <c r="F186" t="s">
-        <v>650</v>
+        <v>217</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
       <c r="H186" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>280</v>
+        <v>10</v>
       </c>
       <c r="D187" t="s">
         <v>648</v>
       </c>
       <c r="E187" t="s">
         <v>649</v>
       </c>
       <c r="F187" t="s">
-        <v>214</v>
+        <v>650</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="H187" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>653</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>10</v>
+      </c>
+      <c r="D188" t="s">
+        <v>654</v>
+      </c>
+      <c r="E188" t="s">
+        <v>655</v>
+      </c>
+      <c r="F188" t="s">
         <v>656</v>
-      </c>
-[...13 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>657</v>
       </c>
       <c r="H188" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>659</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="D189" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="E189" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F189" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>660</v>
       </c>
       <c r="H189" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>662</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D190" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="E190" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F190" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>663</v>
       </c>
       <c r="H190" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>665</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D191" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="E191" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F191" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>666</v>
       </c>
       <c r="H191" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>668</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="D192" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="E192" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F192" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>669</v>
       </c>
       <c r="H192" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>671</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D193" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="E193" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F193" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>672</v>
       </c>
       <c r="H193" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>674</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="D194" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="E194" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F194" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>675</v>
       </c>
       <c r="H194" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>677</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>10</v>
+        <v>307</v>
       </c>
       <c r="D195" t="s">
+        <v>654</v>
+      </c>
+      <c r="E195" t="s">
+        <v>655</v>
+      </c>
+      <c r="F195" t="s">
+        <v>217</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="E195" t="s">
+      <c r="H195" t="s">
         <v>679</v>
-      </c>
-[...7 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>680</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>311</v>
+      </c>
+      <c r="D196" t="s">
+        <v>654</v>
+      </c>
+      <c r="E196" t="s">
+        <v>655</v>
+      </c>
+      <c r="F196" t="s">
+        <v>217</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H196" t="s">
         <v>682</v>
-      </c>
-[...19 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>683</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>10</v>
+      </c>
+      <c r="D197" t="s">
+        <v>684</v>
+      </c>
+      <c r="E197" t="s">
         <v>685</v>
       </c>
-      <c r="B197" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F197" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>686</v>
       </c>
       <c r="H197" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>688</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D198" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E198" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F198" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>689</v>
       </c>
       <c r="H198" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>691</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D199" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E199" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F199" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>692</v>
       </c>
       <c r="H199" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>694</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D200" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E200" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F200" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>695</v>
       </c>
       <c r="H200" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>697</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D201" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E201" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F201" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>698</v>
       </c>
       <c r="H201" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>700</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D202" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E202" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F202" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>701</v>
       </c>
       <c r="H202" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>703</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D203" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E203" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F203" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>704</v>
       </c>
       <c r="H203" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>706</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="D204" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E204" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F204" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>707</v>
       </c>
       <c r="H204" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>709</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="D205" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E205" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F205" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>710</v>
       </c>
       <c r="H205" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>712</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D206" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E206" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F206" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>713</v>
       </c>
       <c r="H206" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>715</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D207" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E207" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F207" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>716</v>
       </c>
       <c r="H207" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>718</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="D208" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E208" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F208" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>719</v>
       </c>
       <c r="H208" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>721</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D209" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E209" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F209" t="s">
-        <v>628</v>
+        <v>217</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>722</v>
       </c>
       <c r="H209" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>724</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="D210" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E210" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F210" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>725</v>
       </c>
       <c r="H210" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>727</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="D211" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E211" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F211" t="s">
-        <v>214</v>
+        <v>634</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>728</v>
       </c>
       <c r="H211" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>730</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="D212" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E212" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F212" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>731</v>
       </c>
       <c r="H212" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>733</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="D213" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E213" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F213" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>734</v>
       </c>
       <c r="H213" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>736</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>202</v>
+        <v>88</v>
       </c>
       <c r="D214" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E214" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F214" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>737</v>
       </c>
       <c r="H214" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>739</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>206</v>
+        <v>92</v>
       </c>
       <c r="D215" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E215" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F215" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>740</v>
       </c>
       <c r="H215" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>742</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>209</v>
+        <v>96</v>
       </c>
       <c r="D216" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E216" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F216" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>743</v>
       </c>
       <c r="H216" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>745</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D217" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E217" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F217" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>746</v>
       </c>
       <c r="H217" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>748</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D218" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E218" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F218" t="s">
-        <v>13</v>
+        <v>217</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>749</v>
       </c>
       <c r="H218" t="s">
         <v>750</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>751</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>215</v>
+      </c>
+      <c r="D219" t="s">
+        <v>684</v>
+      </c>
+      <c r="E219" t="s">
+        <v>685</v>
+      </c>
+      <c r="F219" t="s">
+        <v>217</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="H219" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>754</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>217</v>
+      </c>
+      <c r="D220" t="s">
+        <v>684</v>
+      </c>
+      <c r="E220" t="s">
+        <v>685</v>
+      </c>
+      <c r="F220" t="s">
+        <v>13</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="H220" t="s">
+        <v>756</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8533,50 +8603,52 @@
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
     <hyperlink ref="G205" r:id="rId204"/>
     <hyperlink ref="G206" r:id="rId205"/>
     <hyperlink ref="G207" r:id="rId206"/>
     <hyperlink ref="G208" r:id="rId207"/>
     <hyperlink ref="G209" r:id="rId208"/>
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>