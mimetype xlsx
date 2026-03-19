--- v2 (2026-01-30)
+++ v3 (2026-03-19)
@@ -54,2289 +54,2289 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>200769</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Rinaldo Pinheiro de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200769/projeto_de_lei_n_01-2025_-_cm_20250206_13240090.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200769/projeto_de_lei_n_01-2025_-_cm_20250206_13240090.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de medicamentos da Rede Pública Municipal de Saúde aos usuários que apresentarem receitas prescritas por médicos de clínicas particulares, conveniados ou cooperados a planos de saúde, mesmo que não atendidos pelo SUS, e dá outras providências.</t>
   </si>
   <si>
     <t>200770</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200770/projeto_de_lei_n_02-2025_-_cm_20250206_13312455.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200770/projeto_de_lei_n_02-2025_-_cm_20250206_13312455.pdf</t>
   </si>
   <si>
     <t>Autoriza o contribuinte a quitar seus débitos tributários com o Fisco Municipal por meio de cartão de crédito e/ou débito ou pix, e dá outras providências.</t>
   </si>
   <si>
     <t>200771</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200771/projeto_de_lei_n_03-2025_-_cm_20250207_08174346.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200771/projeto_de_lei_n_03-2025_-_cm_20250207_08174346.pdf</t>
   </si>
   <si>
     <t>Inclui o inciso IV no art. 2.º da Lei Municipal n.º 2.215, de 05 de agosto de 2013, que dispõe sobre a concessão do "Benefício Alimentação" concedido aos servidores públicos do munícipio de Gália/SP.</t>
   </si>
   <si>
     <t>200772</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Ana Priscila Nunes Cervelin</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200772/projeto_de_lei_n_04-2025_-_cm_20250207_08265731.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200772/projeto_de_lei_n_04-2025_-_cm_20250207_08265731.pdf</t>
   </si>
   <si>
     <t>Institui à CAMPANHA DE ESTÍMULO AO CUIDADO E À CONSCIENTIZAÇÃO DA SAÚDE MENTAL E EMOCIONAL, denominado JANEIRO BRANCO, no âmbito do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200781</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Guilherme Ferrarezi Altran</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200781/projeto_de_lei_n_05-2025_-_cm20250207_10162176.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200781/projeto_de_lei_n_05-2025_-_cm20250207_10162176.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 2.º-A da Lei Municipal n.º 2.581, de 07.04.2021, com a finalidade de serem publicados os dados epidemiológicos atinentes ao combate do mosquito "aedes aegypti", bem como a evolução dos casos de dengue no município de Gália/SP.</t>
   </si>
   <si>
     <t>200787</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Antonio Carlos Pepinelle</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200787/projeto_de_lei_n_06-2025_-_cm_20250220_15012654.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200787/projeto_de_lei_n_06-2025_-_cm_20250220_15012654.pdf</t>
   </si>
   <si>
     <t>Institui o PROGRAMA CIDADE LIMPA, com objetivo de colaborar para a promoção da limpeza das vias públicas, mediante o estabelecimento de parceria entre a Administração Pública Municipal e agentes privados (entidades sociais, empresas e pessoas físicas), e dá outras providências.</t>
   </si>
   <si>
     <t>200788</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Dr. José Augusto da Silva</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200788/projeto_de_lei_n_07-2025_-_cm_20250220_15042543.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200788/projeto_de_lei_n_07-2025_-_cm_20250220_15042543.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de todas as concessionárias prestadoras de serviços públicos, empresas de telecomunicações ou qualquer outra entidade que utiliza a rede subterrânea da malha viária para implantação, manutenção, reparo ou qualquer outra atividade que acarrete o fechamento do pavimento (tapa buraco), promover o reparo para cada danificação feita por elas próprias no âmbito do município de Gália/SP.</t>
   </si>
   <si>
     <t>200792</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Francisco Martins Saraiva</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200792/projeto_de_lei_n_08-2025_-_cm20250220_15305338.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200792/projeto_de_lei_n_08-2025_-_cm20250220_15305338.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a gravação e transmissão, em áudio e vídeo, de todas as Sessões de Licitações Públicas realizadas pelos Poderes Executivo e Legislativo do Município de Gália/SP, e dá outras providências</t>
   </si>
   <si>
     <t>200808</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Mesa Diretora 1ª Sessão Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/</t>
+    <t>http://sapl.galia.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a redação do inciso III, do art. 1.º, da Lei Municipal n.º 2.838, de 27.08.2024.</t>
   </si>
   <si>
     <t>200815</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200815/projeto_de_lei_n._010-2025_-_revogacao_art_lei_receitas.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200815/projeto_de_lei_n._010-2025_-_revogacao_art_lei_receitas.pdf</t>
   </si>
   <si>
     <t>Revoga o art. 3.º e parágrafo único da Lei Municipal n.º 2.871, de 07 de março de 2025.</t>
   </si>
   <si>
     <t>200817</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de aumento real no valor do auxílio-alimentação dos servidores vinculados ao Poder Legislativo do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200824</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200824/projeto_de_lei_n._012-2025_-_cm_-_programa_farmacia_continua.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200824/projeto_de_lei_n._012-2025_-_cm_-_programa_farmacia_continua.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE DISTRIBUIÇÃO CONTÍNUA DE MEDICAMENTOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200845</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Plenário - PNR</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200845/projeto_de_lei_n._013-2025_-_cargos_comissionados.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200845/projeto_de_lei_n._013-2025_-_cargos_comissionados.pdf</t>
   </si>
   <si>
     <t>Proíbe, no âmbito do Município de Gália/SP, a nomeação para cargos em COMISSÃO de pessoas que tenham sido condenadas por violência, abuso ou exploração de menores, bem como de pessoas que tenham sido condenadas por violência doméstica, e dá outras providências.</t>
   </si>
   <si>
     <t>200846</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200846/projeto_de_lei_n._014-2025_-_ruidos_de_motocicletas.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200846/projeto_de_lei_n._014-2025_-_ruidos_de_motocicletas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os critérios de controle e emissão de ruídos decorrentes de escapamentos de motocicletas e veículos similares no município de Gália/SP, e dá outras providências.</t>
   </si>
   <si>
     <t>200847</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200847/projeto_de_lei_n._015-2025_-_inauguracao.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200847/projeto_de_lei_n._015-2025_-_inauguracao.pdf</t>
   </si>
   <si>
     <t>Proíbe, no âmbito do Município de Gália/SP, a inauguração e entrega de obras públicas incompletas ou que concluídas, não atendam ao fim a que se destinam e dá outras providências</t>
   </si>
   <si>
     <t>200863</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200863/projeto_de_lei_n._16-2025_-_vandalismo.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200863/projeto_de_lei_n._16-2025_-_vandalismo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREVENÇÃO E A PUNIÇÃO DE ATOS DE VANDALISMO E DEPREDAÇÃO DO PATRIMÔNIO PÚBLICO NO ÂMBITO DO MUNÍCIPIO DE GÁLIA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200882</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>José Eduardo Sanavio</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200882/projeto_de_lei_n._017-2025_-_dia_das_forcas_de_seguranca.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200882/projeto_de_lei_n._017-2025_-_dia_das_forcas_de_seguranca.pdf</t>
   </si>
   <si>
     <t>Incluiu no Calendário Oficial de Eventos do Município de Gália/SP, o DIA MUNICIPAL DOS VETERANOS DAS FORÇAS DE SEGURANÇA, a ser comemorada anualmente no dia 11 DE NOVEMBRO</t>
   </si>
   <si>
     <t>200890</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200890/projeto_de_lei_n._018-2025_-_multa_-_estradas_municipais.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200890/projeto_de_lei_n._018-2025_-_multa_-_estradas_municipais.pdf</t>
   </si>
   <si>
     <t>VEDA A UTILIZAÇÃO DAS ESTRADAS MUNICIPAIS RURAIS COMO ESTACIONAMENTO DE VEÍCULOS AUTOMOTORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200914</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200914/projeto_de_lei_n._019-2025_-_prestacao_de_contas_-_entidades_subvencionadas.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200914/projeto_de_lei_n._019-2025_-_prestacao_de_contas_-_entidades_subvencionadas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de todas as entidades que recebam subvenção municipal, a prestarem contas dos valores recebidos à Câmara Municipal de Gália/SP, e dá outras providências</t>
   </si>
   <si>
     <t>200961</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200961/projeto_de_lei_n._020-2025_-_abono_natalino.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200961/projeto_de_lei_n._020-2025_-_abono_natalino.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO NATALINO AOS EMPREGADOS PÚBLICOS MUNICIPAIS VINCULADOS AO PODER LEGISLATIVO DO MUNICÍPIO DE GÁLIA/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200768</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200768/projeto_de_resolucao_n_01-202520250206_13171509.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200768/projeto_de_resolucao_n_01-202520250206_13171509.pdf</t>
   </si>
   <si>
     <t>Regulamenta o disposto no art. 23, VI, do Regimento Interno da Câmara Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>200776</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200776/projeto_de_resolucao_n_02-2025_-_comissao_de_assuntos_relevantes20250207_08500292.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200776/projeto_de_resolucao_n_02-2025_-_comissao_de_assuntos_relevantes20250207_08500292.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da COMISSÃO DE ASSUNTOS RELEVANTES, exclusivamente para acompanhar e fiscalizar as atividades da Unidade de Saúde HOSPITAL SÃO VICENTE DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200904</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200904/projeto_de_resolucao_n._03-_2025_-_votacao_eletronica.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200904/projeto_de_resolucao_n._03-_2025_-_votacao_eletronica.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 248 do Regimento Interno da Câmara Municipal de Gália/SP, que dispõe sobre os processos de votação, votação eletrônica e dá outras providências.</t>
   </si>
   <si>
     <t>200915</t>
   </si>
   <si>
     <t>Regulamenta a cessão uso dos espaços Públicos da Câmara Municipal de Gália/SP a outros poderes, bem como a terceiros, e dá outras providências.</t>
   </si>
   <si>
     <t>200935</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200935/projeto_de_resolucao_n._05-2025_-_fiscalziacao_orcamentaria.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200935/projeto_de_resolucao_n._05-2025_-_fiscalziacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO TEXTO DA ALÍNEA “B”, DO INCISO II, DO ART. 78, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200794</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Proposta de Emenda a LOM</t>
   </si>
   <si>
     <t>Altera o texto do art. 70 da Lei Orgânica do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200937</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200937/emenda_ao_plc_n._03-2205_-_jose_eduardo_sanavio.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200937/emenda_ao_plc_n._03-2205_-_jose_eduardo_sanavio.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei Complementar n.º 03/2025</t>
   </si>
   <si>
     <t>200948</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200948/emenda_impositiva_n_01-2025_-_jose_augusto_da_silva.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200948/emenda_impositiva_n_01-2025_-_jose_augusto_da_silva.pdf</t>
   </si>
   <si>
     <t>Aloca recursos de Emenda Parlamentar Impositiva.</t>
   </si>
   <si>
     <t>200949</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200949/emenda_impositiva_n_02-2025_-_chico.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200949/emenda_impositiva_n_02-2025_-_chico.pdf</t>
   </si>
   <si>
     <t>Aloca recursos de Emenda Parlamentar Impositiva</t>
   </si>
   <si>
     <t>200950</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200950/emenda_impositiva_n_03-2025_-_priscila.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200950/emenda_impositiva_n_03-2025_-_priscila.pdf</t>
   </si>
   <si>
     <t>200951</t>
   </si>
   <si>
     <t>Ricardo Gonçalves Gutierrez</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200951/emenda_impositiva_n_04-2025_-_ricardo.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200951/emenda_impositiva_n_04-2025_-_ricardo.pdf</t>
   </si>
   <si>
     <t>200952</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200952/emenda_impositiva_n_05-2025_-_pretinho.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200952/emenda_impositiva_n_05-2025_-_pretinho.pdf</t>
   </si>
   <si>
     <t>200953</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200953/emenda_impositiva_n_06-2025_-_jose_eduardo.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200953/emenda_impositiva_n_06-2025_-_jose_eduardo.pdf</t>
   </si>
   <si>
     <t>200954</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200954/emenda_impositiva_n_07-2025_-_pepinelli_e_guilherme.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200954/emenda_impositiva_n_07-2025_-_pepinelli_e_guilherme.pdf</t>
   </si>
   <si>
     <t>200955</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200955/emenda_impositiva_n_08-2025_-_gui.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200955/emenda_impositiva_n_08-2025_-_gui.pdf</t>
   </si>
   <si>
     <t>200956</t>
   </si>
   <si>
     <t>Emerson Wander Cazzo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200956/emenda_impositiva_n_09-2025_-_emerson.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200956/emenda_impositiva_n_09-2025_-_emerson.pdf</t>
   </si>
   <si>
     <t>200763</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200763/indicacao_parlmentar_01-202520250131_10224989.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200763/indicacao_parlmentar_01-202520250131_10224989.pdf</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DO PROJETO “EU MISSIONÁRIO NAS RUAS DE SUA CIDADE”.</t>
   </si>
   <si>
     <t>200774</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200774/indicacao_parlamentar_n_02-202520250207_08385580.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200774/indicacao_parlamentar_n_02-202520250207_08385580.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de uma empresa de auditoria independente para auditar os recursos dispendidos pelo Poder Público do Município de Gália/SP a Unidade de Saúde Hospital São Vicente.</t>
   </si>
   <si>
     <t>200775</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200775/indicacao_parlamentar_n_03-202520250207_08445692.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200775/indicacao_parlamentar_n_03-202520250207_08445692.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de Máquina de fazer fraldas descartáveis.</t>
   </si>
   <si>
     <t>200779</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200779/indicacao_parlamentar_n_04-202520250207_10091577.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200779/indicacao_parlamentar_n_04-202520250207_10091577.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção da iluminação pública do trecho que liga o Município ao Núcleo Habitacional Bruno Barneze Inácio Gonçalves.</t>
   </si>
   <si>
     <t>200780</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200780/indicacao_parlamentar_n_05-202520250207_10103623.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200780/indicacao_parlamentar_n_05-202520250207_10103623.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de redutores de velocidade em ruas do Núcleo Habitacional Bruno Barneze Inácio Gonçalves.</t>
   </si>
   <si>
     <t>200782</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200782/indicacao_parlamentar_n_06-202520250207_11004822.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200782/indicacao_parlamentar_n_06-202520250207_11004822.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias no trecho compreendido entre o Portal de entrada do Município de Gália/SP e a lateral da Praça da Bíblia.</t>
   </si>
   <si>
     <t>200790</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200790/indicacao_parlamentar_n_07-202520250220_15145999.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200790/indicacao_parlamentar_n_07-202520250220_15145999.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de redutor de velocidade em via pública.</t>
   </si>
   <si>
     <t>200791</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200791/indicacao_parlamentar_n_08-202520250220_15161453.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200791/indicacao_parlamentar_n_08-202520250220_15161453.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias na Rua José Bassan Filho e outros.</t>
   </si>
   <si>
     <t>200793</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200793/indicacao_parlamentar_n_09-202520250220_15335858.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200793/indicacao_parlamentar_n_09-202520250220_15335858.pdf</t>
   </si>
   <si>
     <t>Indica realização de melhorias nas Rodovias Vicinais (rurais) Gália - P. Alves e Gália - Avai.</t>
   </si>
   <si>
     <t>200799</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200799/indicacao_parlamentar_n._010-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200799/indicacao_parlamentar_n._010-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE MELHORIAS NO NÚCLEO HABITACIONAL BRUNO BARNEZE INÁCIO GONÇALVES.</t>
   </si>
   <si>
     <t>200800</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200800/indicacao_parlamentar_n._011-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200800/indicacao_parlamentar_n._011-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE CASTRAÇÃO DE ANIMAIS DOMÉSTICOS EM CLÍNICAS SEDIADAS NO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200801</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200801/indicacao_parlamentar_n._012-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200801/indicacao_parlamentar_n._012-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NO ATENDIMENTO NA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
     <t>200802</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200802/indicacao_parlamentar_n._013-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200802/indicacao_parlamentar_n._013-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NO CAMPO DE FUTEBOL DO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>200804</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200804/indicacao_parlamentar_n._014-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200804/indicacao_parlamentar_n._014-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MANUTENÇÃO NAS VIAS DE TRÂNSITO INTERNO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>200806</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200806/indicacao_parlamentar_n._015-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200806/indicacao_parlamentar_n._015-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A AQUISIÇÃO DE VEÍCULO AUTOMOTOR PARA A EQUIPE DA SAÚDE QUE DESEMPENHA SUAS ATIVIDADES NA ZONA RURAL.</t>
   </si>
   <si>
     <t>200807</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200807/indicacao_parlamentar_n.o_016-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200807/indicacao_parlamentar_n.o_016-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NA RUA JOSÉ BASSAN FILHO.</t>
   </si>
   <si>
     <t>200813</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200813/indicacao_parlamentar_n._017-2025_-_fisioterapia.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200813/indicacao_parlamentar_n._017-2025_-_fisioterapia.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE MELHORIAS NO IMÓVEL DA NAS QUAIS SÃO DISPONIBILIZADOS OS ATENDIMENTOS DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>200816</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200816/indicacao_parlamentar_n._018-2025_-_rodoviaria.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200816/indicacao_parlamentar_n._018-2025_-_rodoviaria.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE MANUTENÇÃO E LIMPEZA SEMANAL DA RODOVIÁRIA ARI BERALDIN.</t>
   </si>
   <si>
     <t>200822</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200822/indicacao_parlamentar_n._019-2025_-_cobertura_na_praca_da_biblia.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200822/indicacao_parlamentar_n._019-2025_-_cobertura_na_praca_da_biblia.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE COBERTURA MAIOR NA PRAÇA DA BÍBLIA EM PROL DOS ESTUDANTES.</t>
   </si>
   <si>
     <t>200823</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200823/indicacao_parlamentar_n._020-2025_-_cobertura_creche_ruth_coelho.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200823/indicacao_parlamentar_n._020-2025_-_cobertura_creche_ruth_coelho.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE COBERTURA NA CRECHE PROF.ª RUTH COELHO.</t>
   </si>
   <si>
     <t>200826</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Indica...</t>
   </si>
   <si>
     <t>200827</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Indica</t>
   </si>
   <si>
     <t>200828</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>200829</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>200830</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200830/indicacao_parlamentar_n._025-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200830/indicacao_parlamentar_n._025-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A DOAÇÃO DE APARELHOS DE AR-CONDICIONADO AO HOSPITAL SÃO VICENTE DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200831</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200831/indicacao_parlamentar_n._026-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200831/indicacao_parlamentar_n._026-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE TROCADORES DE FRALDAS RETRÁTEIS NAS UNIDADE DE SAÚDE DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200832</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200832/indicacao_parlamentar_n._027-2025_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200832/indicacao_parlamentar_n._027-2025_1.pdf</t>
   </si>
   <si>
     <t>INDICA A FOTOGRAFAÇÃO DO PISO DE ACESSO DO HOSPITAL SÃO VICENTE DE GÁLIA/SP PARA FINS DE FISCALIZAÇÃO.</t>
   </si>
   <si>
     <t>200833</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200833/indicacao_parlamentar_n._028-2025_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200833/indicacao_parlamentar_n._028-2025_1.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE ACADEMIA A CÉU ABERTO NO ENTORNO DA PRAÇA DA BÍBLIA.</t>
   </si>
   <si>
     <t>200834</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200834/indicacao_parlamentar_n._029-2025_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200834/indicacao_parlamentar_n._029-2025_1.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE MELHORIAS NA ILIUMINAÇÃO PÚBLICA DA RUA ANTÔNIO NORA.</t>
   </si>
   <si>
     <t>200835</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200835/indicacao_parlamentar_n._030-2025_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200835/indicacao_parlamentar_n._030-2025_1.pdf</t>
   </si>
   <si>
     <t>INDICA O ENCAMINHAMENTO DE PROJETO DE LEI À CÂMARA MUNICIPAL DE GÁLIA/SP EM FAVOR DE SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>200836</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200836/indicacao_parlamentar_n._031-2025_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200836/indicacao_parlamentar_n._031-2025_1.pdf</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE CAMPO DE BOCHA.</t>
   </si>
   <si>
     <t>200837</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200837/indicacao_parlamentar_n._032-2025_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200837/indicacao_parlamentar_n._032-2025_1.pdf</t>
   </si>
   <si>
     <t>INDICA A IRRIGAÇÃO DO CAMPO DE FUTEBOL DO ESTÁDIO MANSUR NORA.</t>
   </si>
   <si>
     <t>200838</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200838/indicacao_parlamentar_n._033-2025_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200838/indicacao_parlamentar_n._033-2025_1.pdf</t>
   </si>
   <si>
     <t>INDICA A CONTRUÇÃO DE REDUTOR DE VELOCIDADE NA RUA JOSÉ AVATO.</t>
   </si>
   <si>
     <t>200848</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200848/indicacao_parlamentar_n._034-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200848/indicacao_parlamentar_n._034-2025.pdf</t>
   </si>
   <si>
     <t>INDICA O ENCAMINHAMENTO DE PROJETO DE LEI AO PODER LEGISLATIVO DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200849</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200849/indicacao_parlamentar_n._035-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200849/indicacao_parlamentar_n._035-2025.pdf</t>
   </si>
   <si>
     <t>INDICA O AUMENTO DE FREQUENCIA DE SOLTURA DE PEIXES NO LAGO ARTIFICIAL DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200850</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200850/indicacao_parlamentar_n._036-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200850/indicacao_parlamentar_n._036-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NO SERVIÇO DE COLETA DE RESÍDUOS SÓLIDOS NO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200851</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200851/indicacao_parlamentar_n._037-2025_-_microchipagem_de_animais.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200851/indicacao_parlamentar_n._037-2025_-_microchipagem_de_animais.pdf</t>
   </si>
   <si>
     <t>INDICA O ENCAMINHAMENTO DE PROJETO DE LEI AO PODER LEGISLATIVO DO MUNICÍPIO DE GÁLIA/SP, VISANDO A CRIAÇÃO DE PROGRAMA DE CADASTRO E MICROCHIPAGEM DE ANIMAIS DOMÉSTICOS.</t>
   </si>
   <si>
     <t>200852</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200852/indicacao_parlamentar_n._038-2025_-_reocao_de_veiculos_abandonados.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200852/indicacao_parlamentar_n._038-2025_-_reocao_de_veiculos_abandonados.pdf</t>
   </si>
   <si>
     <t>INDICA SEJAM TOMADAS PROVIDÊNCIAS EM RELAÇÃO AOS VEÍCULOS AUTOMORORES ABANDONADOS NA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>200853</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200853/indicacao_parlamentar_n._039-2025_-_censo_de_animais_domesticos.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200853/indicacao_parlamentar_n._039-2025_-_censo_de_animais_domesticos.pdf</t>
   </si>
   <si>
     <t>INDICA, SEJA PROMOVIDO O CENSO DOS ANIMAIS DOMÉSTICOS DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200854</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200854/indicacao_parlamentar_n._040-2025_-_contratacao_de_veterinario.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200854/indicacao_parlamentar_n._040-2025_-_contratacao_de_veterinario.pdf</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DE UM MÉDICO VETERINÁRIO PARA AUXILAIR NAS DEMANDAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>200855</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200855/indicacao_parlamentar_n._041-2025_-_ambulancia_semi-uti.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200855/indicacao_parlamentar_n._041-2025_-_ambulancia_semi-uti.pdf</t>
   </si>
   <si>
     <t>INDICA A AQUISIÇÃO DE UMA AMBULÂNCIA SEMI-UTI, OU TIPO C.</t>
   </si>
   <si>
     <t>200858</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200858/indicacao_parlamentar_n._042-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200858/indicacao_parlamentar_n._042-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NAS ATIVIDADES ESPORTIVAS DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200859</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200859/indicacao_parlamentar_n._043-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200859/indicacao_parlamentar_n._043-2025.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE PROCOM NO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200864</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200864/indicacao_parlamentar_n._044-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200864/indicacao_parlamentar_n._044-2025.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO NAS RUAS REFERIDAS.</t>
   </si>
   <si>
     <t>200865</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200865/indicacao_parlamentar_n._045-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200865/indicacao_parlamentar_n._045-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS E MANUTENÇÃO NOS COLETORES DE ÁGUAS PLUVIAIS (BUEIROS).</t>
   </si>
   <si>
     <t>200866</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200866/indicacao_parlamentar_n._046-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200866/indicacao_parlamentar_n._046-2025.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE REDUTOR DE VELOCIDADE EM VIA PÚBLICA.</t>
   </si>
   <si>
     <t>200878</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200878/indicacao_parlamentar_n_047-2025_-_centro_de_especilialidades_medicas.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200878/indicacao_parlamentar_n_047-2025_-_centro_de_especilialidades_medicas.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DO CENTRO DE ESPECILIDADES NA ÁREA DA SAÚDE DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200879</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200879/indicacao_parlamentar_n._048-2025_-_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200879/indicacao_parlamentar_n._048-2025_-_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>INDICA CONSTRUÇÃO DE REDUTOR DE VELOCIDADE DE VEÍCULO AUTOMOTOR NA AVENIDA MARTINIANO INÁCIO GONÇALVES..</t>
   </si>
   <si>
     <t>200880</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200880/indicacao_parlamentar_n._049-2025_-_garagem_das_ambulancias.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200880/indicacao_parlamentar_n._049-2025_-_garagem_das_ambulancias.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE MELHORIAS NA ESTRUTURA DA GARAGEM DAS AMBULÂNCIAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>200881</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200881/indicacao_parlamentar_n._050-2025_-_balanca.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200881/indicacao_parlamentar_n._050-2025_-_balanca.pdf</t>
   </si>
   <si>
     <t>INDICA A AQUISIÇÃO E INSTALAÇÃO DE BALANÇA ELETÔNICA PARA PESAGEM DE CAMINHÕES.</t>
   </si>
   <si>
     <t>200883</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200883/indicacao_parlamentar_n._051-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200883/indicacao_parlamentar_n._051-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A REGULAMENTAÇÃO ACERCA DE LOCAL ESPECÍFICO PARA DESCARTE DE MATERIAIS RECICLÁVEIS PARA POSTERIOR COLETA.</t>
   </si>
   <si>
     <t>200889</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200889/indicacao_parlamentar_n._052-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200889/indicacao_parlamentar_n._052-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A PINTURA E REPINTURA DE SINALIZAÇÃO HORIZONTAL, OU SINAIS DE SOLO NAS VIAS (RUAS E AVENIDAS) DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>200891</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200891/indicacao_parlamentar_n._053-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200891/indicacao_parlamentar_n._053-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A REGULAMENTAÇÃO DO TRÂNSITO DE VEÍCULOS AUTOMOTORES NA RUA TIRADENTES.</t>
   </si>
   <si>
     <t>200897</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200897/indicacao_parlamentar_n._054-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200897/indicacao_parlamentar_n._054-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE MELHORIAS NO CRUZAMENTO DAS RUAS VICENTE EMILIANO E ETELVINA ROSA DE JESUS, DO CONJUNTO HABITACIONAL VEREADOR JOSÉ SILVINO ZANIBONI.</t>
   </si>
   <si>
     <t>200899</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200899/indicacao_parlamentar_n._055-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200899/indicacao_parlamentar_n._055-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE PODA DE ÁRVORE ÀS MARGENS DA ESTRADA VICINAL GÁLIA/SP – ROD. SP-331, TAMBÉM CONHECIDA COMO “ESTRADA DO MATADOURO”.</t>
   </si>
   <si>
     <t>200900</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200900/indicacao_parlamentar_n._056-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200900/indicacao_parlamentar_n._056-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE PROPOR AO TITULAR DO JUÍZO DE GÁLIA E A GERÊNCIA DE OPERAÇÕES DO BANCO DO BRASIL NO FÓRUM DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200901</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200901/indicacao_parlamentar_n._057-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200901/indicacao_parlamentar_n._057-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A AQUISIÇÃO DE UMA CÂMARA FRIA PARA SER INSTALADA NA COZINHA PILOTO DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200902</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200902/indicacao_parlamentar_n._058-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200902/indicacao_parlamentar_n._058-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE EM LOCAIS ESPECIFICADOS.</t>
   </si>
   <si>
     <t>200909</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200909/indicacao_parlamentar_n._059-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200909/indicacao_parlamentar_n._059-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO DE RUAS NOS BAIRROS DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200910</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200910/indicacao_parlamentar_n._060-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200910/indicacao_parlamentar_n._060-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A AQUISIÇÃO DE DISPONIBILIZAÇÃO DE QUIIMONOS ÀS CRIANÇAS QUE PARTICIPAM DAS ATIVIDADES OFERECIDAS PELA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>200911</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200911/indicacao_parlamentar_n._061-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200911/indicacao_parlamentar_n._061-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A REGULAMENTAÇÃO DE ESTACIONAMENTO DE VEÍCULOS AUTOMOTORES EM RUAS DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200917</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200917/indicacao_parlamentar_n._062-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200917/indicacao_parlamentar_n._062-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A MELHORIAS EM VIA PÚBLICA.</t>
   </si>
   <si>
     <t>200918</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200918/indicacao_parlamentar_n._063-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200918/indicacao_parlamentar_n._063-2025.pdf</t>
   </si>
   <si>
     <t>200919</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200919/indicacao_parlamentar_n._64-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200919/indicacao_parlamentar_n._64-2025.pdf</t>
   </si>
   <si>
     <t>200929</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200929/indicacao_parlamentar_n._065-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200929/indicacao_parlamentar_n._065-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AFERIÇÃO NO ESTADO DE CONSERVAÇÃO E RESISTÊNCIA DAS CADEIRAS DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>200930</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200930/indicacao_parlamentar_n._066-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200930/indicacao_parlamentar_n._066-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE MELHORIAS NOS ASSENTAMENTOS RURAIS DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200932</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200932/indicacao_parlamentar_n._067-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200932/indicacao_parlamentar_n._067-2025.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NO SISTEMA DE VAGAS DE ESTACIONAMENTO DA AVENIDA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>200933</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200933/indicacao_parlamentar_n._068-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200933/indicacao_parlamentar_n._068-2025.pdf</t>
   </si>
   <si>
     <t>INDICA O ENVIO DE PROJETO DE LEI PARA À CÂMARA MUNICIPAL DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200939</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200939/indicacao_parlamentar_n_069-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200939/indicacao_parlamentar_n_069-2025.pdf</t>
   </si>
   <si>
     <t>INDICA A DISPONIBILIDADE DE ATIVIDADES ESPORTIVAS E OUTRAS ÀS CRIANÇAS RESIDENTES NA ZONA RURAL DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200945</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200945/indicacao_parlamentar_n_070-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200945/indicacao_parlamentar_n_070-2025.pdf</t>
   </si>
   <si>
     <t>Indica a intervenção da Defesa Civil em área específica.</t>
   </si>
   <si>
     <t>200873</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
     <t>Guilherme Ferrarezi Altran, Ana Priscila Nunes Cervelin, Antonio Carlos Pepinelle, Dr. José Augusto da Silva, Emerson Wander Cazzo, Francisco Martins Saraiva, José Eduardo Sanavio, Ricardo Gonçalves Gutierrez, Rinaldo Pinheiro de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200873/mocao_02-2025_-_apoio.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200873/mocao_02-2025_-_apoio.pdf</t>
   </si>
   <si>
     <t>CONCEDE MOÇÃO DE APOIO AOS FUNCIONÁRIOS DE CARREIRA DE APOIO AGROPECUÁRIO DE COORDENADORIA DE DEFESA AGROPECUÁRIA (CD),_x000D_
 DA SECRETARIA DE AGRICULTURA E ABASTECIMENTO DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>200943</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200943/mocao_n_03-2025_-_louvor.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200943/mocao_n_03-2025_-_louvor.pdf</t>
   </si>
   <si>
     <t>Concede moção de louvor às estudantes Maria Laura Ribeiro Simões e Ana Lívia de Souza Claudino, e outros.</t>
   </si>
   <si>
     <t>200946</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200946/mocao_n_04-2025_-_pesar.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200946/mocao_n_04-2025_-_pesar.pdf</t>
   </si>
   <si>
     <t>Concede moção de pesar à família do saudoso Senhor Ilson Ferreira</t>
   </si>
   <si>
     <t>200777</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Ana Priscila Nunes Cervelin, Rinaldo Pinheiro de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200777/requerimento_parlamentar_n_01-202520250207_10023356.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200777/requerimento_parlamentar_n_01-202520250207_10023356.pdf</t>
   </si>
   <si>
     <t>Requer o envio de cálculo contendo impacto orçamentário e financeiro para o fim que se destina.</t>
   </si>
   <si>
     <t>200778</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200778/requerimento_parlamentar_n_02-202520250207_10032861.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200778/requerimento_parlamentar_n_02-202520250207_10032861.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do fornecimento de medicamentos manipulados por parte da Administração Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>200789</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200789/requerimento_parlamentar_n_03-202520250220_15120606.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200789/requerimento_parlamentar_n_03-202520250220_15120606.pdf</t>
   </si>
   <si>
     <t>Requer a planilha de cálculo efetuado pelo setor Contábil da Prefeitura Municipal de Gália/SP, contendo a estimativa do impacto orçamentário e financeiro, se porventura for concedido incentivos ficais (descontos em ISS e IPTU de até 15%) à empresas que promoverem a contratação de Pessoas com Deficiência (PCD) em pelo menos 20% de seus quadros de colaboradores.</t>
   </si>
   <si>
     <t>200803</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200803/requerimento_parlamentar_n_04-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200803/requerimento_parlamentar_n_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer a planilha de cálculo efetuado pelo setor Contábil da Prefeitura Municipal de Gália/SP, contendo a estimativa do impacto orçamentário e financeiro, se porventura for concedida isenção aos proprietários de imóveis rurais do município de Gália/SP, no que tange a cobrança da Contribuição de Iluminação Pública – CIP instituída pela Lei Municipal n.º 2.289, de 28 de novembro de 2014.</t>
   </si>
   <si>
     <t>200805</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200805/requerimento_parlamentar_n._05-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200805/requerimento_parlamentar_n._05-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações se existe alguma espécie de fiscalização por parte do Município de Gália/SP ou qualquer instrumento que formalize à cessão das águas por parte da SABESP a outros municípios, dentre os quais a cidade de Lupércio.</t>
   </si>
   <si>
     <t>200812</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200812/requerimento_parlamentar_n._06-2025_-_isencao_de_iptu.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200812/requerimento_parlamentar_n._06-2025_-_isencao_de_iptu.pdf</t>
   </si>
   <si>
     <t>Requer planilha de cálculo efetuado pelo setor Contábil da Prefeitura Municipal de Gália/SP para fins de atendimento do art. 113 dos Atos das Disposições Constitucionais Transitórias.</t>
   </si>
   <si>
     <t>200814</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200814/requerimento_parlamantar_n._07-2025_-_exames_de_imagem_.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200814/requerimento_parlamantar_n._07-2025_-_exames_de_imagem_.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre execução de Emenda Impositiva.</t>
   </si>
   <si>
     <t>200818</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200818/requerimento_parlamentar_n._08-2025_-_auditoria_do_hospital.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200818/requerimento_parlamentar_n._08-2025_-_auditoria_do_hospital.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da contratação de empresa especializada em Auditorias Externas, para promover a auditoria no Hospital São Vicente de Gália/SP.</t>
   </si>
   <si>
     <t>200819</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200819/requerimento_parlamentar_n._09-2025_-_pediatra.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200819/requerimento_parlamentar_n._09-2025_-_pediatra.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca da contratação de Médico Pediatra.</t>
   </si>
   <si>
     <t>200820</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200820/requerimento_parlamentar_n._010-2025_-_coordeandor_pedagogico.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200820/requerimento_parlamentar_n._010-2025_-_coordeandor_pedagogico.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre coordenador pedagógico.</t>
   </si>
   <si>
     <t>200821</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200821/requerimento_parlamentar_n._011-2025_-_pretinho.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200821/requerimento_parlamentar_n._011-2025_-_pretinho.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca de atendimentos médicos.</t>
   </si>
   <si>
     <t>200856</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200856/requerimento_parlamentar_n._12-2025_-_insalubridade_dos_ambulanceiros.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200856/requerimento_parlamentar_n._12-2025_-_insalubridade_dos_ambulanceiros.pdf</t>
   </si>
   <si>
     <t>Requer informações acerva do Adicional de Insalubridade pago aos ambulanceiros.</t>
   </si>
   <si>
     <t>200857</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200857/requerimento_parlamentar_n._013-2025_-_insalubridade_servidores_da_educacao.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200857/requerimento_parlamentar_n._013-2025_-_insalubridade_servidores_da_educacao.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do pagamento do Adicional de Insalubridade a servidores que realizam limpeza em banheiros de escolas e creches municipais.</t>
   </si>
   <si>
     <t>200860</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200860/requerimento_parlamentar_n._014-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200860/requerimento_parlamentar_n._014-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações atinentes a Pasta da Saúde.</t>
   </si>
   <si>
     <t>200868</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200868/requerimento_parlamentar_n_015-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200868/requerimento_parlamentar_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Pede informações acerca de correção de erosão do solo.</t>
   </si>
   <si>
     <t>200898</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200898/requerimento_parlamentar_n_016-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200898/requerimento_parlamentar_n_016-2025.pdf</t>
   </si>
   <si>
     <t>Indagada acerca da realização de manutenção e/ou melhorias em áreas de lazer infantil do município de Gália/SP.</t>
   </si>
   <si>
     <t>200903</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200903/requerimento_parlamentar_n._017.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200903/requerimento_parlamentar_n._017.pdf</t>
   </si>
   <si>
     <t>LANÇA INDAGAÇÕES ACERCA DO CANIL MUNICIPAL.</t>
   </si>
   <si>
     <t>200944</t>
   </si>
   <si>
     <t>Concede Moção de Pesar à família do saudoso Sr. Ilson Ferreira.</t>
   </si>
   <si>
     <t>200744</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200744/projeto_de_lei_n001-25gratificacoes.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200744/projeto_de_lei_n001-25gratificacoes.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 005/2025 - GP. Encaminha Projeto de Lei n. 001/2025. Dispõe sobre a craão, regulamentação e readequação do regime de pagamento de gratificações, funções gratificadas e retribuições aos empregados públicos da prefeitura do município de Gália/SP e dá outras providências.</t>
   </si>
   <si>
     <t>200748</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200748/projeto_de_lei_n002-25cria_referencia_pgm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200748/projeto_de_lei_n002-25cria_referencia_pgm.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 08/2025 - GP. Projeto de Lei 02/2025. Dispõe sobre a revogação e substituição do Anexo I da Lei Municipal nº. 2.695/22.</t>
   </si>
   <si>
     <t>200749</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200749/projeto_de_lei_n003-25autoriza_pagamento_vale_agentes_politicos_e_comissionados.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200749/projeto_de_lei_n003-25autoriza_pagamento_vale_agentes_politicos_e_comissionados.pdf</t>
   </si>
   <si>
     <t>Ofício nº09/2025 - GP. Encaminha Projeto de Lei nº. 03/2025. Autoriza a Concessão de Benefício Alimentação aos agentes políticos e cargos comissionados do quadro de pessoal da prefeitura de Gália, e altera a lei nº. 2.215/13, e dá outras providências.</t>
   </si>
   <si>
     <t>200750</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200750/projeto_de_lei_n004-25revoga_a_lei_2412-17.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200750/projeto_de_lei_n004-25revoga_a_lei_2412-17.pdf</t>
   </si>
   <si>
     <t>Ofício nº 010/2025 - GP. Encaminha Projeto de Lei 04/2025. Revoga a Lei Municipal nº. 2.412 de 14 de novembro de 2017.</t>
   </si>
   <si>
     <t>200752</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200752/projeto_de_lei_n005-25reajuste_empregados_10_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200752/projeto_de_lei_n005-25reajuste_empregados_10_1.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 012/2025 - GP. Projeto de Lei 05/2025. Dispõe sobre a concessão de reposição salarial dos empregados públicos do município de Gália/SP, vinculados ao poder executivo municipal.</t>
   </si>
   <si>
     <t>200757</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200757/projeto_de_lei_n006-25altera_art.1o_lei_2706-22_permissao_camara.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200757/projeto_de_lei_n006-25altera_art.1o_lei_2706-22_permissao_camara.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 019/2025 - GP. ENCAMINHA PROJETO DE LEI 06/2025. ALTERA A REDAÇÃO DA LEI Nº. 2.706/22.</t>
   </si>
   <si>
     <t>200758</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200758/projeto_de_lei_n007-25revoga_a_lei_2.830-24.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200758/projeto_de_lei_n007-25revoga_a_lei_2.830-24.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº. 026/2025 - GP. ENCAMINHA PROJETO DE LEI Nº007/2025.</t>
   </si>
   <si>
     <t>200760</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200760/projeto_de_lei_n008-25rga_servidores_camara.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200760/projeto_de_lei_n008-25rga_servidores_camara.pdf</t>
   </si>
   <si>
     <t>Ofício nº031/2025-GP. Encaminha Projeto de Lei 08/2025. Dispõe sobre a concessão de revisão geral anual - RGA na remuneração dos servidores públicos municipais vinculados ao poder legislativo do municípiode Gália/SP.</t>
   </si>
   <si>
     <t>200762</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200762/projeto_de_lei_n009-25altera_lei_1461-91_membros_cmdr.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200762/projeto_de_lei_n009-25altera_lei_1461-91_membros_cmdr.pdf</t>
   </si>
   <si>
     <t>Oficio nº 035/2025 - GP. Encaminha Projeto de Lei nº. 009/2025. Altera o Art. 3ºda Lei municipal nº. 1461 de 9 de setembro de 1997 - Constituição do Conselho Municipal de Desenvolvimento Rural.</t>
   </si>
   <si>
     <t>200764</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200764/projeto_de_lei_n010-25amplia_carga_horaria_nutricionista.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200764/projeto_de_lei_n010-25amplia_carga_horaria_nutricionista.pdf</t>
   </si>
   <si>
     <t>Oficio nº. 039/2025 - GP. Encaminha Projeto de Lei nº. 010/2025. Autoriza O Chefe do Poder Executivo a Ampliar a Carga Horária do Ocupante do Emprego Público de Nutricionista.</t>
   </si>
   <si>
     <t>200766</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200766/oficiono41-25-projleino11-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200766/oficiono41-25-projleino11-25.pdf</t>
   </si>
   <si>
     <t>Ofício Nº41/2.025 - GP. Encaminha Projeto de Lei 11/2.025. Dispõe sobre a alteração de metas e valores e diretrizes ao PPA 2022/2025, LDO para 2025, e a abertura de credito adicional especial e suplementar ao orçamento de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>200767</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200767/oficio_no042-25-encaminha_projeto_de_lei_012.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200767/oficio_no042-25-encaminha_projeto_de_lei_012.pdf</t>
   </si>
   <si>
     <t>Oficio nº. 042/2.025 - GP. Encaminha Projeto de Lei 012/2025. Acrescenta no Anexo I da Lei Municipal 2.748 de 29 de mao de 2023, as atribuições e competências do Terapeuta Ocupacional no contexto escolar.</t>
   </si>
   <si>
     <t>200784</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200784/projeto_de_lei_n013-25cria_04_vagas_auxiliar_servicos.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200784/projeto_de_lei_n013-25cria_04_vagas_auxiliar_servicos.pdf</t>
   </si>
   <si>
     <t>Ofício nº51/2025 - GP. Dispõe sobre a criação de vagas de empregos públicos no regime jurídico único da prefeitura do município de Gália previsto na Lei 1.212/91.</t>
   </si>
   <si>
     <t>200785</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200785/projeto_de_lei_n014-25altera_lei_2.862-25_funcoes.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200785/projeto_de_lei_n014-25altera_lei_2.862-25_funcoes.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 053/2025 - GP. Cria a função gratificada de supervisor da frota de veículos da secretaria municipal de saúde.</t>
   </si>
   <si>
     <t>200797</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200797/projeto_de_lei_n15.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200797/projeto_de_lei_n15.pdf</t>
   </si>
   <si>
     <t>Projeto n.º 015/2025 - Altera o art. 1º da Lei Municipal n.º 2.714 de 18 de novembro de 2022</t>
   </si>
   <si>
     <t>200825</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200825/oficio_no73-25-encaminha_projeto_de_lei_16.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200825/oficio_no73-25-encaminha_projeto_de_lei_16.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº73/2025 - GP. DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CREDITO ADICIONAL ESPECIAL E SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200842</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200842/oficiono77-25-projeto_de_lei_17-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200842/oficiono77-25-projeto_de_lei_17-25.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 77/2025 - GP. ENCAMINHA PROJETO DE LEI 17/2025.REVOGA A LEI 2878/2025.</t>
   </si>
   <si>
     <t>200861</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200861/brn30055ce9a6b1_107486.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200861/brn30055ce9a6b1_107486.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>200867</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200867/brn30055ce9a6b1_107900.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200867/brn30055ce9a6b1_107900.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>200871</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200871/projeto_020.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200871/projeto_020.pdf</t>
   </si>
   <si>
     <t>“CRIA AS FUNÇÕES GRATIFICADAS DE CHEFE DA_x000D_
 DIVISÃO DA LIMPEZA PÚBLICA E COORDENADOR_x000D_
 DO CENTRO DE REFERÊNCIA DE ASSISTÊNCIA_x000D_
 SOCIAL – CRAS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>200872</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200872/pl_21_2.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200872/pl_21_2.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INCLUSÃO DE ÁREA DE ZONA_x000D_
 DE EXPANSÃO URBANA NO MUNICÍPIO DE GÁLIA_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>200874</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200874/pl_22-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200874/pl_22-2025.pdf</t>
   </si>
   <si>
     <t>“REVOGA INTEGRALMENTE A LEI MUNICIPAL Nº_x000D_
 2.878, DE 31 DE MARÇO DE 2025.”</t>
   </si>
   <si>
     <t>200884</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200884/projeto_de_lei_023-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200884/projeto_de_lei_023-25.pdf</t>
   </si>
   <si>
     <t>Oficio nº 103-2025 - GP. Encaminha Projeto de Lei 023/2025.“DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>200885</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200885/projeto_de_lei_024-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200885/projeto_de_lei_024-25.pdf</t>
   </si>
   <si>
     <t>Oficio nº 104/2025 - GP. Encaminha Projeto de Lei 024/2025. “DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL Nº 2.855 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>200886</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200886/projeto_de_lei_025-25-oficio_107-assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200886/projeto_de_lei_025-25-oficio_107-assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº. 107/2025 - GP. ENCAMINHA PROJETO DE LEI 025/2025. "DISPÕE SOBRE A ALTERAÇÃO DO ARTIGO 2º DA LEI MUNICIPAL Nº. 2888/25, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>200887</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200887/projeto_de_lei_no026-25-oficio_108-assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200887/projeto_de_lei_no026-25-oficio_108-assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº. 108/2025 - GP. ENCAMINHA PROJETO DE LEI 026/25. "DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>200888</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200888/projeto_de_lei_n027-25desafetacao_area_sistema_viario_mat._3.825_-_jose_praxedes_final.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200888/projeto_de_lei_n027-25desafetacao_area_sistema_viario_mat._3.825_-_jose_praxedes_final.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 109/2025 - GP. ENCAMINHA PROJETO DE LEI 027/2025. Dispõe sobre a desafetação de bem imóvel pertencente ao município de Gália, na forma da Lei.</t>
   </si>
   <si>
     <t>200892</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200892/projeto_de_lei_n028-25altera_lei_2.862-25_funcoes_-_lgpd_1-3.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200892/projeto_de_lei_n028-25altera_lei_2.862-25_funcoes_-_lgpd_1-3.pdf</t>
   </si>
   <si>
     <t>Oficio nº. 114/2025 - GP. Encaminha Projeto de Lei nº. 028/2025. Altera a referência da função gratificada de Diretor de Tratamento de Dados Pessoais, constante do art. 29 da Lei Municipal nº. 2.862/25.</t>
   </si>
   <si>
     <t>200893</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200893/projeto_de_lei_no029-25assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200893/projeto_de_lei_no029-25assinado.pdf</t>
   </si>
   <si>
     <t>Oficio nº115/2025 - GP. Encaminha Projeto de Lei 029/2025 - GP. Dispõe sobre a Alteração de Metas e Valores e Diretrizes ao PPA 2022/2025, LDO para 2025, e a abertura de Credito adicional especial e adicional suplementar ao orçamento de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>200894</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200894/projeto_de_lei_n030-25desafetacao_areas_antiga_base_pm_e_terreno_saraiva.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200894/projeto_de_lei_n030-25desafetacao_areas_antiga_base_pm_e_terreno_saraiva.pdf</t>
   </si>
   <si>
     <t>Ofício Nº. 123/2025 - GP. Projeto de Lei nº 030/2025. Dispõe sobre a desafetação de bens imóveis pertencentes ao Município de Gália, na forma da Lei.</t>
   </si>
   <si>
     <t>200895</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200895/projeto_de_lei_no31-25cria_funcao_gratificada.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200895/projeto_de_lei_no31-25cria_funcao_gratificada.pdf</t>
   </si>
   <si>
     <t>Oficio nº124/2025 - GP. Encaminha Projeto de Lei 031/2025. Cria Função Gratificada de Coordenador de Cultura, Desenvolvimento Econômico e Turismo.</t>
   </si>
   <si>
     <t>200896</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200896/projeto_de_lei_no_32-25abertura_de_credito_especial_e_suplementar.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200896/projeto_de_lei_no_32-25abertura_de_credito_especial_e_suplementar.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 125/2025 - GP. ENCAMINHA PROJETO DE LEI 32/2025. DISPÕE SOBRE A ALTERAÇAO DE METAS E VALORES E DIRETIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CREDITO ADICIONAL ESPECIAL E SUPLEMENTAR AO ORÇAMENTO DE 2025 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>200907</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200907/oficio_no136-25-encaminha_projeto_de_lei_033-25-ppa.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200907/oficio_no136-25-encaminha_projeto_de_lei_033-25-ppa.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INSTITUIÇÃO DO PPA – PLANO PLURIANUAL DO MUNICÍPIO DE GÁLIA PARA OS EXERCÍCIOS DE 2026 A 2029 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>200908</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200908/oficio_no137-25-encaminha_projeto_de_lei_034-25-ldo.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200908/oficio_no137-25-encaminha_projeto_de_lei_034-25-ldo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2.026 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>200912</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200912/oficiono139-25-encaminha_projeto_de_lei035-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200912/oficiono139-25-encaminha_projeto_de_lei035-25.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 139/2025 - GP. DISPÕE SOBRE A ALTERAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL Nº 2855 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200913</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200913/oficio_no140-25-encaminha_projeto_de_lei036-25_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200913/oficio_no140-25-encaminha_projeto_de_lei036-25_1.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº140-25. DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025,  E A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>200916</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200916/oficio_no141-25projeto_de_lei_037-25-assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200916/oficio_no141-25projeto_de_lei_037-25-assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 141/2025 - GP. ENCAMINHA PROJETO DE LEI Nº 037-2025. DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CREDITO ADICIOAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200920</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200920/projeto.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200920/projeto.pdf</t>
   </si>
   <si>
     <t>“CONCEDE REVISÃO GERAL ANUAL AO SUBSÍDIO DOS_x000D_
 SECRETÁRIOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.” Oficio n.º 143/2025 encaminha Projeto de Lei n.º 038/2025</t>
   </si>
   <si>
     <t>200922</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200922/projeto_loa_2026_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200922/projeto_loa_2026_1.pdf</t>
   </si>
   <si>
     <t>dispõe sobre o Orçamento do Município de Gália/SP, para o exercício financeiro do ano de 2026.</t>
   </si>
   <si>
     <t>200923</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200923/projeto_de_lei_n040-25sistema_municipal_de_cultura.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200923/projeto_de_lei_n040-25sistema_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>OFCIO Nº150/2025 - GP. ENCAMINHA PROJETO DE LEI 040/2025. INSTTUI O SISTEMA MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>200924</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200924/projeto_de_lei_n041-25plano_municipal_primeira_infancia_-_pmpi.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200924/projeto_de_lei_n041-25plano_municipal_primeira_infancia_-_pmpi.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº151/2025 - GP. ENCAMINHA PROJETO DE LEI 041/2025.INSTITUI O PLANO MUNICIPAL PELA PRIMEIRA INFÂNCIA.</t>
   </si>
   <si>
     <t>200925</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200925/projeto_de_lei_n042-25criacao_brigada_de_incendio_assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200925/projeto_de_lei_n042-25criacao_brigada_de_incendio_assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 152/2025 - GP. ENCAMINHA PROJETO DE LEI 042/2025. DISPÕE SOBRE A CRIAÇÃO DA BRIGADA DE INCÊNDIO E EMERGÊNCIA DO MUNICÍPIO DE GÁLIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200926</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200926/projeto_de_lei_n043-25pad_e_regime_disciplinar.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200926/projeto_de_lei_n043-25pad_e_regime_disciplinar.pdf</t>
   </si>
   <si>
     <t>Oficio nº. 153/2025 - GP. Encaminha Projeto de lei 043/2025. Institui o Regime Disciplinar e o Processo Administrativo Disciplinar  - PAD dos Empregados e Servidores Públicos da Prefeitura Municipal de Gália/SP e dá outras providências.</t>
   </si>
   <si>
     <t>200927</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200927/projeto_de_lei_n045-25videomonitoramento.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200927/projeto_de_lei_n045-25videomonitoramento.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº154-2025 - GP.ENCAMINHA PROJETO DE LEI 044/2025. DISPÕE SOBRE O REPASSE DE HONORÁRIOS DE SUCUMBÊNCIAS AOS ADVOGADOS QUE COMPOEM A ADVOCACIA PÚBLICA DO MUNICÍPIO DE GÁLIA-SP, FIXA O INÍCIO DE VIGÊNCIA , O CRITÉRIO DE RATEIO DESSES VALORES, E DÁ OUTRAS PROVIDÊNCIAS NOS MOLDES DO ART. 85, §19 DA LEI FEDERAL Nº 13.105/2015.</t>
   </si>
   <si>
     <t>200928</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200928/projeto_de_lei_n044-25honorarios_sucumbencia.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200928/projeto_de_lei_n044-25honorarios_sucumbencia.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº155/2025 - GP. ENCAMINHA PROJETO DE LEI Nº 045/2025. DISCIPLINA O SISTEMA DE VIDEOMONITORAMENTODE VIAS E PRÉDIOS PÚBLICOS DO MUNICÍPIO DE GÁLIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200934</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200934/projeto_de_lei_046-25abertura_de_credito_especial_e_suplementar.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200934/projeto_de_lei_046-25abertura_de_credito_especial_e_suplementar.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 157/2025 - GP. ENCAMINHA PROJETO DE LEI Nº046/2025.“DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>200936</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200936/projeto_de_lei_047-25assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200936/projeto_de_lei_047-25assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 160/2025 - GP. ENCAMINHA PROJETO DE LEI Nº 047-25. DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 1974-2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200940</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200940/oficio_no163-25-projeto_de_lei_no048-25-assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200940/oficio_no163-25-projeto_de_lei_no048-25-assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 163-2025 - GP. ENCAMINHA PROJETO DE LEI 048/2025. Institui o concurso " Natal na minha rua - luzes que se unen" para decoração natalina de residências no município e a abertura de credito adicional especial ao orçamento de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>200941</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200941/oficio_no164-25-encaminha_projeto_de_lei_049-25-assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200941/oficio_no164-25-encaminha_projeto_de_lei_049-25-assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº164-25 - GP. ENCAMINHA PROJETO DE LEI Nº 049/2025. Dispõe sobre a alteraçãode metas e valores e diretrzes ao PPA 2022/2025, LDO para 2025 e a abertura de credito adiconal suplementar ao orçamento de 2025.</t>
   </si>
   <si>
     <t>200942</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200942/projeto_de_lei_no050-25-assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200942/projeto_de_lei_no050-25-assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº. 166/2025 - GP. ENCAMINHA PROJETO DE LEI 050/2025. DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200957</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200957/projeto_051_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200957/projeto_051_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DE METAS E VALORES E DIRETRIZES AO PPA 2022/2025, LDO PARA 2025, E A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS” - PROJETO DE LEI N.º 051/2025 - Oficio nº. 169/2025 – GP</t>
   </si>
   <si>
     <t>200959</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200959/projeto_de_lei_no_052-25abono_natalinoassinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200959/projeto_de_lei_no_052-25abono_natalinoassinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 176/2025 - GP. ENCAMINHA PROJETO DE LEI 052/2025.“Disciplina a concessão de Abono Natalino aos empregados públicos municipais ativos, efetivos, comissionados, Secretários Municipais, ocupantes de cargo público permanente ou função de confiança, aos contratados por prazo determinado (temporários) e aos membros do Conselho Tutelar do município de Gália, e a Alteração de Metas e Valores e Diretrizes ao PPA 2022/2025, e a Abertura de Crédito Adicional Suplementar ao Orçamento de 2025 e dá outras providências.”</t>
   </si>
   <si>
     <t>200960</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200960/oficio177-25-projetodelei053-25-assinado_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200960/oficio177-25-projetodelei053-25-assinado_1.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 177/2025 - GP. ENCAMINHA PROJETO DE LEI 053/2025. Revoga integralmente a Lei Municipal nº. 2239/2013, de 07 de novembro de 2013.</t>
   </si>
   <si>
     <t>200962</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200962/projeto_de_lei_n054-25revisao_e_atualizacao_pdt_24-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200962/projeto_de_lei_n054-25revisao_e_atualizacao_pdt_24-25.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 178/2025 - GP. ENCAMINHA PROJETO DE LEI Nº 054/2025.“Dispõe sobre a Revisão e Atualização – 2025 do Plano Diretor de Turismo de Gália (SP).”</t>
   </si>
   <si>
     <t>200759</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>JOÃO SARDI JUNIOR</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200759/parecer_juridico_n_01-2025_-_funcoes_gratificadas_-_retificado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200759/parecer_juridico_n_01-2025_-_funcoes_gratificadas_-_retificado.pdf</t>
   </si>
   <si>
     <t>Parecer Jurídico em relação ao Projeto de Lei n.º 001/2025, de autoria do Exmo. Sr. Prefeito do Município de Gália/SP, que regulamenta e readequa o regime de pagamento das gratificações e retribuições aos empregados públicos da Prefeitura do Município de Gália/SP.</t>
   </si>
   <si>
     <t>200746</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200746/projeto_de_lei_complementar_no_01-25_muda_a_nomenclatura_da_secretaria_mun._cultura_e_revoga_artigos.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200746/projeto_de_lei_complementar_no_01-25_muda_a_nomenclatura_da_secretaria_mun._cultura_e_revoga_artigos.pdf</t>
   </si>
   <si>
     <t>Oficio nº. 006/2025 - GP. Encaminha Projeto de Lei Complementar nº. 001/2025.  Dispõe sobre a alteração da nomenclatura da Secretaria Municipal de Cultura e Turismo e dá outras providências.</t>
   </si>
   <si>
     <t>200765</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200765/projeto_de_lei_complementar_02-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200765/projeto_de_lei_complementar_02-2025.pdf</t>
   </si>
   <si>
     <t>Ofício Nº 40/2025 - GP. Encaminha Projeto de Lei Complementar 02/2025. Dispõe sobre o parcelamento de débitos não tributários  e dá outras providências.</t>
   </si>
   <si>
     <t>200931</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200931/projeto_de_lei_complementar_no_03-25_novo_codigo_tributario_de_galia_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200931/projeto_de_lei_complementar_no_03-25_novo_codigo_tributario_de_galia_1.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 156/2025 - GP. ENCAMINHA PROJETO DE LEI COMPLEMENTAR 003/2025. INSTITUI O NOVO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200938</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200938/redacao_final__plc_03-2025.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200938/redacao_final__plc_03-2025.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL DO PLC N.º 03/2025</t>
   </si>
   <si>
     <t>200795</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200795/resposta_requerimento_no_01_000241.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200795/resposta_requerimento_no_01_000241.pdf</t>
   </si>
   <si>
     <t>Encaminha Resposta de Requerimentos.</t>
   </si>
   <si>
     <t>200810</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200810/oficio_no66-25camara-encaminha_resposta_ao_requerimento_parlamentar_003-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200810/oficio_no66-25camara-encaminha_resposta_ao_requerimento_parlamentar_003-25.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº. 66/2025 - GP. ENCAMINHA RESPOSTA AO REQUERIMENTO PARLAMENTAR Nº. 003/2025.</t>
   </si>
   <si>
     <t>200839</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200839/oficio_no75-25camaraencaminha_resposta_ao_requerimento_parlamentar_04_e_05.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200839/oficio_no75-25camaraencaminha_resposta_ao_requerimento_parlamentar_04_e_05.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 75/2.025 - GP. Encaminha Respostas aos requerimentos parlamentares parlamentares 05/2025 e 06/2025.</t>
   </si>
   <si>
     <t>200840</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200840/oficio_076-25_-_resposta_requerimento_parlamentar.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200840/oficio_076-25_-_resposta_requerimento_parlamentar.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 76/2025 - GP. ENCAMINHA RESPOSTAS AOS REQUERIMENTOS PARLAMENTARES 08/2025 E 010/2025.</t>
   </si>
   <si>
     <t>200844</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200844/oficio_no80-25respostas_dos_requerimentos_parlamentares_060709_e_011-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200844/oficio_no80-25respostas_dos_requerimentos_parlamentares_060709_e_011-25.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 80/2025 - GP. ENCAMINHA RESPOSTA DOS REQUERIMENTOS PARLAMENTARES Nºs. 06/25, 07/25, 09/25 E 011/25.</t>
   </si>
   <si>
     <t>200870</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200870/oficio_084-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200870/oficio_084-25.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 084/2025 – GP_x000D_
 Assunto:resposta aos Requerimentos Parlamentares de nº 012/2025, 013/2025 e 014/2025.</t>
   </si>
   <si>
     <t>200875</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200875/oficiono90-25resposta_ao_requerimento_015-25_assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200875/oficiono90-25resposta_ao_requerimento_015-25_assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº90-2025 - GP. ENCAMINHA RESPOSTA AO REQUERIMENTO PARLAMENTAR 15/2025.</t>
   </si>
   <si>
     <t>200905</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200905/oficio_133-25_-_resposta_requerimento_parlamentar_016-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200905/oficio_133-25_-_resposta_requerimento_parlamentar_016-25.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 133/2025. RESPOSTA AO REQUERIMENTO PARLAMENTAR Nº 016/2025.</t>
   </si>
   <si>
     <t>200906</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200906/oficio_134-25_-_resposta_requerimento_parlamentar_017-25.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200906/oficio_134-25_-_resposta_requerimento_parlamentar_017-25.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 134/2025. RESPOSTA AO REQUERIMENTO PARLAMENTAR Nº. 017/2025.</t>
   </si>
   <si>
     <t>200741</t>
   </si>
   <si>
     <t>OP</t>
   </si>
   <si>
     <t>Ofícios ao Presidente</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200741/oficio_01-2025_gp_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200741/oficio_01-2025_gp_1.pdf</t>
   </si>
   <si>
     <t>Ofíco nº01/2025 - GP. Indica Liderança. Resposta ao Ofício nº 01/2025 - G.Pr.</t>
   </si>
   <si>
     <t>200742</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200742/oficio_004-25_retirada_pl_funcoes_gratificadas.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200742/oficio_004-25_retirada_pl_funcoes_gratificadas.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 004/2025 - GP. Solicita Retirada do Projeto de Lei nº 009/2024.</t>
   </si>
   <si>
     <t>200747</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200747/oficio_no07-2025-gp.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200747/oficio_no07-2025-gp.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº07/2025 - GP. SOLICITA INDICAÇÃO DOS MEMBROS - COMPDEC.</t>
   </si>
   <si>
     <t>200751</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200751/oficio_011-25_solicita_revisao_remun._secretarios.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200751/oficio_011-25_solicita_revisao_remun._secretarios.pdf</t>
   </si>
   <si>
     <t>Ofício nº 011/2025 - GP. Solicita alteração da fixação remuneração secretários municipais.</t>
   </si>
   <si>
     <t>200753</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200753/oficio_no014_2025_gp-encaminha_informacoes.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200753/oficio_no014_2025_gp-encaminha_informacoes.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 014/2025 - GP. ENCAMINHA INFORMAÇÕES</t>
   </si>
   <si>
     <t>200754</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200754/oficiono015_2025_gp-encaminha_informacoes.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200754/oficiono015_2025_gp-encaminha_informacoes.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 015/2025 - GP. ENCAMINHA INFORMAÇÕES.</t>
   </si>
   <si>
     <t>200755</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200755/oficiono016_2025_gp_encaminha_inormacoes.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200755/oficiono016_2025_gp_encaminha_inormacoes.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº 016/2025 - GP. ENCAMINHA INFORMAÇÕES.</t>
   </si>
   <si>
     <t>200756</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200756/oficiono017_2025_gp_encaminha_informacoes.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200756/oficiono017_2025_gp_encaminha_informacoes.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 017-2025 - GP. ENCAMINHA INFORMAÇÕES.</t>
   </si>
   <si>
     <t>200761</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200761/oficio_32_2025_gp.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200761/oficio_32_2025_gp.pdf</t>
   </si>
   <si>
     <t>Ofício nº 32/2.025 - GP. Indica Liderança</t>
   </si>
   <si>
     <t>200783</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200783/oficio_no43_2025-gp.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200783/oficio_no43_2025-gp.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº43-2025 - GP. INDICAÇÃO DE MEMBROS TITULAR E SUPLENTE PARA COMPOREM O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL DE GÁLIA (CMDR)</t>
   </si>
   <si>
     <t>200786</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200786/lrf_executivo_6_bimestre_oficio_reuisitorio_da_camara.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200786/lrf_executivo_6_bimestre_oficio_reuisitorio_da_camara.pdf</t>
   </si>
   <si>
     <t>Solicita Cessão do Plenário - Audiência_x000D_
 Pública para demonstração e avaliação do cumprimento das metas fiscais,_x000D_
 referente ao 3º quadrimestre de 2024, em cumprimento ao §4º, do art. 9º, da_x000D_
 Lei Complementar n.º 101/2000.</t>
   </si>
   <si>
     <t>200796</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200796/oficio_057-25_retirada_pl_hino_municipal.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200796/oficio_057-25_retirada_pl_hino_municipal.pdf</t>
   </si>
   <si>
     <t>Ofício n.º 057/2025-GP - Solicita a retirada do Projeto de Lei n.º 048/2024 - Dispõe sobre a instituição do Hino Municipal no âmbito do município de Gália/SP.</t>
   </si>
   <si>
     <t>200798</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200798/oficio_056-25_encaminha_pl_altera_pro_labore_pm.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200798/oficio_056-25_encaminha_pl_altera_pro_labore_pm.pdf</t>
   </si>
   <si>
     <t>Ofício n.º 056/2025 - Encaminha o Projeto de Lei n.º 015/2025</t>
   </si>
   <si>
     <t>200809</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200809/oficio_059-25_mensagem_de_veto.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200809/oficio_059-25_mensagem_de_veto.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº. 059/2025 - GP. MENSAGEM DE VETO AO PROJETO DE LEI 003/2025, AUTÓGRADO Nº. 020/2025, DE AUTORIA DA CÂMARA MUNICIPAL - VEREADOR RINALDO PINHEIRO DE CARVALHO.</t>
   </si>
   <si>
     <t>200811</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200811/junior_sardi_-_req_teto_salarial.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200811/junior_sardi_-_req_teto_salarial.pdf</t>
   </si>
   <si>
     <t>Requerimento ao Presidente da Câmara Municipal de Gália/SP.</t>
   </si>
   <si>
     <t>200841</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200841/prestacao_anual_2024.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200841/prestacao_anual_2024.pdf</t>
   </si>
   <si>
     <t>Encaminha prestação de contas anual da Prefeitura Municipal de Gália do exercício de 2024</t>
   </si>
   <si>
     <t>200843</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200843/oficio_079-25_encaminha_mensagem_de_veto.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200843/oficio_079-25_encaminha_mensagem_de_veto.pdf</t>
   </si>
   <si>
     <t>Oficio nº 79/2025 - GP. Encaminha Mensagem de Veto ao Projeto de Lei 008/2025 - CM, Autógrafo nº. 26.</t>
   </si>
   <si>
     <t>200862</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200862/oficio_encaminhamento_a_camara.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200862/oficio_encaminhamento_a_camara.pdf</t>
   </si>
   <si>
     <t>Oficio/Sec.Finan. n.º 009/2025_x000D_
 Assunto: Emendas Impositivas – com Impedimento Técnico</t>
   </si>
   <si>
     <t>200869</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200869/oficio_083-25_encaminha_veto.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200869/oficio_083-25_encaminha_veto.pdf</t>
   </si>
   <si>
     <t>Ofício nº 083/2025 - GP_x000D_
 Ref.: VETO TOTAL AO PROJETO DE LEI Nº 012/2025, DO AUTÓGRAFO Nº 031/2025, de Autoria da Câmara Municipal – Vereador Rinaldo Pinheiro de Carvalho.</t>
   </si>
   <si>
     <t>200876</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200876/2025_-_lrf_executivo_2_bimestre_oficio_requisitorio_da_camara.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200876/2025_-_lrf_executivo_2_bimestre_oficio_requisitorio_da_camara.pdf</t>
   </si>
   <si>
     <t>Solicita o plenario para a audiencia de metas fiscais</t>
   </si>
   <si>
     <t>200877</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200877/pedido_plenario_saude.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200877/pedido_plenario_saude.pdf</t>
   </si>
   <si>
     <t>Solicita o plenário para a realização da Audiência da Prestação de Contas da Saúde referente ao 1º quadrimestre de 2025, no dia 29/05/2025 as 15 horas</t>
   </si>
   <si>
     <t>200921</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200921/microsoft_word_-_2025_-_lrf_executivo_4_bimestre_oficio_requisitorio_da_camara.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200921/microsoft_word_-_2025_-_lrf_executivo_4_bimestre_oficio_requisitorio_da_camara.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita Cessão do Plenário - data de 29 de setembro de 2025, às 09:00h - Audiência Pública para demonstração e avaliação do cumprimento das metas_x000D_
 fiscais, referente ao 2º quadrimestre de 2025</t>
   </si>
   <si>
     <t>200947</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200947/camscanner_11-26-2025_13.57.33meus_docs.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200947/camscanner_11-26-2025_13.57.33meus_docs.pdf</t>
   </si>
   <si>
     <t>Agradecimento pela parceira à Educação Municipal de Gália - OF 304/2025</t>
   </si>
   <si>
     <t>200958</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200958/chapa_mesa_2026.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200958/chapa_mesa_2026.pdf</t>
   </si>
   <si>
     <t>Apresenta Chapa que concorrerá nas eleições dos cargos da Mesa Diretora - Exercício de 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2643,68 +2643,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200769/projeto_de_lei_n_01-2025_-_cm_20250206_13240090.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200770/projeto_de_lei_n_02-2025_-_cm_20250206_13312455.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200771/projeto_de_lei_n_03-2025_-_cm_20250207_08174346.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200772/projeto_de_lei_n_04-2025_-_cm_20250207_08265731.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200781/projeto_de_lei_n_05-2025_-_cm20250207_10162176.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200787/projeto_de_lei_n_06-2025_-_cm_20250220_15012654.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200788/projeto_de_lei_n_07-2025_-_cm_20250220_15042543.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200792/projeto_de_lei_n_08-2025_-_cm20250220_15305338.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200815/projeto_de_lei_n._010-2025_-_revogacao_art_lei_receitas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200824/projeto_de_lei_n._012-2025_-_cm_-_programa_farmacia_continua.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200845/projeto_de_lei_n._013-2025_-_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200846/projeto_de_lei_n._014-2025_-_ruidos_de_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200847/projeto_de_lei_n._015-2025_-_inauguracao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200863/projeto_de_lei_n._16-2025_-_vandalismo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200882/projeto_de_lei_n._017-2025_-_dia_das_forcas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200890/projeto_de_lei_n._018-2025_-_multa_-_estradas_municipais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200914/projeto_de_lei_n._019-2025_-_prestacao_de_contas_-_entidades_subvencionadas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200961/projeto_de_lei_n._020-2025_-_abono_natalino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200768/projeto_de_resolucao_n_01-202520250206_13171509.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200776/projeto_de_resolucao_n_02-2025_-_comissao_de_assuntos_relevantes20250207_08500292.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200904/projeto_de_resolucao_n._03-_2025_-_votacao_eletronica.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200935/projeto_de_resolucao_n._05-2025_-_fiscalziacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200937/emenda_ao_plc_n._03-2205_-_jose_eduardo_sanavio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200948/emenda_impositiva_n_01-2025_-_jose_augusto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200949/emenda_impositiva_n_02-2025_-_chico.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200950/emenda_impositiva_n_03-2025_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200951/emenda_impositiva_n_04-2025_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200952/emenda_impositiva_n_05-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200953/emenda_impositiva_n_06-2025_-_jose_eduardo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200954/emenda_impositiva_n_07-2025_-_pepinelli_e_guilherme.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200955/emenda_impositiva_n_08-2025_-_gui.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200956/emenda_impositiva_n_09-2025_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200763/indicacao_parlmentar_01-202520250131_10224989.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200774/indicacao_parlamentar_n_02-202520250207_08385580.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200775/indicacao_parlamentar_n_03-202520250207_08445692.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200779/indicacao_parlamentar_n_04-202520250207_10091577.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200780/indicacao_parlamentar_n_05-202520250207_10103623.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200782/indicacao_parlamentar_n_06-202520250207_11004822.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200790/indicacao_parlamentar_n_07-202520250220_15145999.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200791/indicacao_parlamentar_n_08-202520250220_15161453.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200793/indicacao_parlamentar_n_09-202520250220_15335858.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200799/indicacao_parlamentar_n._010-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200800/indicacao_parlamentar_n._011-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200801/indicacao_parlamentar_n._012-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200802/indicacao_parlamentar_n._013-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200804/indicacao_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200806/indicacao_parlamentar_n._015-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200807/indicacao_parlamentar_n.o_016-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200813/indicacao_parlamentar_n._017-2025_-_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200816/indicacao_parlamentar_n._018-2025_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200822/indicacao_parlamentar_n._019-2025_-_cobertura_na_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200823/indicacao_parlamentar_n._020-2025_-_cobertura_creche_ruth_coelho.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200830/indicacao_parlamentar_n._025-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200831/indicacao_parlamentar_n._026-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200832/indicacao_parlamentar_n._027-2025_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200833/indicacao_parlamentar_n._028-2025_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200834/indicacao_parlamentar_n._029-2025_1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200835/indicacao_parlamentar_n._030-2025_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200836/indicacao_parlamentar_n._031-2025_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200837/indicacao_parlamentar_n._032-2025_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200838/indicacao_parlamentar_n._033-2025_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200848/indicacao_parlamentar_n._034-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200849/indicacao_parlamentar_n._035-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200850/indicacao_parlamentar_n._036-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200851/indicacao_parlamentar_n._037-2025_-_microchipagem_de_animais.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200852/indicacao_parlamentar_n._038-2025_-_reocao_de_veiculos_abandonados.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200853/indicacao_parlamentar_n._039-2025_-_censo_de_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200854/indicacao_parlamentar_n._040-2025_-_contratacao_de_veterinario.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200855/indicacao_parlamentar_n._041-2025_-_ambulancia_semi-uti.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200858/indicacao_parlamentar_n._042-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200859/indicacao_parlamentar_n._043-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200864/indicacao_parlamentar_n._044-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200865/indicacao_parlamentar_n._045-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200866/indicacao_parlamentar_n._046-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200878/indicacao_parlamentar_n_047-2025_-_centro_de_especilialidades_medicas.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200879/indicacao_parlamentar_n._048-2025_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200880/indicacao_parlamentar_n._049-2025_-_garagem_das_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200881/indicacao_parlamentar_n._050-2025_-_balanca.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200883/indicacao_parlamentar_n._051-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200889/indicacao_parlamentar_n._052-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200891/indicacao_parlamentar_n._053-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200897/indicacao_parlamentar_n._054-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200899/indicacao_parlamentar_n._055-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200900/indicacao_parlamentar_n._056-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200901/indicacao_parlamentar_n._057-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200902/indicacao_parlamentar_n._058-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200909/indicacao_parlamentar_n._059-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200910/indicacao_parlamentar_n._060-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200911/indicacao_parlamentar_n._061-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200917/indicacao_parlamentar_n._062-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200918/indicacao_parlamentar_n._063-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200919/indicacao_parlamentar_n._64-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200929/indicacao_parlamentar_n._065-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200930/indicacao_parlamentar_n._066-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200932/indicacao_parlamentar_n._067-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200933/indicacao_parlamentar_n._068-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200939/indicacao_parlamentar_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200945/indicacao_parlamentar_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200873/mocao_02-2025_-_apoio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200943/mocao_n_03-2025_-_louvor.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200946/mocao_n_04-2025_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200777/requerimento_parlamentar_n_01-202520250207_10023356.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200778/requerimento_parlamentar_n_02-202520250207_10032861.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200789/requerimento_parlamentar_n_03-202520250220_15120606.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200803/requerimento_parlamentar_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200805/requerimento_parlamentar_n._05-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200812/requerimento_parlamentar_n._06-2025_-_isencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200814/requerimento_parlamantar_n._07-2025_-_exames_de_imagem_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200818/requerimento_parlamentar_n._08-2025_-_auditoria_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200819/requerimento_parlamentar_n._09-2025_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200820/requerimento_parlamentar_n._010-2025_-_coordeandor_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200821/requerimento_parlamentar_n._011-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200856/requerimento_parlamentar_n._12-2025_-_insalubridade_dos_ambulanceiros.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200857/requerimento_parlamentar_n._013-2025_-_insalubridade_servidores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200860/requerimento_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200868/requerimento_parlamentar_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200898/requerimento_parlamentar_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200903/requerimento_parlamentar_n._017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200744/projeto_de_lei_n001-25gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200748/projeto_de_lei_n002-25cria_referencia_pgm.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200749/projeto_de_lei_n003-25autoriza_pagamento_vale_agentes_politicos_e_comissionados.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200750/projeto_de_lei_n004-25revoga_a_lei_2412-17.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200752/projeto_de_lei_n005-25reajuste_empregados_10_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200757/projeto_de_lei_n006-25altera_art.1o_lei_2706-22_permissao_camara.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200758/projeto_de_lei_n007-25revoga_a_lei_2.830-24.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200760/projeto_de_lei_n008-25rga_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200762/projeto_de_lei_n009-25altera_lei_1461-91_membros_cmdr.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200764/projeto_de_lei_n010-25amplia_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200766/oficiono41-25-projleino11-25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200767/oficio_no042-25-encaminha_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200784/projeto_de_lei_n013-25cria_04_vagas_auxiliar_servicos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200785/projeto_de_lei_n014-25altera_lei_2.862-25_funcoes.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200797/projeto_de_lei_n15.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200825/oficio_no73-25-encaminha_projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200842/oficiono77-25-projeto_de_lei_17-25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200861/brn30055ce9a6b1_107486.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200867/brn30055ce9a6b1_107900.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200871/projeto_020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200872/pl_21_2.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200874/pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200884/projeto_de_lei_023-25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200885/projeto_de_lei_024-25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200886/projeto_de_lei_025-25-oficio_107-assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200887/projeto_de_lei_no026-25-oficio_108-assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200888/projeto_de_lei_n027-25desafetacao_area_sistema_viario_mat._3.825_-_jose_praxedes_final.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200892/projeto_de_lei_n028-25altera_lei_2.862-25_funcoes_-_lgpd_1-3.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200893/projeto_de_lei_no029-25assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200894/projeto_de_lei_n030-25desafetacao_areas_antiga_base_pm_e_terreno_saraiva.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200895/projeto_de_lei_no31-25cria_funcao_gratificada.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200896/projeto_de_lei_no_32-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200907/oficio_no136-25-encaminha_projeto_de_lei_033-25-ppa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200908/oficio_no137-25-encaminha_projeto_de_lei_034-25-ldo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200912/oficiono139-25-encaminha_projeto_de_lei035-25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200913/oficio_no140-25-encaminha_projeto_de_lei036-25_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200916/oficio_no141-25projeto_de_lei_037-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200920/projeto.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200922/projeto_loa_2026_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200923/projeto_de_lei_n040-25sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200924/projeto_de_lei_n041-25plano_municipal_primeira_infancia_-_pmpi.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200925/projeto_de_lei_n042-25criacao_brigada_de_incendio_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200926/projeto_de_lei_n043-25pad_e_regime_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200927/projeto_de_lei_n045-25videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200928/projeto_de_lei_n044-25honorarios_sucumbencia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200934/projeto_de_lei_046-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200936/projeto_de_lei_047-25assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200940/oficio_no163-25-projeto_de_lei_no048-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200941/oficio_no164-25-encaminha_projeto_de_lei_049-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200942/projeto_de_lei_no050-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200957/projeto_051_1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200959/projeto_de_lei_no_052-25abono_natalinoassinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200960/oficio177-25-projetodelei053-25-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200962/projeto_de_lei_n054-25revisao_e_atualizacao_pdt_24-25.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200759/parecer_juridico_n_01-2025_-_funcoes_gratificadas_-_retificado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200746/projeto_de_lei_complementar_no_01-25_muda_a_nomenclatura_da_secretaria_mun._cultura_e_revoga_artigos.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200765/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200931/projeto_de_lei_complementar_no_03-25_novo_codigo_tributario_de_galia_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200938/redacao_final__plc_03-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200795/resposta_requerimento_no_01_000241.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200810/oficio_no66-25camara-encaminha_resposta_ao_requerimento_parlamentar_003-25.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200839/oficio_no75-25camaraencaminha_resposta_ao_requerimento_parlamentar_04_e_05.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200840/oficio_076-25_-_resposta_requerimento_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200844/oficio_no80-25respostas_dos_requerimentos_parlamentares_060709_e_011-25.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200870/oficio_084-25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200875/oficiono90-25resposta_ao_requerimento_015-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200905/oficio_133-25_-_resposta_requerimento_parlamentar_016-25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200906/oficio_134-25_-_resposta_requerimento_parlamentar_017-25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200741/oficio_01-2025_gp_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200742/oficio_004-25_retirada_pl_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200747/oficio_no07-2025-gp.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200751/oficio_011-25_solicita_revisao_remun._secretarios.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200753/oficio_no014_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200754/oficiono015_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200755/oficiono016_2025_gp_encaminha_inormacoes.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200756/oficiono017_2025_gp_encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200761/oficio_32_2025_gp.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200783/oficio_no43_2025-gp.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200786/lrf_executivo_6_bimestre_oficio_reuisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200796/oficio_057-25_retirada_pl_hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200798/oficio_056-25_encaminha_pl_altera_pro_labore_pm.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200809/oficio_059-25_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200811/junior_sardi_-_req_teto_salarial.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200841/prestacao_anual_2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200843/oficio_079-25_encaminha_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200862/oficio_encaminhamento_a_camara.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200869/oficio_083-25_encaminha_veto.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200876/2025_-_lrf_executivo_2_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200877/pedido_plenario_saude.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200921/microsoft_word_-_2025_-_lrf_executivo_4_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200947/camscanner_11-26-2025_13.57.33meus_docs.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200958/chapa_mesa_2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200769/projeto_de_lei_n_01-2025_-_cm_20250206_13240090.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200770/projeto_de_lei_n_02-2025_-_cm_20250206_13312455.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200771/projeto_de_lei_n_03-2025_-_cm_20250207_08174346.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200772/projeto_de_lei_n_04-2025_-_cm_20250207_08265731.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200781/projeto_de_lei_n_05-2025_-_cm20250207_10162176.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200787/projeto_de_lei_n_06-2025_-_cm_20250220_15012654.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200788/projeto_de_lei_n_07-2025_-_cm_20250220_15042543.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200792/projeto_de_lei_n_08-2025_-_cm20250220_15305338.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200815/projeto_de_lei_n._010-2025_-_revogacao_art_lei_receitas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200824/projeto_de_lei_n._012-2025_-_cm_-_programa_farmacia_continua.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200845/projeto_de_lei_n._013-2025_-_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200846/projeto_de_lei_n._014-2025_-_ruidos_de_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200847/projeto_de_lei_n._015-2025_-_inauguracao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200863/projeto_de_lei_n._16-2025_-_vandalismo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200882/projeto_de_lei_n._017-2025_-_dia_das_forcas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200890/projeto_de_lei_n._018-2025_-_multa_-_estradas_municipais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200914/projeto_de_lei_n._019-2025_-_prestacao_de_contas_-_entidades_subvencionadas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200961/projeto_de_lei_n._020-2025_-_abono_natalino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200768/projeto_de_resolucao_n_01-202520250206_13171509.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200776/projeto_de_resolucao_n_02-2025_-_comissao_de_assuntos_relevantes20250207_08500292.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200904/projeto_de_resolucao_n._03-_2025_-_votacao_eletronica.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200935/projeto_de_resolucao_n._05-2025_-_fiscalziacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200937/emenda_ao_plc_n._03-2205_-_jose_eduardo_sanavio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200948/emenda_impositiva_n_01-2025_-_jose_augusto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200949/emenda_impositiva_n_02-2025_-_chico.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200950/emenda_impositiva_n_03-2025_-_priscila.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200951/emenda_impositiva_n_04-2025_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200952/emenda_impositiva_n_05-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200953/emenda_impositiva_n_06-2025_-_jose_eduardo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200954/emenda_impositiva_n_07-2025_-_pepinelli_e_guilherme.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200955/emenda_impositiva_n_08-2025_-_gui.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200956/emenda_impositiva_n_09-2025_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200763/indicacao_parlmentar_01-202520250131_10224989.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200774/indicacao_parlamentar_n_02-202520250207_08385580.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200775/indicacao_parlamentar_n_03-202520250207_08445692.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200779/indicacao_parlamentar_n_04-202520250207_10091577.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200780/indicacao_parlamentar_n_05-202520250207_10103623.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200782/indicacao_parlamentar_n_06-202520250207_11004822.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200790/indicacao_parlamentar_n_07-202520250220_15145999.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200791/indicacao_parlamentar_n_08-202520250220_15161453.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200793/indicacao_parlamentar_n_09-202520250220_15335858.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200799/indicacao_parlamentar_n._010-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200800/indicacao_parlamentar_n._011-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200801/indicacao_parlamentar_n._012-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200802/indicacao_parlamentar_n._013-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200804/indicacao_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200806/indicacao_parlamentar_n._015-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200807/indicacao_parlamentar_n.o_016-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200813/indicacao_parlamentar_n._017-2025_-_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200816/indicacao_parlamentar_n._018-2025_-_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200822/indicacao_parlamentar_n._019-2025_-_cobertura_na_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200823/indicacao_parlamentar_n._020-2025_-_cobertura_creche_ruth_coelho.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200830/indicacao_parlamentar_n._025-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200831/indicacao_parlamentar_n._026-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200832/indicacao_parlamentar_n._027-2025_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200833/indicacao_parlamentar_n._028-2025_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200834/indicacao_parlamentar_n._029-2025_1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200835/indicacao_parlamentar_n._030-2025_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200836/indicacao_parlamentar_n._031-2025_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200837/indicacao_parlamentar_n._032-2025_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200838/indicacao_parlamentar_n._033-2025_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200848/indicacao_parlamentar_n._034-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200849/indicacao_parlamentar_n._035-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200850/indicacao_parlamentar_n._036-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200851/indicacao_parlamentar_n._037-2025_-_microchipagem_de_animais.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200852/indicacao_parlamentar_n._038-2025_-_reocao_de_veiculos_abandonados.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200853/indicacao_parlamentar_n._039-2025_-_censo_de_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200854/indicacao_parlamentar_n._040-2025_-_contratacao_de_veterinario.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200855/indicacao_parlamentar_n._041-2025_-_ambulancia_semi-uti.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200858/indicacao_parlamentar_n._042-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200859/indicacao_parlamentar_n._043-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200864/indicacao_parlamentar_n._044-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200865/indicacao_parlamentar_n._045-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200866/indicacao_parlamentar_n._046-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200878/indicacao_parlamentar_n_047-2025_-_centro_de_especilialidades_medicas.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200879/indicacao_parlamentar_n._048-2025_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200880/indicacao_parlamentar_n._049-2025_-_garagem_das_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200881/indicacao_parlamentar_n._050-2025_-_balanca.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200883/indicacao_parlamentar_n._051-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200889/indicacao_parlamentar_n._052-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200891/indicacao_parlamentar_n._053-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200897/indicacao_parlamentar_n._054-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200899/indicacao_parlamentar_n._055-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200900/indicacao_parlamentar_n._056-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200901/indicacao_parlamentar_n._057-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200902/indicacao_parlamentar_n._058-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200909/indicacao_parlamentar_n._059-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200910/indicacao_parlamentar_n._060-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200911/indicacao_parlamentar_n._061-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200917/indicacao_parlamentar_n._062-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200918/indicacao_parlamentar_n._063-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200919/indicacao_parlamentar_n._64-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200929/indicacao_parlamentar_n._065-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200930/indicacao_parlamentar_n._066-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200932/indicacao_parlamentar_n._067-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200933/indicacao_parlamentar_n._068-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200939/indicacao_parlamentar_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200945/indicacao_parlamentar_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200873/mocao_02-2025_-_apoio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200943/mocao_n_03-2025_-_louvor.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200946/mocao_n_04-2025_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200777/requerimento_parlamentar_n_01-202520250207_10023356.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200778/requerimento_parlamentar_n_02-202520250207_10032861.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200789/requerimento_parlamentar_n_03-202520250220_15120606.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200803/requerimento_parlamentar_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200805/requerimento_parlamentar_n._05-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200812/requerimento_parlamentar_n._06-2025_-_isencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200814/requerimento_parlamantar_n._07-2025_-_exames_de_imagem_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200818/requerimento_parlamentar_n._08-2025_-_auditoria_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200819/requerimento_parlamentar_n._09-2025_-_pediatra.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200820/requerimento_parlamentar_n._010-2025_-_coordeandor_pedagogico.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200821/requerimento_parlamentar_n._011-2025_-_pretinho.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200856/requerimento_parlamentar_n._12-2025_-_insalubridade_dos_ambulanceiros.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200857/requerimento_parlamentar_n._013-2025_-_insalubridade_servidores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200860/requerimento_parlamentar_n._014-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200868/requerimento_parlamentar_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200898/requerimento_parlamentar_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200903/requerimento_parlamentar_n._017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200744/projeto_de_lei_n001-25gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200748/projeto_de_lei_n002-25cria_referencia_pgm.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200749/projeto_de_lei_n003-25autoriza_pagamento_vale_agentes_politicos_e_comissionados.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200750/projeto_de_lei_n004-25revoga_a_lei_2412-17.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200752/projeto_de_lei_n005-25reajuste_empregados_10_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200757/projeto_de_lei_n006-25altera_art.1o_lei_2706-22_permissao_camara.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200758/projeto_de_lei_n007-25revoga_a_lei_2.830-24.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200760/projeto_de_lei_n008-25rga_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200762/projeto_de_lei_n009-25altera_lei_1461-91_membros_cmdr.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200764/projeto_de_lei_n010-25amplia_carga_horaria_nutricionista.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200766/oficiono41-25-projleino11-25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200767/oficio_no042-25-encaminha_projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200784/projeto_de_lei_n013-25cria_04_vagas_auxiliar_servicos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200785/projeto_de_lei_n014-25altera_lei_2.862-25_funcoes.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200797/projeto_de_lei_n15.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200825/oficio_no73-25-encaminha_projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200842/oficiono77-25-projeto_de_lei_17-25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200861/brn30055ce9a6b1_107486.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200867/brn30055ce9a6b1_107900.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200871/projeto_020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200872/pl_21_2.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200874/pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200884/projeto_de_lei_023-25.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200885/projeto_de_lei_024-25.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200886/projeto_de_lei_025-25-oficio_107-assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200887/projeto_de_lei_no026-25-oficio_108-assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200888/projeto_de_lei_n027-25desafetacao_area_sistema_viario_mat._3.825_-_jose_praxedes_final.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200892/projeto_de_lei_n028-25altera_lei_2.862-25_funcoes_-_lgpd_1-3.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200893/projeto_de_lei_no029-25assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200894/projeto_de_lei_n030-25desafetacao_areas_antiga_base_pm_e_terreno_saraiva.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200895/projeto_de_lei_no31-25cria_funcao_gratificada.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200896/projeto_de_lei_no_32-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200907/oficio_no136-25-encaminha_projeto_de_lei_033-25-ppa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200908/oficio_no137-25-encaminha_projeto_de_lei_034-25-ldo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200912/oficiono139-25-encaminha_projeto_de_lei035-25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200913/oficio_no140-25-encaminha_projeto_de_lei036-25_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200916/oficio_no141-25projeto_de_lei_037-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200920/projeto.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200922/projeto_loa_2026_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200923/projeto_de_lei_n040-25sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200924/projeto_de_lei_n041-25plano_municipal_primeira_infancia_-_pmpi.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200925/projeto_de_lei_n042-25criacao_brigada_de_incendio_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200926/projeto_de_lei_n043-25pad_e_regime_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200927/projeto_de_lei_n045-25videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200928/projeto_de_lei_n044-25honorarios_sucumbencia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200934/projeto_de_lei_046-25abertura_de_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200936/projeto_de_lei_047-25assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200940/oficio_no163-25-projeto_de_lei_no048-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200941/oficio_no164-25-encaminha_projeto_de_lei_049-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200942/projeto_de_lei_no050-25-assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200957/projeto_051_1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200959/projeto_de_lei_no_052-25abono_natalinoassinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200960/oficio177-25-projetodelei053-25-assinado_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200962/projeto_de_lei_n054-25revisao_e_atualizacao_pdt_24-25.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200759/parecer_juridico_n_01-2025_-_funcoes_gratificadas_-_retificado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200746/projeto_de_lei_complementar_no_01-25_muda_a_nomenclatura_da_secretaria_mun._cultura_e_revoga_artigos.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200765/projeto_de_lei_complementar_02-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200931/projeto_de_lei_complementar_no_03-25_novo_codigo_tributario_de_galia_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200938/redacao_final__plc_03-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200795/resposta_requerimento_no_01_000241.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200810/oficio_no66-25camara-encaminha_resposta_ao_requerimento_parlamentar_003-25.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200839/oficio_no75-25camaraencaminha_resposta_ao_requerimento_parlamentar_04_e_05.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200840/oficio_076-25_-_resposta_requerimento_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200844/oficio_no80-25respostas_dos_requerimentos_parlamentares_060709_e_011-25.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200870/oficio_084-25.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200875/oficiono90-25resposta_ao_requerimento_015-25_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200905/oficio_133-25_-_resposta_requerimento_parlamentar_016-25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200906/oficio_134-25_-_resposta_requerimento_parlamentar_017-25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200741/oficio_01-2025_gp_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200742/oficio_004-25_retirada_pl_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200747/oficio_no07-2025-gp.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200751/oficio_011-25_solicita_revisao_remun._secretarios.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200753/oficio_no014_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200754/oficiono015_2025_gp-encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200755/oficiono016_2025_gp_encaminha_inormacoes.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200756/oficiono017_2025_gp_encaminha_informacoes.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200761/oficio_32_2025_gp.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200783/oficio_no43_2025-gp.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200786/lrf_executivo_6_bimestre_oficio_reuisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200796/oficio_057-25_retirada_pl_hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200798/oficio_056-25_encaminha_pl_altera_pro_labore_pm.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200809/oficio_059-25_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200811/junior_sardi_-_req_teto_salarial.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200841/prestacao_anual_2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200843/oficio_079-25_encaminha_mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200862/oficio_encaminhamento_a_camara.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200869/oficio_083-25_encaminha_veto.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200876/2025_-_lrf_executivo_2_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200877/pedido_plenario_saude.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200921/microsoft_word_-_2025_-_lrf_executivo_4_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200947/camscanner_11-26-2025_13.57.33meus_docs.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2025/200958/chapa_mesa_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H220"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="212.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="173.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="172.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>