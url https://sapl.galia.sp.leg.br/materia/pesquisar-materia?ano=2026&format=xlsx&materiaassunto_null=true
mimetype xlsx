--- v0 (2026-01-29)
+++ v1 (2026-03-19)
@@ -10,188 +10,492 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="272" uniqueCount="147">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>200968</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Mesa Diretora 2ª Sessão Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200968/projeto_de_lei_n._01-2026_-_rga_-_prefeito_e_vice.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200968/projeto_de_lei_n._01-2026_-_rga_-_prefeito_e_vice.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL – RGA NOS SUBSÍDIOS DOS EXMOS. SRS. PREFEITO, VICE-PREFEITO E SECRETÁRIOS DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200969</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rinaldo Pinheiro de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200969/projeto_de_lei_n._02-2026_-_alteracao_da_lei_de_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200969/projeto_de_lei_n._02-2026_-_alteracao_da_lei_de_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO TEXTO DO ART. 5.º DA LEI MUNICIPAL N.º 2.762, DE 03.07.2023, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DO AUXÍLIO-ALIMENTAÇÃO CONCEDIDO AOS EMPREGADOS PÚBLICOS MUNICIPAIS, VINCULADOS AO PODER LEGISLATIVO DO MUNICÍPIO DE GÁLIA/SP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>200974</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200974/projeto_de_lei_n._03-2026_-_aumento_do_auxilio-alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A MAJORAÇÃO DO VALOR DO BENEFÍCIO DE AUXÍLIO-ALIMENTAÇÃO DEVIDO AOS EMPREGADOS PÚBLICOS VINCULADOS AO PODER LEGISLATIVO DO MUNICÍPIO DE GÁLIA/SP.</t>
+  </si>
+  <si>
+    <t>200983</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>José Eduardo Sanavio</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200983/projeto_de_lei_n._04-2026_-_transporte_sanitario.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do Programa de Transporte Sanitário do município de Gália/SP, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>200986</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Plenário - PNR</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200986/projeto_de_resolucao_n_01-2026_-_lgpd.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a Lei de Proteção de Dados (LGPD) no âmbito da Câmara Municipal de Gália/SP, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>200987</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200987/projeto_de_resolucao_n_02-2026_-_ouvidoria.pdf</t>
+  </si>
+  <si>
+    <t>Institui a OUVIDORIA LEGISLATIVA da Câmara Municipal de Gália/SP, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>200988</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200988/emenda_n._01_ao_projeto_de_lei_n._04-2026_-_cm.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA ao Projeto de Lei n.º 04/202 – CM, de autoria do Vereador José Eduardo Sanavio, que dispõe sobre a instituição do Programa de Transporte Sanitário do município de Gália/SP, e dá outras providências</t>
+  </si>
+  <si>
+    <t>200973</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>Indicações</t>
+  </si>
+  <si>
+    <t>Dr. José Augusto da Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200973/indicacao_parlamentar_n_01-2026_-_jose_augusto.pdf</t>
+  </si>
+  <si>
+    <t>INDICA O OFICIAMENTO DA SABESP PARA CUMPRIMENTO DA LEI MUNICIPAL N.º 2.875/2025.</t>
+  </si>
+  <si>
+    <t>200979</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200979/indicacao_parlamentar_n_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA O AUMENTO DO NÚMERO DE BRIGADISTAS DA PREFEITURA MUNICIPAL DE GÁLIA/SP.</t>
+  </si>
+  <si>
+    <t>200985</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200985/indicacao_parlamentar_n_03-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA MELHORA NA INFRAESTRUTURA EM FAVOR DO MORADORES DA ÁREA DE EXPENSÃO URBANA, SITO NA ENTRADA DA ESTRADA MUNICIPAL GAL-354 (SALTINHO) BAIRRO SALTINHO.</t>
+  </si>
+  <si>
+    <t>200991</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200991/indicacao_parlamentar_n_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA A AQUISIÇÃO DE UMA BALANÇA DIGITAL PARA PESAGEM DE VEÍCULOS DE CARGA (CAMINHÕES).</t>
+  </si>
+  <si>
+    <t>200992</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200992/indicacao_parlamentar_n_05-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE EM VIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>200993</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200993/indicacao_parlamentar_n_06-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA A CONSTRUÇÃO DE BEBEDOURO PÚBLICO NA PRAÇA CARLOS PEREIRA CARDOSO.</t>
+  </si>
+  <si>
+    <t>200994</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200994/indicacao_parlamentar_n_07-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NA RUA JOSÉ GUTIERREZ.</t>
+  </si>
+  <si>
+    <t>200995</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Moções</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200995/mocao_n_01-2026_-_augusto.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE MOÇÃO DE CONGRATULAÇÕES ÀS MUNÍCIPES DAIANE CRISTINA DE SOUZA CAMPOS, MARTA PEDROSO COLOMBO E VANUSA FRANCISCO.</t>
+  </si>
+  <si>
+    <t>200972</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200972/requerimento_parlamentar_n_01-2026_-_jose_eduardo.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações ao Exmo. Sr. Prefeito do Município de Gália/SP.</t>
+  </si>
+  <si>
     <t>200963</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200963/projeto_de_lei_n001-26reajuste_empregados_10_2026_final.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200963/projeto_de_lei_n001-26reajuste_empregados_10_2026_final.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº001/2026 - GP. DISPÕE SOBRE A CONCESSÃO DE REPOSIÇÃO SALARIAL DOS EMPREGADOS PUBLICOS E COMISSIONADOS DO MUNICÍPIO DE GÁLIA/SP, VINCULADOS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>200964</t>
   </si>
   <si>
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200964/projeto_de_lei_n002-26reajuste_vale_alimentacao_2026_final.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200964/projeto_de_lei_n002-26reajuste_vale_alimentacao_2026_final.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 002/2026 - GP. ALTERA A LEI Nº. 2215/2023 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>200965</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200965/projeto_de_lei_n003-26altera_lei_2.862-25_funcoes_-_ref._meio_ambiente_final_1.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200965/projeto_de_lei_n003-26altera_lei_2.862-25_funcoes_-_ref._meio_ambiente_final_1.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 003/2026 - GP ALTERA A REFERENCIA DA FUNÇÃO GRATIFICADA DE CHEFE DA DIVISÃO DA LIMPEZA PUBLICA, CONSTANTE DA ARTIGO 1º. DA LEI MUNICIPAL Nº. 2885/2025.</t>
   </si>
   <si>
     <t>200966</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200966/oficio004-26-projeto_de_lei_004-26-assinado.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200966/oficio004-26-projeto_de_lei_004-26-assinado.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº004/2026 - GP. DISPÕE SOBRE AUTORIZAÇÃO PARA A CONCESSÃO DE REPASSES A ENTIDADES DO TERCEIRO SETOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200967</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200967/projeto_de_lei_n005-26rga_servidores_camara_2026_final.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200967/projeto_de_lei_n005-26rga_servidores_camara_2026_final.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº005/2025 - GP. DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL - RGA NA REMUNERAÇÃO DOS SERVIDORES PUBLICOS MUNICIPAIS VINCULADOS AO PODER LEGISLATIVO DO MUNICÍPIO DE GÁLIA/SP.</t>
   </si>
   <si>
     <t>200970</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200970/projeto_de_lei_no006-26anistia_banco_de_horas_negativo_final.pdf</t>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200970/projeto_de_lei_no006-26anistia_banco_de_horas_negativo_final.pdf</t>
   </si>
   <si>
     <t>OFICIO Nº 010/2026 - GP. ENCAMINHA PROJETO DE LEI 006/2026. DISPÕE SOBRE ANISTIA DO BANCO DE HORAS NEGATIVO DOS DOS EMPREGADOS PÚBLICOS MUNICIPAIS DO MUNICÍPIO DE GÁLIA/SP QUE FORAM IMPOSSILBILITADOS DE EXERCEREM SUAS ATIVIDADES LABORATIVAS REGULARES DURANTE O PERIODO DE VIGÊNCIA DO ESTADO DE CALAMIDADE PÚBLICA RELACVIONADO A EMERGÊNCIA DE SAÚDE PÚBLICA DE IMPORTÂNCIA INTERNACIONAL RELACIONADSA AO CORONAVÍRUS (COVID - 19)</t>
+  </si>
+  <si>
+    <t>200971</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200971/projeto_de_lei_n007-26concessao_uso_bem_publico_familia_baixa_renda_final.pdf</t>
+  </si>
+  <si>
+    <t>OFICIO Nº 017/2026 - ENCAMINHA PROJETO DE LEI Nº007/2026. AUTORIZA O PODER EXECUTIVO A PROCEDER A CONCESSÃO DE AUTORIZAÇÃO DE USO GRATUITO DE BEM PUBLICO À FAMÍLIA EM SITUAÇÃO DE VULNERABILIDADE SOCIAL.</t>
+  </si>
+  <si>
+    <t>200976</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200976/oficiono023-26-plno008-26-assinado.pdf</t>
+  </si>
+  <si>
+    <t>Oficio nº 023/2026 - GP. Encaminha Projeto de Lei 008/2026. Dispõe sobre a alteração de metas e valores e diretrizes ao PPA 2026/2029, LDO para 2026, e a abertura de credito adicional especial ao orçamento de 2026.</t>
+  </si>
+  <si>
+    <t>200978</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200978/projeto_de_lei_no009-26altera_a_lei_2814-24_e_revoga_a_lei_2835-24assinado.pdf</t>
+  </si>
+  <si>
+    <t>Oficio nº. 024/2026 - GP. Encaminha Projeto de Lei 009/2026. Dispõe sobre a alteração da redação do art. 3º. da Lei Municipal nº2814-24 e revoga a lei nº. 2.835-24.</t>
+  </si>
+  <si>
+    <t>200981</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200981/projeto_de_lei_n010-26readaptacao_funcional_final_1.pdf</t>
+  </si>
+  <si>
+    <t>Oficio nº. 028/2026 - GP. Encaminha Projeto de Lei 010/2026. Dispõe sobre a Readaptação Funcional dos empregados públicos municipais efetivos do município de Gália.</t>
+  </si>
+  <si>
+    <t>200982</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200982/projeto_de_lei_n011-26concessao_horario_especial_pcd-assinado.pdf</t>
+  </si>
+  <si>
+    <t>Oficio nº. 029/2026 - GP. Encaminha Projeto de Lei 011/2026. Dispõe sobre a concessão de horário especial e redução de jornada de trabalho aos empregados publicos municipais com deficiencia ou que tenham dependentes, sob sua responsabilidade na mesma condição.</t>
+  </si>
+  <si>
+    <t>200984</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200984/projeto_de_lei_n012-26altera_lei_2.915-25sistema_municipal_de_cultura_final.pdf</t>
+  </si>
+  <si>
+    <t>Oficio nº 032/2026 - GP. Encaminha Projeto de Lei 012/2026. Altera a Lei municipal nº. 2915 de 11 de novembro de 2025 (Sistema Municipal de Cultura do Município de Gália)</t>
+  </si>
+  <si>
+    <t>200989</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200989/projeto_de_lei_n013-26altera_lei_2.862-25_funcoes_-_alimentacao_escolar_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Oficio nº 034/2026 - GP. Encaminha Projeto de Lei 013/2026. Altera o artigo 21 fa Lei Municipal nº 2862, de 31 de janeiro de 2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>200990</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200990/projeto_de_lei_014-26-assinado.pdf</t>
+  </si>
+  <si>
+    <t>Oficio nº035/2026 - GP. Encaminha Projeto de Lei 014/2026. Revoga integralmente a lei municipal nº. 2.701 de 27 de setembro de 2022.</t>
+  </si>
+  <si>
+    <t>200980</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>RR</t>
+  </si>
+  <si>
+    <t>Resposta de Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200980/oficio_no025-26_-_resposta_requerimento_parlamentar_001-26-assinado.pdf</t>
+  </si>
+  <si>
+    <t>OFICIO Nº025-26(RESPOSTA AO REQUERIMENTO PARLAMENTAR 01/2026)</t>
+  </si>
+  <si>
+    <t>200975</t>
+  </si>
+  <si>
+    <t>OP</t>
+  </si>
+  <si>
+    <t>Ofícios ao Presidente</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200975/2026_-_oficios_secretaria_de_financas_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha Informações sobre a formalização de repasses ao terceiro setor - no exercício de 2026 até a presente data - Oficio n.º 001/2026</t>
+  </si>
+  <si>
+    <t>200977</t>
+  </si>
+  <si>
+    <t>http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200977/2025_-_lrf_executivo_6_bimestre_oficio_requisitorio_da_camara.pdf</t>
+  </si>
+  <si>
+    <t>Oficio/Sec.Finan. n.º 002/2026_x000D_
+Assunto: Solicita Cessão do Plenário</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -495,68 +799,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200968/projeto_de_lei_n._01-2026_-_rga_-_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200969/projeto_de_lei_n._02-2026_-_alteracao_da_lei_de_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200963/projeto_de_lei_n001-26reajuste_empregados_10_2026_final.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200964/projeto_de_lei_n002-26reajuste_vale_alimentacao_2026_final.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200965/projeto_de_lei_n003-26altera_lei_2.862-25_funcoes_-_ref._meio_ambiente_final_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200966/oficio004-26-projeto_de_lei_004-26-assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200967/projeto_de_lei_n005-26rga_servidores_camara_2026_final.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200970/projeto_de_lei_no006-26anistia_banco_de_horas_negativo_final.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200968/projeto_de_lei_n._01-2026_-_rga_-_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200969/projeto_de_lei_n._02-2026_-_alteracao_da_lei_de_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200974/projeto_de_lei_n._03-2026_-_aumento_do_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200983/projeto_de_lei_n._04-2026_-_transporte_sanitario.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200986/projeto_de_resolucao_n_01-2026_-_lgpd.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200987/projeto_de_resolucao_n_02-2026_-_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200988/emenda_n._01_ao_projeto_de_lei_n._04-2026_-_cm.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200973/indicacao_parlamentar_n_01-2026_-_jose_augusto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200979/indicacao_parlamentar_n_02-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200985/indicacao_parlamentar_n_03-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200991/indicacao_parlamentar_n_04-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200992/indicacao_parlamentar_n_05-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200993/indicacao_parlamentar_n_06-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200994/indicacao_parlamentar_n_07-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200995/mocao_n_01-2026_-_augusto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200972/requerimento_parlamentar_n_01-2026_-_jose_eduardo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200963/projeto_de_lei_n001-26reajuste_empregados_10_2026_final.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200964/projeto_de_lei_n002-26reajuste_vale_alimentacao_2026_final.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200965/projeto_de_lei_n003-26altera_lei_2.862-25_funcoes_-_ref._meio_ambiente_final_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200966/oficio004-26-projeto_de_lei_004-26-assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200967/projeto_de_lei_n005-26rga_servidores_camara_2026_final.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200970/projeto_de_lei_no006-26anistia_banco_de_horas_negativo_final.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200971/projeto_de_lei_n007-26concessao_uso_bem_publico_familia_baixa_renda_final.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200976/oficiono023-26-plno008-26-assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200978/projeto_de_lei_no009-26altera_a_lei_2814-24_e_revoga_a_lei_2835-24assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200981/projeto_de_lei_n010-26readaptacao_funcional_final_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200982/projeto_de_lei_n011-26concessao_horario_especial_pcd-assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200984/projeto_de_lei_n012-26altera_lei_2.915-25sistema_municipal_de_cultura_final.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200989/projeto_de_lei_n013-26altera_lei_2.862-25_funcoes_-_alimentacao_escolar_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200990/projeto_de_lei_014-26-assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200980/oficio_no025-26_-_resposta_requerimento_parlamentar_001-26-assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200975/2026_-_oficios_secretaria_de_financas_001-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.galia.sp.leg.br/media/sapl/public/materialegislativa/2026/200977/2025_-_lrf_executivo_6_bimestre_oficio_requisitorio_da_camara.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="148.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="150.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -602,208 +906,883 @@
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
         <v>31</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>22</v>
       </c>
-      <c r="E9" t="s">
-[...8 lines deleted...]
-      <c r="H9" t="s">
+      <c r="D11" t="s">
         <v>45</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>59</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" t="s">
+        <v>45</v>
+      </c>
+      <c r="E13" t="s">
+        <v>46</v>
+      </c>
+      <c r="F13" t="s">
+        <v>27</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H13" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" t="s">
+        <v>45</v>
+      </c>
+      <c r="E14" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H14" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" t="s">
+        <v>27</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>47</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>77</v>
+      </c>
+      <c r="E17" t="s">
+        <v>78</v>
+      </c>
+      <c r="F17" t="s">
+        <v>27</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" t="s">
+        <v>84</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" t="s">
+        <v>82</v>
+      </c>
+      <c r="E19" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19" t="s">
+        <v>84</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>22</v>
+      </c>
+      <c r="D20" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" t="s">
+        <v>83</v>
+      </c>
+      <c r="F20" t="s">
+        <v>84</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H20" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>26</v>
+      </c>
+      <c r="D21" t="s">
+        <v>82</v>
+      </c>
+      <c r="E21" t="s">
+        <v>83</v>
+      </c>
+      <c r="F21" t="s">
+        <v>84</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H21" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" t="s">
+        <v>84</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H22" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" t="s">
+        <v>82</v>
+      </c>
+      <c r="E23" t="s">
+        <v>83</v>
+      </c>
+      <c r="F23" t="s">
+        <v>84</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H23" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" t="s">
+        <v>82</v>
+      </c>
+      <c r="E24" t="s">
+        <v>83</v>
+      </c>
+      <c r="F24" t="s">
+        <v>84</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H24" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" t="s">
+        <v>82</v>
+      </c>
+      <c r="E25" t="s">
+        <v>83</v>
+      </c>
+      <c r="F25" t="s">
+        <v>84</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>110</v>
+      </c>
+      <c r="D26" t="s">
+        <v>82</v>
+      </c>
+      <c r="E26" t="s">
+        <v>83</v>
+      </c>
+      <c r="F26" t="s">
+        <v>84</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" t="s">
+        <v>82</v>
+      </c>
+      <c r="E27" t="s">
+        <v>83</v>
+      </c>
+      <c r="F27" t="s">
+        <v>84</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>118</v>
+      </c>
+      <c r="D28" t="s">
+        <v>82</v>
+      </c>
+      <c r="E28" t="s">
+        <v>83</v>
+      </c>
+      <c r="F28" t="s">
+        <v>84</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H28" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>82</v>
+      </c>
+      <c r="E29" t="s">
+        <v>83</v>
+      </c>
+      <c r="F29" t="s">
+        <v>84</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" t="s">
+        <v>82</v>
+      </c>
+      <c r="E30" t="s">
+        <v>83</v>
+      </c>
+      <c r="F30" t="s">
+        <v>84</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H30" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>130</v>
+      </c>
+      <c r="D31" t="s">
+        <v>82</v>
+      </c>
+      <c r="E31" t="s">
+        <v>83</v>
+      </c>
+      <c r="F31" t="s">
+        <v>84</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H31" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>134</v>
+      </c>
+      <c r="D32" t="s">
+        <v>135</v>
+      </c>
+      <c r="E32" t="s">
+        <v>136</v>
+      </c>
+      <c r="F32" t="s">
+        <v>84</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H32" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" t="s">
+        <v>140</v>
+      </c>
+      <c r="E33" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" t="s">
+        <v>84</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H33" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D34" t="s">
+        <v>140</v>
+      </c>
+      <c r="E34" t="s">
+        <v>141</v>
+      </c>
+      <c r="F34" t="s">
+        <v>84</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H34" t="s">
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>